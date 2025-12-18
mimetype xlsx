--- v0 (2025-10-31)
+++ v1 (2025-12-18)
@@ -42,58 +42,58 @@
   <Override PartName="/xl/theme/themeOverride3.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/theme/themeOverride4.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="27928"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\Prod\BV\BE0101\Produktion\Tillfällig eller nedlagd produktion\202203 - Massflyktingar\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F6357854-5F86-4E25-B90E-AFAE6B555D1E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{738ED575-836B-4448-BBB9-C1639B027800}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="28695" yWindow="0" windowWidth="29010" windowHeight="17385" tabRatio="891" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Info" sheetId="7" r:id="rId1"/>
     <sheet name="Tabell 1 Table 1" sheetId="3" r:id="rId2"/>
     <sheet name="Tabell 2a Table 2a" sheetId="10" r:id="rId3"/>
     <sheet name="Tabell 2b Table 2b" sheetId="6" r:id="rId4"/>
     <sheet name="Tabell 2c Table 2c" sheetId="14" r:id="rId5"/>
     <sheet name="Tabell 2d Table 2d" sheetId="16" r:id="rId6"/>
     <sheet name="Tabell 3a Table 3a " sheetId="11" r:id="rId7"/>
     <sheet name="Tabell 3b Table 3b " sheetId="9" r:id="rId8"/>
     <sheet name="Tabell 3c Table 3c " sheetId="15" r:id="rId9"/>
     <sheet name="Tabell 3d Table 3d" sheetId="17" r:id="rId10"/>
     <sheet name="Tabell 4 Table 4" sheetId="4" r:id="rId11"/>
     <sheet name="Tabell 5 Table 5" sheetId="12" r:id="rId12"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
@@ -9565,291 +9565,291 @@
                 <c:pt idx="76">
                   <c:v>76</c:v>
                 </c:pt>
                 <c:pt idx="77">
                   <c:v>77</c:v>
                 </c:pt>
                 <c:pt idx="78">
                   <c:v>78</c:v>
                 </c:pt>
                 <c:pt idx="79">
                   <c:v>79</c:v>
                 </c:pt>
                 <c:pt idx="80">
                   <c:v>80+</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Tabell 2d Table 2d'!$C$9:$C$89</c:f>
               <c:numCache>
                 <c:formatCode>#\ ###;#;\-;".."</c:formatCode>
                 <c:ptCount val="81"/>
                 <c:pt idx="0">
-                  <c:v>110</c:v>
+                  <c:v>134</c:v>
                 </c:pt>
                 <c:pt idx="1">
+                  <c:v>37</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>39</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>41</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>36</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>33</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>33</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>31</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>39</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>37</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>38</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>43</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>43</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>36</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>49</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>53</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>83</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>131</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>127</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>101</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>92</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>85</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>56</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>53</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>67</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>65</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>64</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>65</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>60</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>64</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>71</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>67</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>86</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>75</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>95</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>86</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>98</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>75</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>116</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>98</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>85</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>85</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>75</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>66</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>77</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>62</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>65</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>71</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>57</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>52</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>41</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>45</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>46</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>39</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>38</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>35</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>34</c:v>
+                </c:pt>
+                <c:pt idx="63">
                   <c:v>28</c:v>
                 </c:pt>
-                <c:pt idx="2">
-[...5 lines deleted...]
-                <c:pt idx="4">
+                <c:pt idx="64">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>30</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>30</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="72">
                   <c:v>15</c:v>
-                </c:pt>
-[...202 lines deleted...]
-                  <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="73">
                   <c:v>12</c:v>
                 </c:pt>
                 <c:pt idx="74">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="75">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="78">
                   <c:v>10</c:v>
                 </c:pt>
-                <c:pt idx="76">
-[...7 lines deleted...]
-                </c:pt>
                 <c:pt idx="79">
-                  <c:v>2</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>22</c:v>
+                  <c:v>30</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-205A-45A8-AE1D-20BECDEE4BB6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'Tabell 2d Table 2d'!$D$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Män
 Men</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
@@ -10102,288 +10102,288 @@
                 <c:pt idx="76">
                   <c:v>76</c:v>
                 </c:pt>
                 <c:pt idx="77">
                   <c:v>77</c:v>
                 </c:pt>
                 <c:pt idx="78">
                   <c:v>78</c:v>
                 </c:pt>
                 <c:pt idx="79">
                   <c:v>79</c:v>
                 </c:pt>
                 <c:pt idx="80">
                   <c:v>80+</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Tabell 2d Table 2d'!$D$9:$D$89</c:f>
               <c:numCache>
                 <c:formatCode>#\ ###;#;\-;".."</c:formatCode>
                 <c:ptCount val="81"/>
                 <c:pt idx="0">
-                  <c:v>108</c:v>
+                  <c:v>131</c:v>
                 </c:pt>
                 <c:pt idx="1">
+                  <c:v>35</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>35</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>44</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>35</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>30</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>31</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>42</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>49</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>39</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>45</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>53</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>48</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>56</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>78</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>153</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>227</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>146</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>92</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>139</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>218</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>313</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>63</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>74</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>51</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>50</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>54</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>47</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>56</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>59</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>51</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>67</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>65</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>48</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>54</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>69</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>68</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>65</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>82</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>62</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>75</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>80</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>60</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>52</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>60</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>41</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>47</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>51</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>37</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>31</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="52">
                   <c:v>28</c:v>
                 </c:pt>
-                <c:pt idx="2">
+                <c:pt idx="53">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="55">
                   <c:v>26</c:v>
                 </c:pt>
-                <c:pt idx="3">
-[...5 lines deleted...]
-                <c:pt idx="5">
+                <c:pt idx="56">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>39</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="63">
                   <c:v>30</c:v>
                 </c:pt>
-                <c:pt idx="6">
-[...140 lines deleted...]
-                <c:pt idx="53">
+                <c:pt idx="64">
                   <c:v>17</c:v>
                 </c:pt>
-                <c:pt idx="54">
-[...11 lines deleted...]
-                <c:pt idx="58">
+                <c:pt idx="65">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="69">
                   <c:v>10</c:v>
                 </c:pt>
-                <c:pt idx="59">
-[...31 lines deleted...]
-                </c:pt>
                 <c:pt idx="70">
-                  <c:v>5</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>5</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>5</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="73">
                   <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="74">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>2</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>3</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="77">
                   <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>1</c:v>
+                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="79">
-                  <c:v>3</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="80">
                   <c:v>5</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-205A-45A8-AE1D-20BECDEE4BB6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="533070608"/>
         <c:axId val="533070936"/>
@@ -15746,125 +15746,125 @@
       <c r="D5" s="175"/>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.2">
       <c r="A6" s="172"/>
       <c r="B6" s="169" t="s">
         <v>6</v>
       </c>
       <c r="C6" s="169" t="s">
         <v>0</v>
       </c>
       <c r="D6" s="167" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A7" s="173"/>
       <c r="B7" s="170"/>
       <c r="C7" s="170"/>
       <c r="D7" s="168"/>
     </row>
     <row r="8" spans="1:12" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="13" t="s">
         <v>142</v>
       </c>
       <c r="B8" s="72">
-        <v>6258</v>
+        <v>8256</v>
       </c>
       <c r="C8" s="73">
-        <v>3350</v>
+        <v>4147</v>
       </c>
       <c r="D8" s="73">
-        <v>2908</v>
+        <v>4109</v>
       </c>
       <c r="J8" s="74"/>
       <c r="K8" s="74"/>
       <c r="L8" s="74"/>
     </row>
     <row r="9" spans="1:12" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="61" t="s">
         <v>144</v>
       </c>
       <c r="B9" s="69">
-        <v>6217</v>
+        <v>8212</v>
       </c>
       <c r="C9" s="67">
-        <v>3332</v>
+        <v>4129</v>
       </c>
       <c r="D9" s="67">
-        <v>2885</v>
+        <v>4083</v>
       </c>
       <c r="J9" s="74"/>
       <c r="K9" s="74"/>
       <c r="L9" s="74"/>
     </row>
     <row r="10" spans="1:12" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="91" t="s">
         <v>158</v>
       </c>
       <c r="B10" s="69">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="C10" s="67">
         <v>18</v>
       </c>
       <c r="D10" s="67">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="J10" s="74"/>
       <c r="K10" s="74"/>
       <c r="L10" s="74"/>
     </row>
     <row r="11" spans="1:12" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A11" s="91" t="s">
-        <v>233</v>
+        <v>254</v>
       </c>
       <c r="B11" s="69">
         <v>5</v>
       </c>
       <c r="C11" s="67">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D11" s="67">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="J11" s="74"/>
       <c r="K11" s="74"/>
       <c r="L11" s="74"/>
     </row>
     <row r="12" spans="1:12" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A12" s="91" t="s">
-        <v>208</v>
+        <v>256</v>
       </c>
       <c r="B12" s="69">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="C12" s="69">
-        <v>13</v>
+        <v>14</v>
       </c>
       <c r="D12" s="69">
-        <v>23</v>
+        <v>25</v>
       </c>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.2">
       <c r="B13" s="74"/>
       <c r="C13" s="74"/>
       <c r="D13" s="74"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
   </mergeCells>
   <conditionalFormatting sqref="A8:B8">
     <cfRule type="expression" dxfId="53" priority="38">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A9:B11">
     <cfRule type="expression" dxfId="52" priority="40">
       <formula>COLUMN()&lt;&gt;11</formula>
     </cfRule>
   </conditionalFormatting>
@@ -16014,66 +16014,66 @@
       </c>
       <c r="D10" s="63" t="s">
         <v>189</v>
       </c>
       <c r="E10" s="63" t="s">
         <v>190</v>
       </c>
       <c r="F10" s="63" t="s">
         <v>191</v>
       </c>
       <c r="G10" s="63" t="s">
         <v>192</v>
       </c>
       <c r="H10" s="63" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="11" spans="1:24" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="132" t="s">
         <v>280</v>
       </c>
       <c r="B11" s="133" t="s">
         <v>138</v>
       </c>
       <c r="C11" s="134">
-        <v>109</v>
+        <v>148</v>
       </c>
       <c r="D11" s="134">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E11" s="134">
-        <v>87</v>
+        <v>122</v>
       </c>
       <c r="F11" s="134">
-        <v>198</v>
+        <v>232</v>
       </c>
       <c r="G11" s="134">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="H11" s="134">
-        <v>162</v>
+        <v>191</v>
       </c>
       <c r="I11" s="65"/>
       <c r="J11" s="65"/>
       <c r="K11" s="65"/>
       <c r="L11" s="65"/>
       <c r="M11" s="65"/>
       <c r="N11" s="142"/>
       <c r="O11" s="94"/>
     </row>
     <row r="12" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="132"/>
       <c r="B12" s="137" t="s">
         <v>139</v>
       </c>
       <c r="C12" s="135">
         <v>11</v>
       </c>
       <c r="D12" s="135">
         <v>1</v>
       </c>
       <c r="E12" s="135">
         <v>10</v>
       </c>
       <c r="F12" s="135">
         <v>10</v>
@@ -16292,75 +16292,99 @@
       <c r="E19" s="135">
         <v>21</v>
       </c>
       <c r="F19" s="135">
         <v>43</v>
       </c>
       <c r="G19" s="136">
         <v>14</v>
       </c>
       <c r="H19" s="136">
         <v>29</v>
       </c>
       <c r="I19" s="66"/>
       <c r="S19" s="71"/>
       <c r="T19" s="71"/>
       <c r="U19" s="71"/>
       <c r="V19" s="71"/>
       <c r="W19" s="71"/>
       <c r="X19" s="71"/>
     </row>
     <row r="20" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="87"/>
       <c r="B20" s="16" t="s">
         <v>171</v>
       </c>
-      <c r="C20" s="135"/>
-[...4 lines deleted...]
-      <c r="H20" s="136"/>
+      <c r="C20" s="135">
+        <v>27</v>
+      </c>
+      <c r="D20" s="135">
+        <v>1</v>
+      </c>
+      <c r="E20" s="135">
+        <v>26</v>
+      </c>
+      <c r="F20" s="135">
+        <v>17</v>
+      </c>
+      <c r="G20" s="136">
+        <v>3</v>
+      </c>
+      <c r="H20" s="136">
+        <v>14</v>
+      </c>
       <c r="I20" s="66"/>
       <c r="S20" s="71"/>
       <c r="T20" s="71"/>
       <c r="U20" s="71"/>
       <c r="V20" s="71"/>
       <c r="W20" s="71"/>
       <c r="X20" s="71"/>
     </row>
     <row r="21" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="87"/>
       <c r="B21" s="16" t="s">
         <v>174</v>
       </c>
-      <c r="C21" s="135"/>
-[...4 lines deleted...]
-      <c r="H21" s="136"/>
+      <c r="C21" s="135">
+        <v>12</v>
+      </c>
+      <c r="D21" s="135">
+        <v>3</v>
+      </c>
+      <c r="E21" s="135">
+        <v>9</v>
+      </c>
+      <c r="F21" s="135">
+        <v>17</v>
+      </c>
+      <c r="G21" s="136">
+        <v>2</v>
+      </c>
+      <c r="H21" s="136">
+        <v>15</v>
+      </c>
       <c r="I21" s="66"/>
       <c r="S21" s="71"/>
       <c r="T21" s="71"/>
       <c r="U21" s="71"/>
       <c r="V21" s="71"/>
       <c r="W21" s="71"/>
       <c r="X21" s="71"/>
     </row>
     <row r="22" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="87"/>
       <c r="B22" s="16" t="s">
         <v>179</v>
       </c>
       <c r="C22" s="135"/>
       <c r="D22" s="135"/>
       <c r="E22" s="135"/>
       <c r="F22" s="135"/>
       <c r="G22" s="136"/>
       <c r="H22" s="136"/>
       <c r="I22" s="66"/>
       <c r="S22" s="71"/>
       <c r="T22" s="71"/>
       <c r="U22" s="71"/>
       <c r="V22" s="71"/>
       <c r="W22" s="71"/>
@@ -21898,355 +21922,379 @@
       <c r="E7" s="166"/>
       <c r="F7" s="163"/>
       <c r="G7" s="163"/>
       <c r="H7" s="163"/>
     </row>
     <row r="8" spans="1:16" s="64" customFormat="1" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="62" t="s">
         <v>186</v>
       </c>
       <c r="B8" s="62"/>
       <c r="C8" s="63"/>
       <c r="D8" s="63"/>
       <c r="E8" s="63"/>
       <c r="F8" s="63"/>
       <c r="G8" s="63"/>
       <c r="H8" s="63"/>
     </row>
     <row r="9" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="132" t="s">
         <v>280</v>
       </c>
       <c r="B9" s="133" t="s">
         <v>138</v>
       </c>
       <c r="C9" s="134">
-        <v>4677</v>
+        <v>5828</v>
       </c>
       <c r="D9" s="134">
-        <v>1899</v>
+        <v>2378</v>
       </c>
       <c r="E9" s="134">
-        <v>2778</v>
+        <v>3450</v>
       </c>
       <c r="F9" s="134">
-        <v>6258</v>
+        <v>8256</v>
       </c>
       <c r="G9" s="134">
-        <v>3350</v>
+        <v>4147</v>
       </c>
       <c r="H9" s="134">
-        <v>2908</v>
+        <v>4109</v>
       </c>
       <c r="I9" s="65"/>
       <c r="J9" s="65"/>
       <c r="K9" s="65"/>
       <c r="L9" s="65"/>
       <c r="M9" s="65"/>
       <c r="N9" s="142"/>
       <c r="O9" s="94"/>
     </row>
     <row r="10" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="132"/>
       <c r="B10" s="137" t="s">
         <v>139</v>
       </c>
       <c r="C10" s="120">
-        <v>730</v>
+        <v>735</v>
       </c>
       <c r="D10" s="120">
-        <v>277</v>
+        <v>280</v>
       </c>
       <c r="E10" s="120">
-        <v>453</v>
+        <v>455</v>
       </c>
       <c r="F10" s="120">
-        <v>615</v>
+        <v>614</v>
       </c>
       <c r="G10" s="120">
         <v>322</v>
       </c>
       <c r="H10" s="120">
-        <v>293</v>
+        <v>292</v>
       </c>
       <c r="I10" s="65"/>
       <c r="J10" s="65"/>
       <c r="K10" s="65"/>
       <c r="L10" s="65"/>
       <c r="M10" s="65"/>
       <c r="N10" s="142"/>
       <c r="O10" s="94"/>
     </row>
     <row r="11" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="87"/>
       <c r="B11" s="16" t="s">
         <v>140</v>
       </c>
       <c r="C11" s="120">
-        <v>825</v>
+        <v>836</v>
       </c>
       <c r="D11" s="120">
-        <v>342</v>
+        <v>348</v>
       </c>
       <c r="E11" s="120">
-        <v>483</v>
+        <v>488</v>
       </c>
       <c r="F11" s="120">
         <v>494</v>
       </c>
       <c r="G11" s="120">
         <v>246</v>
       </c>
       <c r="H11" s="120">
         <v>248</v>
       </c>
       <c r="I11" s="65"/>
       <c r="J11" s="65"/>
       <c r="K11" s="65"/>
       <c r="L11" s="65"/>
       <c r="M11" s="65"/>
       <c r="N11" s="142"/>
       <c r="O11" s="151"/>
       <c r="P11" s="153"/>
     </row>
     <row r="12" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="87"/>
       <c r="B12" s="16" t="s">
         <v>141</v>
       </c>
       <c r="C12" s="120">
-        <v>726</v>
+        <v>735</v>
       </c>
       <c r="D12" s="120">
-        <v>290</v>
+        <v>294</v>
       </c>
       <c r="E12" s="120">
-        <v>436</v>
+        <v>441</v>
       </c>
       <c r="F12" s="120">
-        <v>872</v>
+        <v>871</v>
       </c>
       <c r="G12" s="120">
         <v>431</v>
       </c>
       <c r="H12" s="120">
-        <v>441</v>
+        <v>440</v>
       </c>
       <c r="I12" s="65"/>
       <c r="J12" s="65"/>
       <c r="K12" s="65"/>
       <c r="L12" s="65"/>
       <c r="M12" s="65"/>
       <c r="N12" s="151"/>
       <c r="O12" s="94"/>
     </row>
     <row r="13" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="87"/>
       <c r="B13" s="16" t="s">
         <v>156</v>
       </c>
       <c r="C13" s="120">
-        <v>490</v>
+        <v>497</v>
       </c>
       <c r="D13" s="120">
-        <v>211</v>
+        <v>213</v>
       </c>
       <c r="E13" s="120">
-        <v>279</v>
+        <v>284</v>
       </c>
       <c r="F13" s="120">
-        <v>706</v>
+        <v>703</v>
       </c>
       <c r="G13" s="120">
-        <v>371</v>
+        <v>370</v>
       </c>
       <c r="H13" s="120">
-        <v>335</v>
+        <v>333</v>
       </c>
       <c r="I13" s="65"/>
       <c r="J13" s="65"/>
       <c r="K13" s="65"/>
       <c r="L13" s="65"/>
       <c r="M13" s="65"/>
       <c r="N13" s="142"/>
       <c r="O13" s="155"/>
     </row>
     <row r="14" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="87"/>
       <c r="B14" s="16" t="s">
         <v>163</v>
       </c>
       <c r="C14" s="120">
-        <v>464</v>
+        <v>460</v>
       </c>
       <c r="D14" s="120">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="E14" s="120">
-        <v>292</v>
+        <v>290</v>
       </c>
       <c r="F14" s="120">
         <v>737</v>
       </c>
       <c r="G14" s="120">
         <v>464</v>
       </c>
       <c r="H14" s="120">
         <v>273</v>
       </c>
       <c r="I14" s="65"/>
       <c r="J14" s="65"/>
       <c r="K14" s="65"/>
       <c r="L14" s="65"/>
       <c r="M14" s="65"/>
       <c r="N14" s="142"/>
-      <c r="O14" s="94"/>
+      <c r="O14" s="156"/>
     </row>
     <row r="15" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="87"/>
       <c r="B15" s="16" t="s">
         <v>164</v>
       </c>
       <c r="C15" s="120">
-        <v>517</v>
+        <v>518</v>
       </c>
       <c r="D15" s="120">
         <v>220</v>
       </c>
       <c r="E15" s="120">
-        <v>297</v>
+        <v>298</v>
       </c>
       <c r="F15" s="120">
-        <v>930</v>
+        <v>929</v>
       </c>
       <c r="G15" s="120">
-        <v>544</v>
+        <v>543</v>
       </c>
       <c r="H15" s="120">
         <v>386</v>
       </c>
       <c r="I15" s="65"/>
       <c r="J15" s="65"/>
       <c r="K15" s="65"/>
       <c r="L15" s="65"/>
       <c r="M15" s="65"/>
       <c r="N15" s="142"/>
-      <c r="O15" s="94"/>
+      <c r="O15" s="156"/>
     </row>
     <row r="16" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="87"/>
       <c r="B16" s="16" t="s">
         <v>167</v>
       </c>
       <c r="C16" s="120">
-        <v>480</v>
+        <v>481</v>
       </c>
       <c r="D16" s="120">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="E16" s="120">
-        <v>275</v>
+        <v>277</v>
       </c>
       <c r="F16" s="120">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="G16" s="120">
-        <v>421</v>
+        <v>420</v>
       </c>
       <c r="H16" s="120">
-        <v>443</v>
+        <v>445</v>
       </c>
       <c r="I16" s="65"/>
       <c r="J16" s="65"/>
       <c r="K16" s="65"/>
       <c r="L16" s="65"/>
       <c r="M16" s="65"/>
       <c r="N16" s="152"/>
       <c r="O16" s="94"/>
       <c r="P16" s="94"/>
     </row>
     <row r="17" spans="1:15" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="87"/>
       <c r="B17" s="16" t="s">
         <v>168</v>
       </c>
       <c r="C17" s="120">
-        <v>445</v>
+        <v>446</v>
       </c>
       <c r="D17" s="120">
-        <v>182</v>
+        <v>183</v>
       </c>
       <c r="E17" s="120">
         <v>263</v>
       </c>
       <c r="F17" s="120">
-        <v>1040</v>
+        <v>1039</v>
       </c>
       <c r="G17" s="120">
-        <v>551</v>
+        <v>550</v>
       </c>
       <c r="H17" s="120">
         <v>489</v>
       </c>
       <c r="I17" s="65"/>
       <c r="J17" s="65"/>
       <c r="K17" s="65"/>
       <c r="L17" s="65"/>
       <c r="M17" s="65"/>
       <c r="N17" s="142"/>
       <c r="O17" s="94"/>
     </row>
     <row r="18" spans="1:15" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="87"/>
       <c r="B18" s="16" t="s">
         <v>171</v>
       </c>
-      <c r="C18" s="120"/>
-[...4 lines deleted...]
-      <c r="H18" s="120"/>
+      <c r="C18" s="120">
+        <v>574</v>
+      </c>
+      <c r="D18" s="120">
+        <v>227</v>
+      </c>
+      <c r="E18" s="120">
+        <v>347</v>
+      </c>
+      <c r="F18" s="120">
+        <v>1098</v>
+      </c>
+      <c r="G18" s="120">
+        <v>428</v>
+      </c>
+      <c r="H18" s="120">
+        <v>670</v>
+      </c>
       <c r="I18" s="65"/>
       <c r="J18" s="65"/>
       <c r="K18" s="65"/>
       <c r="L18" s="65"/>
       <c r="M18" s="65"/>
       <c r="N18" s="142"/>
       <c r="O18" s="156"/>
     </row>
     <row r="19" spans="1:15" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="87"/>
       <c r="B19" s="16" t="s">
         <v>174</v>
       </c>
-      <c r="C19" s="120"/>
-[...4 lines deleted...]
-      <c r="H19" s="120"/>
+      <c r="C19" s="120">
+        <v>546</v>
+      </c>
+      <c r="D19" s="120">
+        <v>239</v>
+      </c>
+      <c r="E19" s="120">
+        <v>307</v>
+      </c>
+      <c r="F19" s="120">
+        <v>906</v>
+      </c>
+      <c r="G19" s="120">
+        <v>373</v>
+      </c>
+      <c r="H19" s="120">
+        <v>533</v>
+      </c>
       <c r="I19" s="65"/>
       <c r="J19" s="65"/>
       <c r="K19" s="65"/>
       <c r="L19" s="65"/>
       <c r="M19" s="65"/>
       <c r="N19" s="142"/>
       <c r="O19" s="94"/>
     </row>
     <row r="20" spans="1:15" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="87"/>
       <c r="B20" s="16" t="s">
         <v>179</v>
       </c>
       <c r="C20" s="120"/>
       <c r="D20" s="120"/>
       <c r="E20" s="120"/>
       <c r="F20" s="120"/>
       <c r="G20" s="120"/>
       <c r="H20" s="120"/>
       <c r="I20" s="65"/>
       <c r="J20" s="65"/>
       <c r="K20" s="65"/>
       <c r="L20" s="65"/>
       <c r="M20" s="65"/>
       <c r="N20" s="142"/>
@@ -22275,51 +22323,51 @@
       <c r="A22" s="132" t="s">
         <v>271</v>
       </c>
       <c r="B22" s="133" t="s">
         <v>138</v>
       </c>
       <c r="C22" s="134">
         <v>9645</v>
       </c>
       <c r="D22" s="134">
         <v>3757</v>
       </c>
       <c r="E22" s="134">
         <v>5888</v>
       </c>
       <c r="F22" s="134">
         <v>10682</v>
       </c>
       <c r="G22" s="134">
         <v>5585</v>
       </c>
       <c r="H22" s="134">
         <v>5097</v>
       </c>
       <c r="N22" s="143"/>
-      <c r="O22" s="97"/>
+      <c r="O22" s="151"/>
     </row>
     <row r="23" spans="1:15" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="132"/>
       <c r="B23" s="137" t="s">
         <v>139</v>
       </c>
       <c r="C23" s="120">
         <v>942</v>
       </c>
       <c r="D23" s="120">
         <v>350</v>
       </c>
       <c r="E23" s="120">
         <v>592</v>
       </c>
       <c r="F23" s="120">
         <v>783</v>
       </c>
       <c r="G23" s="120">
         <v>402</v>
       </c>
       <c r="H23" s="120">
         <v>381</v>
       </c>
       <c r="I23" s="65"/>
@@ -39360,3426 +39408,3426 @@
         <v>0</v>
       </c>
       <c r="L6" s="165" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:51" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A7" s="173"/>
       <c r="B7" s="163"/>
       <c r="C7" s="163"/>
       <c r="D7" s="166"/>
       <c r="E7" s="146"/>
       <c r="F7" s="163"/>
       <c r="G7" s="163"/>
       <c r="H7" s="166"/>
       <c r="I7" s="166"/>
       <c r="J7" s="163"/>
       <c r="K7" s="163"/>
       <c r="L7" s="166"/>
     </row>
     <row r="8" spans="1:51" s="55" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="13" t="s">
         <v>142</v>
       </c>
       <c r="B8" s="72">
-        <v>6258</v>
+        <v>8256</v>
       </c>
       <c r="C8" s="73">
-        <v>3350</v>
+        <v>4147</v>
       </c>
       <c r="D8" s="73">
-        <v>2908</v>
+        <v>4109</v>
       </c>
       <c r="E8" s="73"/>
       <c r="F8" s="73">
-        <v>6217</v>
+        <v>8212</v>
       </c>
       <c r="G8" s="73">
-        <v>3332</v>
+        <v>4129</v>
       </c>
       <c r="H8" s="73">
-        <v>2885</v>
+        <v>4083</v>
       </c>
       <c r="I8" s="73"/>
       <c r="J8" s="73">
-        <v>41</v>
+        <v>44</v>
       </c>
       <c r="K8" s="73">
         <v>18</v>
       </c>
       <c r="L8" s="73">
-        <v>23</v>
+        <v>26</v>
       </c>
       <c r="AC8" s="144"/>
       <c r="AM8" s="140"/>
       <c r="AN8" s="140"/>
       <c r="AO8" s="140"/>
       <c r="AP8" s="140"/>
       <c r="AQ8" s="140"/>
       <c r="AR8" s="140"/>
       <c r="AS8" s="140"/>
       <c r="AT8" s="140"/>
       <c r="AU8" s="140"/>
       <c r="AV8" s="140"/>
       <c r="AW8" s="140"/>
       <c r="AX8" s="140"/>
       <c r="AY8" s="140"/>
     </row>
     <row r="9" spans="1:51" s="14" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="61">
         <v>0</v>
       </c>
       <c r="B9" s="69">
-        <v>218</v>
+        <v>265</v>
       </c>
       <c r="C9" s="67">
-        <v>110</v>
+        <v>134</v>
       </c>
       <c r="D9" s="67">
-        <v>108</v>
+        <v>131</v>
       </c>
       <c r="E9" s="67"/>
       <c r="F9" s="68">
-        <v>209</v>
+        <v>255</v>
       </c>
       <c r="G9" s="68">
-        <v>103</v>
+        <v>128</v>
       </c>
       <c r="H9" s="68">
-        <v>106</v>
+        <v>127</v>
       </c>
       <c r="I9" s="67"/>
       <c r="J9" s="68">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="K9" s="68">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="L9" s="68">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="AM9" s="140"/>
       <c r="AX9" s="140"/>
     </row>
     <row r="10" spans="1:51" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="61">
         <v>1</v>
       </c>
       <c r="B10" s="69">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="C10" s="67">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="D10" s="67">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="E10" s="67"/>
       <c r="F10" s="68">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="G10" s="68">
-        <v>28</v>
+        <v>37</v>
       </c>
       <c r="H10" s="68">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="I10" s="67"/>
       <c r="J10" s="68">
         <v>0</v>
       </c>
       <c r="K10" s="68">
         <v>0</v>
       </c>
       <c r="L10" s="68">
         <v>0</v>
       </c>
       <c r="AM10" s="140"/>
       <c r="AN10" s="140"/>
       <c r="AO10" s="140"/>
       <c r="AP10" s="140"/>
       <c r="AQ10" s="140"/>
       <c r="AR10" s="140"/>
       <c r="AS10" s="140"/>
       <c r="AT10" s="140"/>
       <c r="AU10" s="140"/>
       <c r="AV10" s="140"/>
       <c r="AW10" s="140"/>
       <c r="AX10" s="140"/>
     </row>
     <row r="11" spans="1:51" s="15" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="56" t="s">
         <v>57</v>
       </c>
       <c r="B11" s="67">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="C11" s="67">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D11" s="67">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="E11" s="67"/>
       <c r="F11" s="67">
-        <v>60</v>
+        <v>74</v>
       </c>
       <c r="G11" s="67">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="H11" s="67">
-        <v>26</v>
+        <v>35</v>
       </c>
       <c r="I11" s="67"/>
       <c r="J11" s="67">
         <v>0</v>
       </c>
       <c r="K11" s="67">
         <v>0</v>
       </c>
       <c r="L11" s="67">
         <v>0</v>
       </c>
       <c r="AM11" s="140"/>
       <c r="AN11" s="14"/>
       <c r="AO11" s="14"/>
       <c r="AP11" s="14"/>
       <c r="AQ11" s="14"/>
       <c r="AR11" s="14"/>
       <c r="AS11" s="14"/>
       <c r="AT11" s="14"/>
       <c r="AU11" s="14"/>
       <c r="AV11" s="14"/>
       <c r="AW11" s="14"/>
       <c r="AX11" s="140"/>
     </row>
     <row r="12" spans="1:51" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="57" t="s">
         <v>58</v>
       </c>
       <c r="B12" s="69">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="C12" s="67">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="D12" s="67">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="E12" s="67"/>
       <c r="F12" s="69">
-        <v>57</v>
+        <v>70</v>
       </c>
       <c r="G12" s="69">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="H12" s="69">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="I12" s="67"/>
       <c r="J12" s="69">
         <v>0</v>
       </c>
       <c r="K12" s="69">
         <v>0</v>
       </c>
       <c r="L12" s="69">
         <v>0</v>
       </c>
       <c r="AM12" s="140"/>
       <c r="AN12" s="140"/>
       <c r="AO12" s="140"/>
       <c r="AP12" s="140"/>
       <c r="AQ12" s="140"/>
       <c r="AR12" s="140"/>
       <c r="AS12" s="140"/>
       <c r="AT12" s="140"/>
       <c r="AU12" s="140"/>
       <c r="AV12" s="140"/>
       <c r="AW12" s="140"/>
       <c r="AX12" s="140"/>
     </row>
     <row r="13" spans="1:51" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="57" t="s">
         <v>59</v>
       </c>
       <c r="B13" s="69">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="C13" s="67">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="D13" s="67">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="E13" s="67"/>
       <c r="F13" s="69">
-        <v>49</v>
+        <v>61</v>
       </c>
       <c r="G13" s="69">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="H13" s="69">
-        <v>34</v>
+        <v>44</v>
       </c>
       <c r="I13" s="67"/>
       <c r="J13" s="69">
         <v>0</v>
       </c>
       <c r="K13" s="69">
         <v>0</v>
       </c>
       <c r="L13" s="69">
         <v>0</v>
       </c>
       <c r="AM13" s="140"/>
       <c r="AN13" s="14"/>
       <c r="AO13" s="14"/>
       <c r="AP13" s="14"/>
       <c r="AQ13" s="14"/>
       <c r="AR13" s="14"/>
       <c r="AS13" s="14"/>
       <c r="AT13" s="14"/>
       <c r="AU13" s="14"/>
       <c r="AV13" s="14"/>
       <c r="AW13" s="14"/>
       <c r="AX13" s="140"/>
     </row>
     <row r="14" spans="1:51" s="14" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="57" t="s">
         <v>60</v>
       </c>
       <c r="B14" s="69">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="C14" s="67">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="D14" s="67">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="E14" s="67"/>
       <c r="F14" s="69">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="G14" s="69">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="H14" s="69">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="I14" s="67"/>
       <c r="J14" s="69">
         <v>0</v>
       </c>
       <c r="K14" s="69">
         <v>0</v>
       </c>
       <c r="L14" s="69">
         <v>0</v>
       </c>
       <c r="AM14" s="140"/>
       <c r="AN14" s="140"/>
       <c r="AO14" s="140"/>
       <c r="AP14" s="140"/>
       <c r="AQ14" s="140"/>
       <c r="AR14" s="140"/>
       <c r="AS14" s="140"/>
       <c r="AT14" s="140"/>
       <c r="AU14" s="140"/>
       <c r="AV14" s="140"/>
       <c r="AW14" s="140"/>
       <c r="AX14" s="140"/>
     </row>
     <row r="15" spans="1:51" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="57" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="69">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="C15" s="67">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D15" s="67">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E15" s="67"/>
       <c r="F15" s="69">
-        <v>55</v>
+        <v>66</v>
       </c>
       <c r="G15" s="69">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="H15" s="69">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I15" s="67"/>
       <c r="J15" s="69">
         <v>0</v>
       </c>
       <c r="K15" s="69">
         <v>0</v>
       </c>
       <c r="L15" s="69">
         <v>0</v>
       </c>
       <c r="AM15" s="140"/>
       <c r="AN15" s="14"/>
       <c r="AO15" s="14"/>
       <c r="AP15" s="14"/>
       <c r="AQ15" s="14"/>
       <c r="AR15" s="14"/>
       <c r="AS15" s="14"/>
       <c r="AT15" s="14"/>
       <c r="AU15" s="14"/>
       <c r="AV15" s="14"/>
       <c r="AW15" s="14"/>
       <c r="AX15" s="140"/>
     </row>
     <row r="16" spans="1:51" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="57" t="s">
         <v>62</v>
       </c>
       <c r="B16" s="69">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="C16" s="67">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="D16" s="67">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="E16" s="67"/>
       <c r="F16" s="69">
-        <v>55</v>
+        <v>64</v>
       </c>
       <c r="G16" s="69">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="H16" s="69">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="I16" s="67"/>
       <c r="J16" s="69">
         <v>0</v>
       </c>
       <c r="K16" s="69">
         <v>0</v>
       </c>
       <c r="L16" s="69">
         <v>0</v>
       </c>
       <c r="N16" s="12"/>
       <c r="AM16" s="140"/>
       <c r="AN16" s="140"/>
       <c r="AO16" s="140"/>
       <c r="AP16" s="140"/>
       <c r="AQ16" s="140"/>
       <c r="AR16" s="140"/>
       <c r="AS16" s="140"/>
       <c r="AT16" s="140"/>
       <c r="AU16" s="140"/>
       <c r="AV16" s="140"/>
       <c r="AW16" s="140"/>
       <c r="AX16" s="140"/>
     </row>
     <row r="17" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="57" t="s">
         <v>63</v>
       </c>
       <c r="B17" s="69">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="C17" s="67">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D17" s="67">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="E17" s="67"/>
       <c r="F17" s="69">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="G17" s="69">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="H17" s="69">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="I17" s="67"/>
       <c r="J17" s="69">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="K17" s="69">
         <v>0</v>
       </c>
       <c r="L17" s="69">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AM17" s="140"/>
       <c r="AN17" s="14"/>
       <c r="AO17" s="14"/>
       <c r="AP17" s="14"/>
       <c r="AQ17" s="14"/>
       <c r="AR17" s="14"/>
       <c r="AS17" s="14"/>
       <c r="AT17" s="14"/>
       <c r="AU17" s="14"/>
       <c r="AV17" s="14"/>
       <c r="AW17" s="14"/>
       <c r="AX17" s="140"/>
     </row>
     <row r="18" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="57" t="s">
         <v>64</v>
       </c>
       <c r="B18" s="69">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="C18" s="67">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D18" s="67">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="E18" s="67"/>
       <c r="F18" s="69">
-        <v>66</v>
+        <v>80</v>
       </c>
       <c r="G18" s="69">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="H18" s="69">
-        <v>36</v>
+        <v>49</v>
       </c>
       <c r="I18" s="67"/>
       <c r="J18" s="69">
         <v>0</v>
       </c>
       <c r="K18" s="69">
         <v>0</v>
       </c>
       <c r="L18" s="69">
         <v>0</v>
       </c>
       <c r="N18" s="12"/>
       <c r="AM18" s="140"/>
       <c r="AN18" s="140"/>
       <c r="AO18" s="140"/>
       <c r="AP18" s="140"/>
       <c r="AQ18" s="140"/>
       <c r="AR18" s="140"/>
       <c r="AS18" s="140"/>
       <c r="AT18" s="140"/>
       <c r="AU18" s="140"/>
       <c r="AV18" s="140"/>
       <c r="AW18" s="140"/>
       <c r="AX18" s="140"/>
     </row>
     <row r="19" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="57" t="s">
         <v>65</v>
       </c>
       <c r="B19" s="69">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="C19" s="67">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="D19" s="67">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="E19" s="67"/>
       <c r="F19" s="69">
-        <v>64</v>
+        <v>78</v>
       </c>
       <c r="G19" s="69">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="H19" s="69">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="I19" s="67"/>
       <c r="J19" s="69">
         <v>0</v>
       </c>
       <c r="K19" s="69">
         <v>0</v>
       </c>
       <c r="L19" s="69">
         <v>0</v>
       </c>
       <c r="AM19" s="140"/>
       <c r="AN19" s="14"/>
       <c r="AO19" s="14"/>
       <c r="AP19" s="14"/>
       <c r="AQ19" s="14"/>
       <c r="AR19" s="14"/>
       <c r="AS19" s="14"/>
       <c r="AT19" s="14"/>
       <c r="AU19" s="14"/>
       <c r="AV19" s="14"/>
       <c r="AW19" s="14"/>
       <c r="AX19" s="140"/>
     </row>
     <row r="20" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="57" t="s">
         <v>66</v>
       </c>
       <c r="B20" s="69">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="C20" s="67">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="D20" s="67">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="E20" s="67"/>
       <c r="F20" s="69">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="G20" s="69">
-        <v>25</v>
+        <v>37</v>
       </c>
       <c r="H20" s="69">
-        <v>38</v>
+        <v>45</v>
       </c>
       <c r="I20" s="67"/>
       <c r="J20" s="69">
         <v>0</v>
       </c>
       <c r="K20" s="69">
         <v>0</v>
       </c>
       <c r="L20" s="69">
         <v>0</v>
       </c>
       <c r="N20" s="12"/>
       <c r="AM20" s="140"/>
       <c r="AN20" s="140"/>
       <c r="AO20" s="140"/>
       <c r="AP20" s="140"/>
       <c r="AQ20" s="140"/>
       <c r="AR20" s="140"/>
       <c r="AS20" s="140"/>
       <c r="AT20" s="140"/>
       <c r="AU20" s="140"/>
       <c r="AV20" s="140"/>
       <c r="AW20" s="140"/>
       <c r="AX20" s="140"/>
     </row>
     <row r="21" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="57" t="s">
         <v>67</v>
       </c>
       <c r="B21" s="69">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="C21" s="67">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="D21" s="67">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="E21" s="67"/>
       <c r="F21" s="69">
-        <v>78</v>
+        <v>91</v>
       </c>
       <c r="G21" s="69">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="H21" s="69">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="I21" s="67"/>
       <c r="J21" s="69">
         <v>0</v>
       </c>
       <c r="K21" s="69">
         <v>0</v>
       </c>
       <c r="L21" s="69">
         <v>0</v>
       </c>
       <c r="AM21" s="140"/>
       <c r="AN21" s="14"/>
       <c r="AO21" s="14"/>
       <c r="AP21" s="14"/>
       <c r="AQ21" s="14"/>
       <c r="AR21" s="14"/>
       <c r="AS21" s="14"/>
       <c r="AT21" s="14"/>
       <c r="AU21" s="14"/>
       <c r="AV21" s="14"/>
       <c r="AW21" s="14"/>
       <c r="AX21" s="140"/>
     </row>
     <row r="22" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="57" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="69">
-        <v>79</v>
+        <v>91</v>
       </c>
       <c r="C22" s="67">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D22" s="67">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="E22" s="67"/>
       <c r="F22" s="69">
-        <v>79</v>
+        <v>91</v>
       </c>
       <c r="G22" s="69">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="H22" s="69">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="I22" s="67"/>
       <c r="J22" s="69">
         <v>0</v>
       </c>
       <c r="K22" s="69">
         <v>0</v>
       </c>
       <c r="L22" s="69">
         <v>0</v>
       </c>
       <c r="AM22" s="140"/>
       <c r="AN22" s="140"/>
       <c r="AO22" s="140"/>
       <c r="AP22" s="140"/>
       <c r="AQ22" s="140"/>
       <c r="AR22" s="140"/>
       <c r="AS22" s="140"/>
       <c r="AT22" s="140"/>
       <c r="AU22" s="140"/>
       <c r="AV22" s="140"/>
       <c r="AW22" s="140"/>
       <c r="AX22" s="140"/>
     </row>
     <row r="23" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="57" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="69">
-        <v>76</v>
+        <v>99</v>
       </c>
       <c r="C23" s="67">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="D23" s="67">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="E23" s="67"/>
       <c r="F23" s="69">
-        <v>76</v>
+        <v>99</v>
       </c>
       <c r="G23" s="69">
-        <v>32</v>
+        <v>43</v>
       </c>
       <c r="H23" s="69">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="I23" s="67"/>
       <c r="J23" s="69">
         <v>0</v>
       </c>
       <c r="K23" s="69">
         <v>0</v>
       </c>
       <c r="L23" s="69">
         <v>0</v>
       </c>
       <c r="AM23" s="140"/>
       <c r="AN23" s="14"/>
       <c r="AO23" s="14"/>
       <c r="AP23" s="14"/>
       <c r="AQ23" s="14"/>
       <c r="AR23" s="14"/>
       <c r="AS23" s="14"/>
       <c r="AT23" s="14"/>
       <c r="AU23" s="14"/>
       <c r="AV23" s="14"/>
       <c r="AW23" s="14"/>
       <c r="AX23" s="140"/>
     </row>
     <row r="24" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="57" t="s">
         <v>70</v>
       </c>
       <c r="B24" s="69">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="C24" s="67">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="D24" s="69">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="E24" s="69"/>
       <c r="F24" s="69">
-        <v>103</v>
+        <v>114</v>
       </c>
       <c r="G24" s="69">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="H24" s="69">
-        <v>70</v>
+        <v>78</v>
       </c>
       <c r="I24" s="69"/>
       <c r="J24" s="69">
         <v>0</v>
       </c>
       <c r="K24" s="69">
         <v>0</v>
       </c>
       <c r="L24" s="69">
         <v>0</v>
       </c>
       <c r="M24" s="14"/>
       <c r="AM24" s="140"/>
       <c r="AN24" s="140"/>
       <c r="AO24" s="140"/>
       <c r="AP24" s="140"/>
       <c r="AQ24" s="140"/>
       <c r="AR24" s="140"/>
       <c r="AS24" s="140"/>
       <c r="AT24" s="140"/>
       <c r="AU24" s="140"/>
       <c r="AV24" s="140"/>
       <c r="AW24" s="140"/>
       <c r="AX24" s="140"/>
     </row>
     <row r="25" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="57" t="s">
         <v>71</v>
       </c>
       <c r="B25" s="69">
-        <v>168</v>
+        <v>202</v>
       </c>
       <c r="C25" s="67">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="D25" s="67">
-        <v>130</v>
+        <v>153</v>
       </c>
       <c r="E25" s="67"/>
       <c r="F25" s="69">
-        <v>168</v>
+        <v>202</v>
       </c>
       <c r="G25" s="69">
-        <v>38</v>
+        <v>49</v>
       </c>
       <c r="H25" s="69">
-        <v>130</v>
+        <v>153</v>
       </c>
       <c r="I25" s="67"/>
       <c r="J25" s="69">
         <v>0</v>
       </c>
       <c r="K25" s="69">
         <v>0</v>
       </c>
       <c r="L25" s="69">
         <v>0</v>
       </c>
       <c r="AM25" s="140"/>
       <c r="AN25" s="14"/>
       <c r="AO25" s="14"/>
       <c r="AP25" s="14"/>
       <c r="AQ25" s="14"/>
       <c r="AR25" s="14"/>
       <c r="AS25" s="14"/>
       <c r="AT25" s="14"/>
       <c r="AU25" s="14"/>
       <c r="AV25" s="14"/>
       <c r="AW25" s="14"/>
       <c r="AX25" s="140"/>
     </row>
     <row r="26" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="57" t="s">
         <v>72</v>
       </c>
       <c r="B26" s="69">
-        <v>240</v>
+        <v>280</v>
       </c>
       <c r="C26" s="67">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="D26" s="67">
-        <v>194</v>
+        <v>227</v>
       </c>
       <c r="E26" s="67"/>
       <c r="F26" s="69">
-        <v>240</v>
+        <v>280</v>
       </c>
       <c r="G26" s="69">
-        <v>46</v>
+        <v>53</v>
       </c>
       <c r="H26" s="69">
-        <v>194</v>
+        <v>227</v>
       </c>
       <c r="I26" s="67"/>
       <c r="J26" s="69">
         <v>0</v>
       </c>
       <c r="K26" s="69">
         <v>0</v>
       </c>
       <c r="L26" s="69">
         <v>0</v>
       </c>
       <c r="M26" s="15"/>
       <c r="AM26" s="140"/>
       <c r="AN26" s="140"/>
       <c r="AO26" s="140"/>
       <c r="AP26" s="140"/>
       <c r="AQ26" s="140"/>
       <c r="AR26" s="140"/>
       <c r="AS26" s="140"/>
       <c r="AT26" s="140"/>
       <c r="AU26" s="140"/>
       <c r="AV26" s="140"/>
       <c r="AW26" s="140"/>
       <c r="AX26" s="140"/>
     </row>
     <row r="27" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="57" t="s">
         <v>73</v>
       </c>
       <c r="B27" s="69">
-        <v>178</v>
+        <v>229</v>
       </c>
       <c r="C27" s="67">
-        <v>59</v>
+        <v>83</v>
       </c>
       <c r="D27" s="67">
-        <v>119</v>
+        <v>146</v>
       </c>
       <c r="E27" s="67"/>
       <c r="F27" s="69">
-        <v>177</v>
+        <v>228</v>
       </c>
       <c r="G27" s="69">
-        <v>59</v>
+        <v>83</v>
       </c>
       <c r="H27" s="69">
-        <v>118</v>
+        <v>145</v>
       </c>
       <c r="I27" s="67"/>
       <c r="J27" s="69">
         <v>1</v>
       </c>
       <c r="K27" s="69">
         <v>0</v>
       </c>
       <c r="L27" s="69">
         <v>1</v>
       </c>
       <c r="AM27" s="140"/>
       <c r="AN27" s="14"/>
       <c r="AO27" s="14"/>
       <c r="AP27" s="14"/>
       <c r="AQ27" s="14"/>
       <c r="AR27" s="14"/>
       <c r="AS27" s="14"/>
       <c r="AT27" s="14"/>
       <c r="AU27" s="14"/>
       <c r="AV27" s="14"/>
       <c r="AW27" s="14"/>
       <c r="AX27" s="140"/>
     </row>
     <row r="28" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="57" t="s">
         <v>74</v>
       </c>
       <c r="B28" s="69">
-        <v>128</v>
+        <v>223</v>
       </c>
       <c r="C28" s="67">
-        <v>85</v>
+        <v>131</v>
       </c>
       <c r="D28" s="67">
-        <v>43</v>
+        <v>92</v>
       </c>
       <c r="E28" s="67"/>
       <c r="F28" s="69">
-        <v>128</v>
+        <v>223</v>
       </c>
       <c r="G28" s="69">
-        <v>85</v>
+        <v>131</v>
       </c>
       <c r="H28" s="69">
-        <v>43</v>
+        <v>92</v>
       </c>
       <c r="I28" s="67"/>
       <c r="J28" s="69">
         <v>0</v>
       </c>
       <c r="K28" s="69">
         <v>0</v>
       </c>
       <c r="L28" s="69">
         <v>0</v>
       </c>
       <c r="AM28" s="140"/>
       <c r="AN28" s="140"/>
       <c r="AO28" s="140"/>
       <c r="AP28" s="140"/>
       <c r="AQ28" s="140"/>
       <c r="AR28" s="140"/>
       <c r="AS28" s="140"/>
       <c r="AT28" s="140"/>
       <c r="AU28" s="140"/>
       <c r="AV28" s="140"/>
       <c r="AW28" s="140"/>
       <c r="AX28" s="140"/>
     </row>
     <row r="29" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="57" t="s">
         <v>75</v>
       </c>
       <c r="B29" s="69">
-        <v>134</v>
+        <v>266</v>
       </c>
       <c r="C29" s="67">
-        <v>85</v>
+        <v>127</v>
       </c>
       <c r="D29" s="67">
-        <v>49</v>
+        <v>139</v>
       </c>
       <c r="E29" s="67"/>
       <c r="F29" s="69">
-        <v>134</v>
+        <v>266</v>
       </c>
       <c r="G29" s="69">
-        <v>85</v>
+        <v>127</v>
       </c>
       <c r="H29" s="69">
-        <v>49</v>
+        <v>139</v>
       </c>
       <c r="I29" s="67"/>
       <c r="J29" s="69">
         <v>0</v>
       </c>
       <c r="K29" s="69">
         <v>0</v>
       </c>
       <c r="L29" s="69">
         <v>0</v>
       </c>
       <c r="M29" s="14"/>
       <c r="AM29" s="140"/>
       <c r="AN29" s="14"/>
       <c r="AO29" s="14"/>
       <c r="AP29" s="14"/>
       <c r="AQ29" s="14"/>
       <c r="AR29" s="14"/>
       <c r="AS29" s="14"/>
       <c r="AT29" s="14"/>
       <c r="AU29" s="14"/>
       <c r="AV29" s="14"/>
       <c r="AW29" s="14"/>
       <c r="AX29" s="140"/>
     </row>
     <row r="30" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="58" t="s">
         <v>76</v>
       </c>
       <c r="B30" s="70">
-        <v>92</v>
+        <v>319</v>
       </c>
       <c r="C30" s="67">
-        <v>63</v>
+        <v>101</v>
       </c>
       <c r="D30" s="67">
-        <v>29</v>
+        <v>218</v>
       </c>
       <c r="E30" s="67"/>
       <c r="F30" s="70">
-        <v>92</v>
+        <v>319</v>
       </c>
       <c r="G30" s="70">
-        <v>63</v>
+        <v>101</v>
       </c>
       <c r="H30" s="70">
-        <v>29</v>
+        <v>218</v>
       </c>
       <c r="I30" s="67"/>
       <c r="J30" s="70">
         <v>0</v>
       </c>
       <c r="K30" s="70">
         <v>0</v>
       </c>
       <c r="L30" s="70">
         <v>0</v>
       </c>
       <c r="AM30" s="140"/>
       <c r="AN30" s="140"/>
       <c r="AO30" s="140"/>
       <c r="AP30" s="140"/>
       <c r="AQ30" s="140"/>
       <c r="AR30" s="140"/>
       <c r="AS30" s="140"/>
       <c r="AT30" s="140"/>
       <c r="AU30" s="140"/>
       <c r="AV30" s="140"/>
       <c r="AW30" s="140"/>
       <c r="AX30" s="140"/>
     </row>
     <row r="31" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="58" t="s">
         <v>77</v>
       </c>
       <c r="B31" s="70">
-        <v>108</v>
+        <v>405</v>
       </c>
       <c r="C31" s="67">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="D31" s="67">
-        <v>39</v>
+        <v>313</v>
       </c>
       <c r="E31" s="67"/>
       <c r="F31" s="70">
-        <v>108</v>
+        <v>405</v>
       </c>
       <c r="G31" s="70">
-        <v>69</v>
+        <v>92</v>
       </c>
       <c r="H31" s="70">
-        <v>39</v>
+        <v>313</v>
       </c>
       <c r="I31" s="67"/>
       <c r="J31" s="70">
         <v>0</v>
       </c>
       <c r="K31" s="70">
         <v>0</v>
       </c>
       <c r="L31" s="70">
         <v>0</v>
       </c>
       <c r="AM31" s="140"/>
       <c r="AN31" s="14"/>
       <c r="AO31" s="14"/>
       <c r="AP31" s="14"/>
       <c r="AQ31" s="14"/>
       <c r="AR31" s="14"/>
       <c r="AS31" s="14"/>
       <c r="AT31" s="14"/>
       <c r="AU31" s="14"/>
       <c r="AV31" s="14"/>
       <c r="AW31" s="14"/>
       <c r="AX31" s="140"/>
     </row>
     <row r="32" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="58" t="s">
         <v>78</v>
       </c>
       <c r="B32" s="70">
-        <v>104</v>
+        <v>148</v>
       </c>
       <c r="C32" s="67">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="D32" s="67">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="E32" s="67"/>
       <c r="F32" s="70">
-        <v>104</v>
+        <v>148</v>
       </c>
       <c r="G32" s="70">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="H32" s="70">
-        <v>40</v>
+        <v>63</v>
       </c>
       <c r="I32" s="67"/>
       <c r="J32" s="70">
         <v>0</v>
       </c>
       <c r="K32" s="70">
         <v>0</v>
       </c>
       <c r="L32" s="70">
         <v>0</v>
       </c>
       <c r="AM32" s="140"/>
       <c r="AN32" s="140"/>
       <c r="AO32" s="140"/>
       <c r="AP32" s="140"/>
       <c r="AQ32" s="140"/>
       <c r="AR32" s="140"/>
       <c r="AS32" s="140"/>
       <c r="AT32" s="140"/>
       <c r="AU32" s="140"/>
       <c r="AV32" s="140"/>
       <c r="AW32" s="140"/>
       <c r="AX32" s="140"/>
     </row>
     <row r="33" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="58" t="s">
         <v>79</v>
       </c>
       <c r="B33" s="70">
-        <v>101</v>
+        <v>130</v>
       </c>
       <c r="C33" s="67">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="D33" s="67">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="E33" s="67"/>
       <c r="F33" s="70">
-        <v>101</v>
+        <v>130</v>
       </c>
       <c r="G33" s="70">
-        <v>49</v>
+        <v>56</v>
       </c>
       <c r="H33" s="70">
-        <v>52</v>
+        <v>74</v>
       </c>
       <c r="I33" s="67"/>
       <c r="J33" s="70">
         <v>0</v>
       </c>
       <c r="K33" s="70">
         <v>0</v>
       </c>
       <c r="L33" s="70">
         <v>0</v>
       </c>
       <c r="AM33" s="140"/>
       <c r="AN33" s="14"/>
       <c r="AO33" s="14"/>
       <c r="AP33" s="14"/>
       <c r="AQ33" s="14"/>
       <c r="AR33" s="14"/>
       <c r="AS33" s="14"/>
       <c r="AT33" s="14"/>
       <c r="AU33" s="14"/>
       <c r="AV33" s="14"/>
       <c r="AW33" s="14"/>
       <c r="AX33" s="140"/>
     </row>
     <row r="34" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="58" t="s">
         <v>80</v>
       </c>
       <c r="B34" s="70">
-        <v>79</v>
+        <v>104</v>
       </c>
       <c r="C34" s="67">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="D34" s="67">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="E34" s="67"/>
       <c r="F34" s="70">
-        <v>79</v>
+        <v>104</v>
       </c>
       <c r="G34" s="70">
-        <v>41</v>
+        <v>53</v>
       </c>
       <c r="H34" s="70">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="I34" s="67"/>
       <c r="J34" s="70">
         <v>0</v>
       </c>
       <c r="K34" s="70">
         <v>0</v>
       </c>
       <c r="L34" s="70">
         <v>0</v>
       </c>
       <c r="AM34" s="140"/>
       <c r="AN34" s="140"/>
       <c r="AO34" s="140"/>
       <c r="AP34" s="140"/>
       <c r="AQ34" s="140"/>
       <c r="AR34" s="140"/>
       <c r="AS34" s="140"/>
       <c r="AT34" s="140"/>
       <c r="AU34" s="140"/>
       <c r="AV34" s="140"/>
       <c r="AW34" s="140"/>
       <c r="AX34" s="140"/>
     </row>
     <row r="35" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="58" t="s">
         <v>81</v>
       </c>
       <c r="B35" s="70">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="C35" s="67">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="D35" s="67">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="E35" s="67"/>
       <c r="F35" s="70">
-        <v>100</v>
+        <v>117</v>
       </c>
       <c r="G35" s="70">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="H35" s="70">
-        <v>43</v>
+        <v>50</v>
       </c>
       <c r="I35" s="67"/>
       <c r="J35" s="70">
         <v>0</v>
       </c>
       <c r="K35" s="70">
         <v>0</v>
       </c>
       <c r="L35" s="70">
         <v>0</v>
       </c>
       <c r="AM35" s="140"/>
       <c r="AN35" s="14"/>
       <c r="AO35" s="14"/>
       <c r="AP35" s="14"/>
       <c r="AQ35" s="14"/>
       <c r="AR35" s="14"/>
       <c r="AS35" s="14"/>
       <c r="AT35" s="14"/>
       <c r="AU35" s="14"/>
       <c r="AV35" s="14"/>
       <c r="AW35" s="14"/>
       <c r="AX35" s="140"/>
     </row>
     <row r="36" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="58" t="s">
         <v>82</v>
       </c>
       <c r="B36" s="70">
-        <v>98</v>
+        <v>119</v>
       </c>
       <c r="C36" s="67">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="D36" s="67">
-        <v>45</v>
+        <v>54</v>
       </c>
       <c r="E36" s="67"/>
       <c r="F36" s="70">
-        <v>97</v>
+        <v>118</v>
       </c>
       <c r="G36" s="70">
+        <v>65</v>
+      </c>
+      <c r="H36" s="70">
         <v>53</v>
-      </c>
-[...1 lines deleted...]
-        <v>44</v>
       </c>
       <c r="I36" s="67"/>
       <c r="J36" s="70">
         <v>1</v>
       </c>
       <c r="K36" s="70">
         <v>0</v>
       </c>
       <c r="L36" s="70">
         <v>1</v>
       </c>
       <c r="AM36" s="140"/>
       <c r="AN36" s="140"/>
       <c r="AO36" s="140"/>
       <c r="AP36" s="140"/>
       <c r="AQ36" s="140"/>
       <c r="AR36" s="140"/>
       <c r="AS36" s="140"/>
       <c r="AT36" s="140"/>
       <c r="AU36" s="140"/>
       <c r="AV36" s="140"/>
       <c r="AW36" s="140"/>
       <c r="AX36" s="140"/>
     </row>
     <row r="37" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="58" t="s">
         <v>83</v>
       </c>
       <c r="B37" s="70">
-        <v>93</v>
+        <v>111</v>
       </c>
       <c r="C37" s="67">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="D37" s="67">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="E37" s="67"/>
       <c r="F37" s="70">
-        <v>93</v>
+        <v>111</v>
       </c>
       <c r="G37" s="70">
-        <v>54</v>
+        <v>64</v>
       </c>
       <c r="H37" s="70">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="I37" s="67"/>
       <c r="J37" s="70">
         <v>0</v>
       </c>
       <c r="K37" s="70">
         <v>0</v>
       </c>
       <c r="L37" s="70">
         <v>0</v>
       </c>
       <c r="AM37" s="140"/>
       <c r="AN37" s="14"/>
       <c r="AO37" s="14"/>
       <c r="AP37" s="14"/>
       <c r="AQ37" s="14"/>
       <c r="AR37" s="14"/>
       <c r="AS37" s="14"/>
       <c r="AT37" s="14"/>
       <c r="AU37" s="14"/>
       <c r="AV37" s="14"/>
       <c r="AW37" s="14"/>
       <c r="AX37" s="140"/>
     </row>
     <row r="38" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="58" t="s">
         <v>84</v>
       </c>
       <c r="B38" s="70">
-        <v>104</v>
+        <v>121</v>
       </c>
       <c r="C38" s="67">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="D38" s="67">
-        <v>47</v>
+        <v>56</v>
       </c>
       <c r="E38" s="67"/>
       <c r="F38" s="70">
-        <v>103</v>
+        <v>120</v>
       </c>
       <c r="G38" s="70">
-        <v>57</v>
+        <v>65</v>
       </c>
       <c r="H38" s="70">
-        <v>46</v>
+        <v>55</v>
       </c>
       <c r="I38" s="67"/>
       <c r="J38" s="70">
         <v>1</v>
       </c>
       <c r="K38" s="70">
         <v>0</v>
       </c>
       <c r="L38" s="70">
         <v>1</v>
       </c>
       <c r="AM38" s="140"/>
       <c r="AN38" s="140"/>
       <c r="AO38" s="140"/>
       <c r="AP38" s="140"/>
       <c r="AQ38" s="140"/>
       <c r="AR38" s="140"/>
       <c r="AS38" s="140"/>
       <c r="AT38" s="140"/>
       <c r="AU38" s="140"/>
       <c r="AV38" s="140"/>
       <c r="AW38" s="140"/>
       <c r="AX38" s="140"/>
     </row>
     <row r="39" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="58" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="70">
-        <v>102</v>
+        <v>119</v>
       </c>
       <c r="C39" s="67">
-        <v>54</v>
+        <v>60</v>
       </c>
       <c r="D39" s="67">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="E39" s="67"/>
       <c r="F39" s="70">
-        <v>101</v>
+        <v>118</v>
       </c>
       <c r="G39" s="70">
-        <v>53</v>
+        <v>59</v>
       </c>
       <c r="H39" s="70">
-        <v>48</v>
+        <v>59</v>
       </c>
       <c r="I39" s="67"/>
       <c r="J39" s="70">
         <v>1</v>
       </c>
       <c r="K39" s="70">
         <v>1</v>
       </c>
       <c r="L39" s="70">
         <v>0</v>
       </c>
       <c r="AM39" s="140"/>
       <c r="AN39" s="14"/>
       <c r="AO39" s="14"/>
       <c r="AP39" s="14"/>
       <c r="AQ39" s="14"/>
       <c r="AR39" s="14"/>
       <c r="AS39" s="14"/>
       <c r="AT39" s="14"/>
       <c r="AU39" s="14"/>
       <c r="AV39" s="14"/>
       <c r="AW39" s="14"/>
       <c r="AX39" s="140"/>
     </row>
     <row r="40" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="58" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="70">
-        <v>98</v>
+        <v>115</v>
       </c>
       <c r="C40" s="67">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="D40" s="67">
-        <v>42</v>
+        <v>51</v>
       </c>
       <c r="E40" s="67"/>
       <c r="F40" s="70">
-        <v>97</v>
+        <v>114</v>
       </c>
       <c r="G40" s="70">
-        <v>56</v>
+        <v>64</v>
       </c>
       <c r="H40" s="70">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="I40" s="67"/>
       <c r="J40" s="70">
         <v>1</v>
       </c>
       <c r="K40" s="70">
         <v>0</v>
       </c>
       <c r="L40" s="70">
         <v>1</v>
       </c>
       <c r="AM40" s="140"/>
       <c r="AN40" s="140"/>
       <c r="AO40" s="140"/>
       <c r="AP40" s="140"/>
       <c r="AQ40" s="140"/>
       <c r="AR40" s="140"/>
       <c r="AS40" s="140"/>
       <c r="AT40" s="140"/>
       <c r="AU40" s="140"/>
       <c r="AV40" s="140"/>
       <c r="AW40" s="140"/>
       <c r="AX40" s="140"/>
     </row>
     <row r="41" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="58" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="70">
-        <v>110</v>
+        <v>138</v>
       </c>
       <c r="C41" s="67">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="D41" s="67">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="E41" s="67"/>
       <c r="F41" s="70">
-        <v>110</v>
+        <v>138</v>
       </c>
       <c r="G41" s="70">
-        <v>55</v>
+        <v>71</v>
       </c>
       <c r="H41" s="70">
-        <v>55</v>
+        <v>67</v>
       </c>
       <c r="I41" s="67"/>
       <c r="J41" s="70">
         <v>0</v>
       </c>
       <c r="K41" s="70">
         <v>0</v>
       </c>
       <c r="L41" s="70">
         <v>0</v>
       </c>
       <c r="AM41" s="140"/>
       <c r="AN41" s="14"/>
       <c r="AO41" s="14"/>
       <c r="AP41" s="14"/>
       <c r="AQ41" s="14"/>
       <c r="AR41" s="14"/>
       <c r="AS41" s="14"/>
       <c r="AT41" s="14"/>
       <c r="AU41" s="14"/>
       <c r="AV41" s="14"/>
       <c r="AW41" s="14"/>
       <c r="AX41" s="140"/>
     </row>
     <row r="42" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="58" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="70">
-        <v>111</v>
+        <v>132</v>
       </c>
       <c r="C42" s="67">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="D42" s="67">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="E42" s="67"/>
       <c r="F42" s="70">
-        <v>111</v>
+        <v>132</v>
       </c>
       <c r="G42" s="70">
-        <v>57</v>
+        <v>67</v>
       </c>
       <c r="H42" s="70">
-        <v>54</v>
+        <v>65</v>
       </c>
       <c r="I42" s="67"/>
       <c r="J42" s="70">
         <v>0</v>
       </c>
       <c r="K42" s="70">
         <v>0</v>
       </c>
       <c r="L42" s="70">
         <v>0</v>
       </c>
       <c r="AM42" s="140"/>
       <c r="AN42" s="140"/>
       <c r="AO42" s="140"/>
       <c r="AP42" s="140"/>
       <c r="AQ42" s="140"/>
       <c r="AR42" s="140"/>
       <c r="AS42" s="140"/>
       <c r="AT42" s="140"/>
       <c r="AU42" s="140"/>
       <c r="AV42" s="140"/>
       <c r="AW42" s="140"/>
       <c r="AX42" s="140"/>
     </row>
     <row r="43" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="58" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="70">
-        <v>114</v>
+        <v>134</v>
       </c>
       <c r="C43" s="67">
-        <v>72</v>
+        <v>86</v>
       </c>
       <c r="D43" s="67">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="E43" s="67"/>
       <c r="F43" s="70">
-        <v>111</v>
+        <v>132</v>
       </c>
       <c r="G43" s="70">
-        <v>70</v>
+        <v>84</v>
       </c>
       <c r="H43" s="70">
-        <v>41</v>
+        <v>48</v>
       </c>
       <c r="I43" s="67"/>
       <c r="J43" s="70">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="K43" s="70">
         <v>2</v>
       </c>
       <c r="L43" s="70">
-        <v>1</v>
+        <v>0</v>
       </c>
       <c r="AM43" s="140"/>
       <c r="AN43" s="14"/>
       <c r="AO43" s="14"/>
       <c r="AP43" s="14"/>
       <c r="AQ43" s="14"/>
       <c r="AR43" s="14"/>
       <c r="AS43" s="14"/>
       <c r="AT43" s="14"/>
       <c r="AU43" s="14"/>
       <c r="AV43" s="14"/>
       <c r="AW43" s="14"/>
       <c r="AX43" s="140"/>
     </row>
     <row r="44" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="58" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="70">
-        <v>114</v>
+        <v>129</v>
       </c>
       <c r="C44" s="67">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="D44" s="67">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="E44" s="67"/>
       <c r="F44" s="70">
-        <v>114</v>
+        <v>129</v>
       </c>
       <c r="G44" s="70">
-        <v>70</v>
+        <v>75</v>
       </c>
       <c r="H44" s="70">
-        <v>44</v>
+        <v>54</v>
       </c>
       <c r="I44" s="67"/>
       <c r="J44" s="70">
         <v>0</v>
       </c>
       <c r="K44" s="70">
         <v>0</v>
       </c>
       <c r="L44" s="70">
         <v>0</v>
       </c>
       <c r="AM44" s="140"/>
       <c r="AN44" s="140"/>
       <c r="AO44" s="140"/>
       <c r="AP44" s="140"/>
       <c r="AQ44" s="140"/>
       <c r="AR44" s="140"/>
       <c r="AS44" s="140"/>
       <c r="AT44" s="140"/>
       <c r="AU44" s="140"/>
       <c r="AV44" s="140"/>
       <c r="AW44" s="140"/>
       <c r="AX44" s="140"/>
     </row>
     <row r="45" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A45" s="58" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="70">
-        <v>136</v>
+        <v>164</v>
       </c>
       <c r="C45" s="67">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="D45" s="67">
-        <v>52</v>
+        <v>69</v>
       </c>
       <c r="E45" s="67"/>
       <c r="F45" s="70">
-        <v>136</v>
+        <v>163</v>
       </c>
       <c r="G45" s="70">
-        <v>84</v>
+        <v>95</v>
       </c>
       <c r="H45" s="70">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="I45" s="67"/>
       <c r="J45" s="70">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K45" s="70">
         <v>0</v>
       </c>
       <c r="L45" s="70">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AM45" s="140"/>
       <c r="AN45" s="14"/>
       <c r="AO45" s="14"/>
       <c r="AP45" s="14"/>
       <c r="AQ45" s="14"/>
       <c r="AR45" s="14"/>
       <c r="AS45" s="14"/>
       <c r="AT45" s="14"/>
       <c r="AU45" s="14"/>
       <c r="AV45" s="14"/>
       <c r="AW45" s="14"/>
       <c r="AX45" s="140"/>
     </row>
     <row r="46" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="58" t="s">
         <v>92</v>
       </c>
       <c r="B46" s="70">
-        <v>124</v>
+        <v>154</v>
       </c>
       <c r="C46" s="67">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="D46" s="67">
-        <v>53</v>
+        <v>68</v>
       </c>
       <c r="E46" s="67"/>
       <c r="F46" s="70">
-        <v>122</v>
+        <v>151</v>
       </c>
       <c r="G46" s="70">
-        <v>71</v>
+        <v>86</v>
       </c>
       <c r="H46" s="70">
-        <v>51</v>
+        <v>65</v>
       </c>
       <c r="I46" s="67"/>
       <c r="J46" s="70">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K46" s="70">
         <v>0</v>
       </c>
       <c r="L46" s="70">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="M46" s="8"/>
       <c r="N46" s="8"/>
       <c r="O46" s="10"/>
       <c r="AM46" s="140"/>
       <c r="AN46" s="140"/>
       <c r="AO46" s="140"/>
       <c r="AP46" s="140"/>
       <c r="AQ46" s="140"/>
       <c r="AR46" s="140"/>
       <c r="AS46" s="140"/>
       <c r="AT46" s="140"/>
       <c r="AU46" s="140"/>
       <c r="AV46" s="140"/>
       <c r="AW46" s="140"/>
       <c r="AX46" s="140"/>
     </row>
     <row r="47" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="58" t="s">
         <v>93</v>
       </c>
       <c r="B47" s="70">
-        <v>137</v>
+        <v>163</v>
       </c>
       <c r="C47" s="67">
-        <v>81</v>
+        <v>98</v>
       </c>
       <c r="D47" s="67">
-        <v>56</v>
+        <v>65</v>
       </c>
       <c r="E47" s="67"/>
       <c r="F47" s="70">
-        <v>134</v>
+        <v>160</v>
       </c>
       <c r="G47" s="70">
-        <v>80</v>
+        <v>97</v>
       </c>
       <c r="H47" s="70">
-        <v>54</v>
+        <v>63</v>
       </c>
       <c r="I47" s="67"/>
       <c r="J47" s="70">
         <v>3</v>
       </c>
       <c r="K47" s="70">
         <v>1</v>
       </c>
       <c r="L47" s="70">
         <v>2</v>
       </c>
       <c r="AM47" s="140"/>
       <c r="AN47" s="14"/>
       <c r="AO47" s="14"/>
       <c r="AP47" s="14"/>
       <c r="AQ47" s="14"/>
       <c r="AR47" s="14"/>
       <c r="AS47" s="14"/>
       <c r="AT47" s="14"/>
       <c r="AU47" s="14"/>
       <c r="AV47" s="14"/>
       <c r="AW47" s="14"/>
       <c r="AX47" s="140"/>
     </row>
     <row r="48" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A48" s="58" t="s">
         <v>94</v>
       </c>
       <c r="B48" s="70">
-        <v>136</v>
+        <v>157</v>
       </c>
       <c r="C48" s="67">
-        <v>67</v>
+        <v>75</v>
       </c>
       <c r="D48" s="67">
-        <v>69</v>
+        <v>82</v>
       </c>
       <c r="E48" s="67"/>
       <c r="F48" s="70">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="G48" s="70">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="H48" s="70">
-        <v>65</v>
+        <v>78</v>
       </c>
       <c r="I48" s="67"/>
       <c r="J48" s="70">
         <v>5</v>
       </c>
       <c r="K48" s="70">
         <v>1</v>
       </c>
       <c r="L48" s="70">
         <v>4</v>
       </c>
       <c r="AM48" s="140"/>
       <c r="AN48" s="140"/>
       <c r="AO48" s="140"/>
       <c r="AP48" s="140"/>
       <c r="AQ48" s="140"/>
       <c r="AR48" s="140"/>
       <c r="AS48" s="140"/>
       <c r="AT48" s="140"/>
       <c r="AU48" s="140"/>
       <c r="AV48" s="140"/>
       <c r="AW48" s="140"/>
       <c r="AX48" s="140"/>
     </row>
     <row r="49" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="58" t="s">
         <v>95</v>
       </c>
       <c r="B49" s="70">
-        <v>153</v>
+        <v>178</v>
       </c>
       <c r="C49" s="67">
-        <v>101</v>
+        <v>116</v>
       </c>
       <c r="D49" s="67">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="E49" s="67"/>
       <c r="F49" s="70">
-        <v>153</v>
+        <v>178</v>
       </c>
       <c r="G49" s="70">
-        <v>101</v>
+        <v>116</v>
       </c>
       <c r="H49" s="70">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="I49" s="67"/>
       <c r="J49" s="70">
         <v>0</v>
       </c>
       <c r="K49" s="70">
         <v>0</v>
       </c>
       <c r="L49" s="70">
         <v>0</v>
       </c>
       <c r="AM49" s="140"/>
       <c r="AN49" s="14"/>
       <c r="AO49" s="14"/>
       <c r="AP49" s="14"/>
       <c r="AQ49" s="14"/>
       <c r="AR49" s="14"/>
       <c r="AS49" s="14"/>
       <c r="AT49" s="14"/>
       <c r="AU49" s="14"/>
       <c r="AV49" s="14"/>
       <c r="AW49" s="14"/>
       <c r="AX49" s="140"/>
     </row>
     <row r="50" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A50" s="58" t="s">
         <v>96</v>
       </c>
       <c r="B50" s="70">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="C50" s="67">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="D50" s="67">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="E50" s="67"/>
       <c r="F50" s="70">
-        <v>152</v>
+        <v>173</v>
       </c>
       <c r="G50" s="70">
-        <v>88</v>
+        <v>98</v>
       </c>
       <c r="H50" s="70">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="I50" s="67"/>
       <c r="J50" s="70">
         <v>0</v>
       </c>
       <c r="K50" s="70">
         <v>0</v>
       </c>
       <c r="L50" s="70">
         <v>0</v>
       </c>
       <c r="AM50" s="140"/>
       <c r="AN50" s="140"/>
       <c r="AO50" s="140"/>
       <c r="AP50" s="140"/>
       <c r="AQ50" s="140"/>
       <c r="AR50" s="140"/>
       <c r="AS50" s="140"/>
       <c r="AT50" s="140"/>
       <c r="AU50" s="140"/>
       <c r="AV50" s="140"/>
       <c r="AW50" s="140"/>
       <c r="AX50" s="140"/>
     </row>
     <row r="51" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A51" s="58" t="s">
         <v>97</v>
       </c>
       <c r="B51" s="70">
-        <v>141</v>
+        <v>165</v>
       </c>
       <c r="C51" s="67">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="D51" s="67">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="E51" s="67"/>
       <c r="F51" s="70">
-        <v>141</v>
+        <v>164</v>
       </c>
       <c r="G51" s="70">
-        <v>73</v>
+        <v>85</v>
       </c>
       <c r="H51" s="70">
-        <v>68</v>
+        <v>79</v>
       </c>
       <c r="I51" s="67"/>
       <c r="J51" s="70">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K51" s="70">
         <v>0</v>
       </c>
       <c r="L51" s="70">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="AM51" s="140"/>
       <c r="AN51" s="14"/>
       <c r="AO51" s="14"/>
       <c r="AP51" s="14"/>
       <c r="AQ51" s="14"/>
       <c r="AR51" s="14"/>
       <c r="AS51" s="14"/>
       <c r="AT51" s="14"/>
       <c r="AU51" s="14"/>
       <c r="AV51" s="14"/>
       <c r="AW51" s="14"/>
       <c r="AX51" s="140"/>
     </row>
     <row r="52" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A52" s="58" t="s">
         <v>98</v>
       </c>
       <c r="B52" s="70">
-        <v>112</v>
+        <v>145</v>
       </c>
       <c r="C52" s="67">
-        <v>65</v>
+        <v>85</v>
       </c>
       <c r="D52" s="67">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="E52" s="67"/>
       <c r="F52" s="70">
-        <v>110</v>
+        <v>143</v>
       </c>
       <c r="G52" s="70">
-        <v>64</v>
+        <v>84</v>
       </c>
       <c r="H52" s="70">
-        <v>46</v>
+        <v>59</v>
       </c>
       <c r="I52" s="67"/>
       <c r="J52" s="70">
         <v>2</v>
       </c>
       <c r="K52" s="70">
         <v>1</v>
       </c>
       <c r="L52" s="70">
         <v>1</v>
       </c>
       <c r="AM52" s="140"/>
       <c r="AN52" s="140"/>
       <c r="AO52" s="140"/>
       <c r="AP52" s="140"/>
       <c r="AQ52" s="140"/>
       <c r="AR52" s="140"/>
       <c r="AS52" s="140"/>
       <c r="AT52" s="140"/>
       <c r="AU52" s="140"/>
       <c r="AV52" s="140"/>
       <c r="AW52" s="140"/>
       <c r="AX52" s="140"/>
     </row>
     <row r="53" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A53" s="58" t="s">
         <v>99</v>
       </c>
       <c r="B53" s="70">
-        <v>105</v>
+        <v>127</v>
       </c>
       <c r="C53" s="67">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="D53" s="67">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="E53" s="67"/>
       <c r="F53" s="70">
-        <v>104</v>
+        <v>126</v>
       </c>
       <c r="G53" s="70">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="H53" s="70">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="I53" s="67"/>
       <c r="J53" s="70">
         <v>1</v>
       </c>
       <c r="K53" s="70">
         <v>0</v>
       </c>
       <c r="L53" s="70">
         <v>1</v>
       </c>
       <c r="AM53" s="140"/>
       <c r="AN53" s="14"/>
       <c r="AO53" s="14"/>
       <c r="AP53" s="14"/>
       <c r="AQ53" s="14"/>
       <c r="AR53" s="14"/>
       <c r="AS53" s="14"/>
       <c r="AT53" s="14"/>
       <c r="AU53" s="14"/>
       <c r="AV53" s="14"/>
       <c r="AW53" s="14"/>
       <c r="AX53" s="140"/>
     </row>
     <row r="54" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="58" t="s">
         <v>100</v>
       </c>
       <c r="B54" s="70">
-        <v>98</v>
+        <v>126</v>
       </c>
       <c r="C54" s="67">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="D54" s="67">
-        <v>47</v>
+        <v>60</v>
       </c>
       <c r="E54" s="67"/>
       <c r="F54" s="70">
-        <v>96</v>
+        <v>124</v>
       </c>
       <c r="G54" s="70">
-        <v>51</v>
+        <v>66</v>
       </c>
       <c r="H54" s="70">
-        <v>45</v>
+        <v>58</v>
       </c>
       <c r="I54" s="67"/>
       <c r="J54" s="70">
         <v>2</v>
       </c>
       <c r="K54" s="70">
         <v>0</v>
       </c>
       <c r="L54" s="70">
         <v>2</v>
       </c>
       <c r="AM54" s="140"/>
       <c r="AN54" s="140"/>
       <c r="AO54" s="140"/>
       <c r="AP54" s="140"/>
       <c r="AQ54" s="140"/>
       <c r="AR54" s="140"/>
       <c r="AS54" s="140"/>
       <c r="AT54" s="140"/>
       <c r="AU54" s="140"/>
       <c r="AV54" s="140"/>
       <c r="AW54" s="140"/>
       <c r="AX54" s="140"/>
     </row>
     <row r="55" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="58" t="s">
         <v>101</v>
       </c>
       <c r="B55" s="70">
-        <v>105</v>
+        <v>118</v>
       </c>
       <c r="C55" s="67">
-        <v>66</v>
+        <v>77</v>
       </c>
       <c r="D55" s="67">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="E55" s="67"/>
       <c r="F55" s="70">
-        <v>103</v>
+        <v>116</v>
       </c>
       <c r="G55" s="70">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="H55" s="70">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="I55" s="67"/>
       <c r="J55" s="70">
         <v>2</v>
       </c>
       <c r="K55" s="70">
         <v>1</v>
       </c>
       <c r="L55" s="70">
         <v>1</v>
       </c>
       <c r="AM55" s="140"/>
       <c r="AN55" s="14"/>
       <c r="AO55" s="14"/>
       <c r="AP55" s="14"/>
       <c r="AQ55" s="14"/>
       <c r="AR55" s="14"/>
       <c r="AS55" s="14"/>
       <c r="AT55" s="14"/>
       <c r="AU55" s="14"/>
       <c r="AV55" s="14"/>
       <c r="AW55" s="14"/>
       <c r="AX55" s="140"/>
     </row>
     <row r="56" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A56" s="58" t="s">
         <v>102</v>
       </c>
       <c r="B56" s="70">
-        <v>85</v>
+        <v>109</v>
       </c>
       <c r="C56" s="67">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="D56" s="67">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="E56" s="67"/>
       <c r="F56" s="70">
-        <v>85</v>
+        <v>109</v>
       </c>
       <c r="G56" s="70">
-        <v>46</v>
+        <v>62</v>
       </c>
       <c r="H56" s="70">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="I56" s="67"/>
       <c r="J56" s="70">
         <v>0</v>
       </c>
       <c r="K56" s="70">
         <v>0</v>
       </c>
       <c r="L56" s="70">
         <v>0</v>
       </c>
       <c r="AM56" s="140"/>
       <c r="AN56" s="140"/>
       <c r="AO56" s="140"/>
       <c r="AP56" s="140"/>
       <c r="AQ56" s="140"/>
       <c r="AR56" s="140"/>
       <c r="AS56" s="140"/>
       <c r="AT56" s="140"/>
       <c r="AU56" s="140"/>
       <c r="AV56" s="140"/>
       <c r="AW56" s="140"/>
       <c r="AX56" s="140"/>
     </row>
     <row r="57" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A57" s="58" t="s">
         <v>103</v>
       </c>
       <c r="B57" s="70">
-        <v>94</v>
+        <v>116</v>
       </c>
       <c r="C57" s="67">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="D57" s="67">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="E57" s="67"/>
       <c r="F57" s="70">
-        <v>94</v>
+        <v>116</v>
       </c>
       <c r="G57" s="70">
-        <v>53</v>
+        <v>65</v>
       </c>
       <c r="H57" s="70">
-        <v>41</v>
+        <v>51</v>
       </c>
       <c r="I57" s="67"/>
       <c r="J57" s="70">
         <v>0</v>
       </c>
       <c r="K57" s="70">
         <v>0</v>
       </c>
       <c r="L57" s="70">
         <v>0</v>
       </c>
       <c r="AM57" s="140"/>
       <c r="AN57" s="14"/>
       <c r="AO57" s="14"/>
       <c r="AP57" s="14"/>
       <c r="AQ57" s="14"/>
       <c r="AR57" s="14"/>
       <c r="AS57" s="14"/>
       <c r="AT57" s="14"/>
       <c r="AU57" s="14"/>
       <c r="AV57" s="14"/>
       <c r="AW57" s="14"/>
       <c r="AX57" s="140"/>
     </row>
     <row r="58" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="58" t="s">
         <v>104</v>
       </c>
       <c r="B58" s="70">
-        <v>92</v>
+        <v>108</v>
       </c>
       <c r="C58" s="67">
-        <v>61</v>
+        <v>71</v>
       </c>
       <c r="D58" s="67">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E58" s="67"/>
       <c r="F58" s="70">
-        <v>90</v>
+        <v>105</v>
       </c>
       <c r="G58" s="70">
-        <v>59</v>
+        <v>68</v>
       </c>
       <c r="H58" s="70">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="I58" s="67"/>
       <c r="J58" s="70">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="K58" s="70">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="L58" s="70">
         <v>0</v>
       </c>
       <c r="AM58" s="140"/>
       <c r="AN58" s="140"/>
       <c r="AO58" s="140"/>
       <c r="AP58" s="140"/>
       <c r="AQ58" s="140"/>
       <c r="AR58" s="140"/>
       <c r="AS58" s="140"/>
       <c r="AT58" s="140"/>
       <c r="AU58" s="140"/>
       <c r="AV58" s="140"/>
       <c r="AW58" s="140"/>
       <c r="AX58" s="140"/>
     </row>
     <row r="59" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A59" s="58" t="s">
         <v>105</v>
       </c>
       <c r="B59" s="70">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="C59" s="67">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="D59" s="67">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="E59" s="67"/>
       <c r="F59" s="70">
-        <v>70</v>
+        <v>88</v>
       </c>
       <c r="G59" s="70">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="H59" s="70">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="I59" s="67"/>
       <c r="J59" s="70">
         <v>0</v>
       </c>
       <c r="K59" s="70">
         <v>0</v>
       </c>
       <c r="L59" s="70">
         <v>0</v>
       </c>
       <c r="AM59" s="140"/>
       <c r="AN59" s="14"/>
       <c r="AO59" s="14"/>
       <c r="AP59" s="14"/>
       <c r="AQ59" s="14"/>
       <c r="AR59" s="14"/>
       <c r="AS59" s="14"/>
       <c r="AT59" s="14"/>
       <c r="AU59" s="14"/>
       <c r="AV59" s="14"/>
       <c r="AW59" s="14"/>
       <c r="AX59" s="140"/>
     </row>
     <row r="60" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A60" s="58" t="s">
         <v>106</v>
       </c>
       <c r="B60" s="70">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="C60" s="67">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="D60" s="67">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="E60" s="67"/>
       <c r="F60" s="70">
-        <v>63</v>
+        <v>78</v>
       </c>
       <c r="G60" s="70">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="H60" s="70">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="I60" s="67"/>
       <c r="J60" s="70">
         <v>0</v>
       </c>
       <c r="K60" s="70">
         <v>0</v>
       </c>
       <c r="L60" s="70">
         <v>0</v>
       </c>
       <c r="AM60" s="140"/>
       <c r="AN60" s="140"/>
       <c r="AO60" s="140"/>
       <c r="AP60" s="140"/>
       <c r="AQ60" s="140"/>
       <c r="AR60" s="140"/>
       <c r="AS60" s="140"/>
       <c r="AT60" s="140"/>
       <c r="AU60" s="140"/>
       <c r="AV60" s="140"/>
       <c r="AW60" s="140"/>
       <c r="AX60" s="140"/>
     </row>
     <row r="61" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="58" t="s">
         <v>107</v>
       </c>
       <c r="B61" s="70">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="C61" s="67">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="D61" s="67">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="E61" s="67"/>
       <c r="F61" s="70">
-        <v>51</v>
+        <v>69</v>
       </c>
       <c r="G61" s="70">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="H61" s="70">
-        <v>18</v>
+        <v>28</v>
       </c>
       <c r="I61" s="67"/>
       <c r="J61" s="70">
         <v>0</v>
       </c>
       <c r="K61" s="70">
         <v>0</v>
       </c>
       <c r="L61" s="70">
         <v>0</v>
       </c>
       <c r="AM61" s="140"/>
       <c r="AN61" s="14"/>
       <c r="AO61" s="14"/>
       <c r="AP61" s="14"/>
       <c r="AQ61" s="14"/>
       <c r="AR61" s="14"/>
       <c r="AS61" s="14"/>
       <c r="AT61" s="14"/>
       <c r="AU61" s="14"/>
       <c r="AV61" s="14"/>
       <c r="AW61" s="14"/>
       <c r="AX61" s="140"/>
     </row>
     <row r="62" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A62" s="58" t="s">
         <v>108</v>
       </c>
       <c r="B62" s="70">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="C62" s="67">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="D62" s="67">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="E62" s="67"/>
       <c r="F62" s="70">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="G62" s="70">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="H62" s="70">
-        <v>17</v>
+        <v>18</v>
       </c>
       <c r="I62" s="67"/>
       <c r="J62" s="70">
         <v>0</v>
       </c>
       <c r="K62" s="70">
         <v>0</v>
       </c>
       <c r="L62" s="70">
         <v>0</v>
       </c>
       <c r="AM62" s="140"/>
       <c r="AN62" s="140"/>
       <c r="AO62" s="140"/>
       <c r="AP62" s="140"/>
       <c r="AQ62" s="140"/>
       <c r="AR62" s="140"/>
       <c r="AS62" s="140"/>
       <c r="AT62" s="140"/>
       <c r="AU62" s="140"/>
       <c r="AV62" s="140"/>
       <c r="AW62" s="140"/>
       <c r="AX62" s="140"/>
     </row>
     <row r="63" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A63" s="58" t="s">
         <v>109</v>
       </c>
       <c r="B63" s="70">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="C63" s="67">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D63" s="67">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="E63" s="67"/>
       <c r="F63" s="70">
-        <v>63</v>
+        <v>74</v>
       </c>
       <c r="G63" s="70">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="H63" s="70">
-        <v>24</v>
+        <v>28</v>
       </c>
       <c r="I63" s="67"/>
       <c r="J63" s="70">
         <v>0</v>
       </c>
       <c r="K63" s="70">
         <v>0</v>
       </c>
       <c r="L63" s="70">
         <v>0</v>
       </c>
       <c r="AM63" s="140"/>
       <c r="AN63" s="14"/>
       <c r="AO63" s="14"/>
       <c r="AP63" s="14"/>
       <c r="AQ63" s="14"/>
       <c r="AR63" s="14"/>
       <c r="AS63" s="14"/>
       <c r="AT63" s="14"/>
       <c r="AU63" s="14"/>
       <c r="AV63" s="14"/>
       <c r="AW63" s="14"/>
       <c r="AX63" s="140"/>
     </row>
     <row r="64" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A64" s="58" t="s">
         <v>110</v>
       </c>
       <c r="B64" s="70">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="C64" s="67">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="D64" s="67">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="E64" s="67"/>
       <c r="F64" s="70">
-        <v>49</v>
+        <v>65</v>
       </c>
       <c r="G64" s="70">
-        <v>28</v>
+        <v>39</v>
       </c>
       <c r="H64" s="70">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="I64" s="67"/>
       <c r="J64" s="70">
         <v>0</v>
       </c>
       <c r="K64" s="70">
         <v>0</v>
       </c>
       <c r="L64" s="70">
         <v>0</v>
       </c>
       <c r="AM64" s="140"/>
       <c r="AN64" s="140"/>
       <c r="AO64" s="140"/>
       <c r="AP64" s="140"/>
       <c r="AQ64" s="140"/>
       <c r="AR64" s="140"/>
       <c r="AS64" s="140"/>
       <c r="AT64" s="140"/>
       <c r="AU64" s="140"/>
       <c r="AV64" s="140"/>
       <c r="AW64" s="140"/>
       <c r="AX64" s="140"/>
     </row>
     <row r="65" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A65" s="58" t="s">
         <v>111</v>
       </c>
       <c r="B65" s="70">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="C65" s="67">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="D65" s="67">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="E65" s="67"/>
       <c r="F65" s="70">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="G65" s="70">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="H65" s="70">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="I65" s="67"/>
       <c r="J65" s="70">
         <v>0</v>
       </c>
       <c r="K65" s="70">
         <v>0</v>
       </c>
       <c r="L65" s="70">
         <v>0</v>
       </c>
       <c r="AM65" s="140"/>
       <c r="AN65" s="14"/>
       <c r="AO65" s="14"/>
       <c r="AP65" s="14"/>
       <c r="AQ65" s="14"/>
       <c r="AR65" s="14"/>
       <c r="AS65" s="14"/>
       <c r="AT65" s="14"/>
       <c r="AU65" s="14"/>
       <c r="AV65" s="14"/>
       <c r="AW65" s="14"/>
       <c r="AX65" s="140"/>
     </row>
     <row r="66" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A66" s="58" t="s">
         <v>112</v>
       </c>
       <c r="B66" s="70">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="C66" s="67">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D66" s="67">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="E66" s="67"/>
       <c r="F66" s="70">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="G66" s="70">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="H66" s="70">
-        <v>18</v>
+        <v>20</v>
       </c>
       <c r="I66" s="67"/>
       <c r="J66" s="70">
         <v>0</v>
       </c>
       <c r="K66" s="70">
         <v>0</v>
       </c>
       <c r="L66" s="70">
         <v>0</v>
       </c>
       <c r="AM66" s="140"/>
       <c r="AN66" s="140"/>
       <c r="AO66" s="140"/>
       <c r="AP66" s="140"/>
       <c r="AQ66" s="140"/>
       <c r="AR66" s="140"/>
       <c r="AS66" s="140"/>
       <c r="AT66" s="140"/>
       <c r="AU66" s="140"/>
       <c r="AV66" s="140"/>
       <c r="AW66" s="140"/>
       <c r="AX66" s="140"/>
     </row>
     <row r="67" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A67" s="58" t="s">
         <v>113</v>
       </c>
       <c r="B67" s="70">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="C67" s="67">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="D67" s="67">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E67" s="67"/>
       <c r="F67" s="70">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="G67" s="70">
-        <v>21</v>
+        <v>26</v>
       </c>
       <c r="H67" s="70">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I67" s="67"/>
       <c r="J67" s="70">
         <v>0</v>
       </c>
       <c r="K67" s="70">
         <v>0</v>
       </c>
       <c r="L67" s="70">
         <v>0</v>
       </c>
       <c r="AM67" s="140"/>
       <c r="AN67" s="14"/>
       <c r="AO67" s="14"/>
       <c r="AP67" s="14"/>
       <c r="AQ67" s="14"/>
       <c r="AR67" s="14"/>
       <c r="AS67" s="14"/>
       <c r="AT67" s="14"/>
       <c r="AU67" s="14"/>
       <c r="AV67" s="14"/>
       <c r="AW67" s="14"/>
       <c r="AX67" s="140"/>
     </row>
     <row r="68" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A68" s="58" t="s">
         <v>114</v>
       </c>
       <c r="B68" s="70">
-        <v>32</v>
+        <v>44</v>
       </c>
       <c r="C68" s="67">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="D68" s="67">
-        <v>12</v>
+        <v>15</v>
       </c>
       <c r="E68" s="67"/>
       <c r="F68" s="70">
-        <v>31</v>
+        <v>43</v>
       </c>
       <c r="G68" s="70">
-        <v>20</v>
+        <v>29</v>
       </c>
       <c r="H68" s="70">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="I68" s="67"/>
       <c r="J68" s="70">
         <v>1</v>
       </c>
       <c r="K68" s="70">
         <v>0</v>
       </c>
       <c r="L68" s="70">
         <v>1</v>
       </c>
       <c r="AM68" s="140"/>
       <c r="AN68" s="140"/>
       <c r="AO68" s="140"/>
       <c r="AP68" s="140"/>
       <c r="AQ68" s="140"/>
       <c r="AR68" s="140"/>
       <c r="AS68" s="140"/>
       <c r="AT68" s="140"/>
       <c r="AU68" s="140"/>
       <c r="AV68" s="140"/>
       <c r="AW68" s="140"/>
       <c r="AX68" s="140"/>
     </row>
     <row r="69" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="58" t="s">
         <v>115</v>
       </c>
       <c r="B69" s="70">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="C69" s="67">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="D69" s="67">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="E69" s="67"/>
       <c r="F69" s="70">
-        <v>60</v>
+        <v>68</v>
       </c>
       <c r="G69" s="70">
-        <v>24</v>
+        <v>29</v>
       </c>
       <c r="H69" s="70">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="I69" s="67"/>
       <c r="J69" s="70">
         <v>0</v>
       </c>
       <c r="K69" s="70">
         <v>0</v>
       </c>
       <c r="L69" s="70">
         <v>0</v>
       </c>
       <c r="AM69" s="140"/>
       <c r="AN69" s="14"/>
       <c r="AO69" s="14"/>
       <c r="AP69" s="14"/>
       <c r="AQ69" s="14"/>
       <c r="AR69" s="14"/>
       <c r="AS69" s="14"/>
       <c r="AT69" s="14"/>
       <c r="AU69" s="14"/>
       <c r="AV69" s="14"/>
       <c r="AW69" s="14"/>
       <c r="AX69" s="140"/>
     </row>
     <row r="70" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="58" t="s">
         <v>116</v>
       </c>
       <c r="B70" s="70">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="C70" s="67">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="D70" s="67">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="E70" s="67"/>
       <c r="F70" s="70">
-        <v>45</v>
+        <v>55</v>
       </c>
       <c r="G70" s="70">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="H70" s="70">
-        <v>24</v>
+        <v>26</v>
       </c>
       <c r="I70" s="67"/>
       <c r="J70" s="70">
         <v>0</v>
       </c>
       <c r="K70" s="70">
         <v>0</v>
       </c>
       <c r="L70" s="70">
         <v>0</v>
       </c>
       <c r="AM70" s="140"/>
       <c r="AN70" s="140"/>
       <c r="AO70" s="140"/>
       <c r="AP70" s="140"/>
       <c r="AQ70" s="140"/>
       <c r="AR70" s="140"/>
       <c r="AS70" s="140"/>
       <c r="AT70" s="140"/>
       <c r="AU70" s="140"/>
       <c r="AV70" s="140"/>
       <c r="AW70" s="140"/>
       <c r="AX70" s="140"/>
     </row>
     <row r="71" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A71" s="58" t="s">
         <v>117</v>
       </c>
       <c r="B71" s="70">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="C71" s="67">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="D71" s="67">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E71" s="67"/>
       <c r="F71" s="70">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="G71" s="70">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="H71" s="70">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="I71" s="67"/>
       <c r="J71" s="70">
         <v>0</v>
       </c>
       <c r="K71" s="70">
         <v>0</v>
       </c>
       <c r="L71" s="70">
         <v>0</v>
       </c>
       <c r="AM71" s="140"/>
       <c r="AN71" s="14"/>
       <c r="AO71" s="14"/>
       <c r="AP71" s="14"/>
       <c r="AQ71" s="14"/>
       <c r="AR71" s="14"/>
       <c r="AS71" s="14"/>
       <c r="AT71" s="14"/>
       <c r="AU71" s="14"/>
       <c r="AV71" s="14"/>
       <c r="AW71" s="14"/>
       <c r="AX71" s="140"/>
     </row>
     <row r="72" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A72" s="58" t="s">
         <v>118</v>
       </c>
       <c r="B72" s="70">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="C72" s="67">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="D72" s="67">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="E72" s="67"/>
       <c r="F72" s="70">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="G72" s="70">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="H72" s="70">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="I72" s="67"/>
       <c r="J72" s="70">
         <v>0</v>
       </c>
       <c r="K72" s="70">
         <v>0</v>
       </c>
       <c r="L72" s="70">
         <v>0</v>
       </c>
       <c r="AM72" s="140"/>
       <c r="AN72" s="140"/>
       <c r="AO72" s="140"/>
       <c r="AP72" s="140"/>
       <c r="AQ72" s="140"/>
       <c r="AR72" s="140"/>
       <c r="AS72" s="140"/>
       <c r="AT72" s="140"/>
       <c r="AU72" s="140"/>
       <c r="AV72" s="140"/>
       <c r="AW72" s="140"/>
       <c r="AX72" s="140"/>
     </row>
     <row r="73" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A73" s="58" t="s">
         <v>119</v>
       </c>
       <c r="B73" s="70">
-        <v>34</v>
+        <v>43</v>
       </c>
       <c r="C73" s="67">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D73" s="67">
-        <v>12</v>
+        <v>17</v>
       </c>
       <c r="E73" s="67"/>
       <c r="F73" s="70">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="G73" s="70">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="H73" s="70">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="I73" s="67"/>
       <c r="J73" s="70">
         <v>1</v>
       </c>
       <c r="K73" s="70">
         <v>0</v>
       </c>
       <c r="L73" s="70">
         <v>1</v>
       </c>
       <c r="AM73" s="140"/>
       <c r="AN73" s="14"/>
       <c r="AO73" s="14"/>
       <c r="AP73" s="14"/>
       <c r="AQ73" s="14"/>
       <c r="AR73" s="14"/>
       <c r="AS73" s="14"/>
       <c r="AT73" s="14"/>
       <c r="AU73" s="14"/>
       <c r="AV73" s="14"/>
       <c r="AW73" s="14"/>
       <c r="AX73" s="140"/>
     </row>
     <row r="74" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A74" s="58" t="s">
         <v>120</v>
       </c>
       <c r="B74" s="67">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="C74" s="67">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="D74" s="67">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="E74" s="67"/>
       <c r="F74" s="70">
-        <v>35</v>
+        <v>50</v>
       </c>
       <c r="G74" s="70">
-        <v>19</v>
+        <v>30</v>
       </c>
       <c r="H74" s="70">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I74" s="67"/>
       <c r="J74" s="70">
         <v>0</v>
       </c>
       <c r="K74" s="70">
         <v>0</v>
       </c>
       <c r="L74" s="70">
         <v>0</v>
       </c>
       <c r="AM74" s="140"/>
       <c r="AN74" s="140"/>
       <c r="AO74" s="140"/>
       <c r="AP74" s="140"/>
       <c r="AQ74" s="140"/>
       <c r="AR74" s="140"/>
       <c r="AS74" s="140"/>
       <c r="AT74" s="140"/>
       <c r="AU74" s="140"/>
       <c r="AV74" s="140"/>
       <c r="AW74" s="140"/>
       <c r="AX74" s="140"/>
     </row>
     <row r="75" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A75" s="58" t="s">
         <v>121</v>
       </c>
       <c r="B75" s="70">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="C75" s="67">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="D75" s="67">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="E75" s="67"/>
       <c r="F75" s="70">
-        <v>22</v>
+        <v>29</v>
       </c>
       <c r="G75" s="70">
-        <v>14</v>
+        <v>20</v>
       </c>
       <c r="H75" s="70">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="I75" s="67"/>
       <c r="J75" s="70">
         <v>0</v>
       </c>
       <c r="K75" s="70">
         <v>0</v>
       </c>
       <c r="L75" s="70">
         <v>0</v>
       </c>
       <c r="AM75" s="140"/>
       <c r="AN75" s="14"/>
       <c r="AO75" s="14"/>
       <c r="AP75" s="14"/>
       <c r="AQ75" s="14"/>
       <c r="AR75" s="14"/>
       <c r="AS75" s="14"/>
       <c r="AT75" s="14"/>
       <c r="AU75" s="14"/>
       <c r="AV75" s="14"/>
       <c r="AW75" s="14"/>
       <c r="AX75" s="140"/>
     </row>
     <row r="76" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A76" s="58" t="s">
         <v>122</v>
       </c>
       <c r="B76" s="70">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="C76" s="67">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D76" s="67">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="E76" s="67"/>
       <c r="F76" s="70">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="G76" s="70">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H76" s="70">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="I76" s="67"/>
       <c r="J76" s="70">
         <v>0</v>
       </c>
       <c r="K76" s="70">
         <v>0</v>
       </c>
       <c r="L76" s="70">
         <v>0</v>
       </c>
       <c r="AM76" s="140"/>
       <c r="AN76" s="140"/>
       <c r="AO76" s="140"/>
       <c r="AP76" s="140"/>
       <c r="AQ76" s="140"/>
       <c r="AR76" s="140"/>
       <c r="AS76" s="140"/>
       <c r="AT76" s="140"/>
       <c r="AU76" s="140"/>
       <c r="AV76" s="140"/>
       <c r="AW76" s="140"/>
       <c r="AX76" s="140"/>
     </row>
     <row r="77" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A77" s="58" t="s">
         <v>123</v>
       </c>
       <c r="B77" s="70">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="C77" s="67">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D77" s="67">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="E77" s="67"/>
       <c r="F77" s="70">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="G77" s="70">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="H77" s="70">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="I77" s="67"/>
       <c r="J77" s="70">
         <v>0</v>
       </c>
       <c r="K77" s="70">
         <v>0</v>
       </c>
       <c r="L77" s="70">
         <v>0</v>
       </c>
       <c r="AM77" s="140"/>
       <c r="AN77" s="14"/>
       <c r="AO77" s="14"/>
       <c r="AP77" s="14"/>
       <c r="AQ77" s="14"/>
       <c r="AR77" s="14"/>
       <c r="AS77" s="14"/>
       <c r="AT77" s="14"/>
       <c r="AU77" s="14"/>
       <c r="AV77" s="14"/>
       <c r="AW77" s="14"/>
       <c r="AX77" s="140"/>
     </row>
     <row r="78" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A78" s="58" t="s">
         <v>124</v>
       </c>
       <c r="B78" s="70">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="C78" s="67">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="D78" s="67">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="E78" s="67"/>
       <c r="F78" s="70">
-        <v>23</v>
+        <v>31</v>
       </c>
       <c r="G78" s="70">
-        <v>15</v>
+        <v>21</v>
       </c>
       <c r="H78" s="70">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="I78" s="67"/>
       <c r="J78" s="70">
         <v>0</v>
       </c>
       <c r="K78" s="70">
         <v>0</v>
       </c>
       <c r="L78" s="70">
         <v>0</v>
       </c>
       <c r="AM78" s="140"/>
       <c r="AN78" s="140"/>
       <c r="AO78" s="140"/>
       <c r="AP78" s="140"/>
       <c r="AQ78" s="140"/>
       <c r="AR78" s="140"/>
       <c r="AS78" s="140"/>
       <c r="AT78" s="140"/>
       <c r="AU78" s="140"/>
       <c r="AV78" s="140"/>
       <c r="AW78" s="140"/>
       <c r="AX78" s="140"/>
     </row>
     <row r="79" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A79" s="58" t="s">
         <v>125</v>
       </c>
       <c r="B79" s="70">
+        <v>20</v>
+      </c>
+      <c r="C79" s="67">
         <v>14</v>
       </c>
-      <c r="C79" s="67">
-[...1 lines deleted...]
-      </c>
       <c r="D79" s="67">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E79" s="67"/>
       <c r="F79" s="70">
+        <v>20</v>
+      </c>
+      <c r="G79" s="70">
         <v>14</v>
       </c>
-      <c r="G79" s="70">
-[...1 lines deleted...]
-      </c>
       <c r="H79" s="70">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I79" s="67"/>
       <c r="J79" s="70">
         <v>0</v>
       </c>
       <c r="K79" s="70">
         <v>0</v>
       </c>
       <c r="L79" s="70">
         <v>0</v>
       </c>
       <c r="AM79" s="140"/>
       <c r="AN79" s="14"/>
       <c r="AO79" s="14"/>
       <c r="AP79" s="14"/>
       <c r="AQ79" s="14"/>
       <c r="AR79" s="14"/>
       <c r="AS79" s="14"/>
       <c r="AT79" s="14"/>
       <c r="AU79" s="14"/>
       <c r="AV79" s="14"/>
       <c r="AW79" s="14"/>
       <c r="AX79" s="140"/>
     </row>
     <row r="80" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A80" s="58" t="s">
         <v>126</v>
       </c>
       <c r="B80" s="70">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="C80" s="67">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="D80" s="67">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E80" s="67"/>
       <c r="F80" s="70">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="G80" s="70">
-        <v>11</v>
+        <v>14</v>
       </c>
       <c r="H80" s="70">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I80" s="67"/>
       <c r="J80" s="70">
         <v>0</v>
       </c>
       <c r="K80" s="70">
         <v>0</v>
       </c>
       <c r="L80" s="70">
         <v>0</v>
       </c>
       <c r="AM80" s="140"/>
       <c r="AN80" s="140"/>
       <c r="AO80" s="140"/>
       <c r="AP80" s="140"/>
       <c r="AQ80" s="140"/>
       <c r="AR80" s="140"/>
       <c r="AS80" s="140"/>
       <c r="AT80" s="140"/>
       <c r="AU80" s="140"/>
       <c r="AV80" s="140"/>
       <c r="AW80" s="140"/>
       <c r="AX80" s="140"/>
     </row>
     <row r="81" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A81" s="58" t="s">
         <v>127</v>
       </c>
       <c r="B81" s="70">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="C81" s="67">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D81" s="67">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E81" s="67"/>
       <c r="F81" s="70">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="G81" s="70">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="H81" s="70">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I81" s="67"/>
       <c r="J81" s="70">
         <v>1</v>
       </c>
       <c r="K81" s="70">
         <v>1</v>
       </c>
       <c r="L81" s="70">
         <v>0</v>
       </c>
       <c r="AM81" s="140"/>
       <c r="AN81" s="14"/>
       <c r="AO81" s="14"/>
       <c r="AP81" s="14"/>
       <c r="AQ81" s="14"/>
       <c r="AR81" s="14"/>
       <c r="AS81" s="14"/>
       <c r="AT81" s="14"/>
       <c r="AU81" s="14"/>
       <c r="AV81" s="14"/>
       <c r="AW81" s="14"/>
       <c r="AX81" s="140"/>
     </row>
     <row r="82" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
@@ -42857,294 +42905,294 @@
       </c>
       <c r="K83" s="70">
         <v>0</v>
       </c>
       <c r="L83" s="70">
         <v>0</v>
       </c>
       <c r="AM83" s="140"/>
       <c r="AN83" s="14"/>
       <c r="AO83" s="14"/>
       <c r="AP83" s="14"/>
       <c r="AQ83" s="14"/>
       <c r="AR83" s="14"/>
       <c r="AS83" s="14"/>
       <c r="AT83" s="14"/>
       <c r="AU83" s="14"/>
       <c r="AV83" s="14"/>
       <c r="AW83" s="14"/>
       <c r="AX83" s="140"/>
     </row>
     <row r="84" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A84" s="58" t="s">
         <v>130</v>
       </c>
       <c r="B84" s="67">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="C84" s="67">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D84" s="67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E84" s="67"/>
       <c r="F84" s="67">
-        <v>12</v>
+        <v>19</v>
       </c>
       <c r="G84" s="67">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="H84" s="67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I84" s="67"/>
       <c r="J84" s="67">
         <v>0</v>
       </c>
       <c r="K84" s="67">
         <v>0</v>
       </c>
       <c r="L84" s="67">
         <v>0</v>
       </c>
       <c r="AM84" s="140"/>
       <c r="AN84" s="140"/>
       <c r="AO84" s="140"/>
       <c r="AP84" s="140"/>
       <c r="AQ84" s="140"/>
       <c r="AR84" s="140"/>
       <c r="AS84" s="140"/>
       <c r="AT84" s="140"/>
       <c r="AU84" s="140"/>
       <c r="AV84" s="140"/>
       <c r="AW84" s="140"/>
       <c r="AX84" s="140"/>
     </row>
     <row r="85" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A85" s="58" t="s">
         <v>131</v>
       </c>
       <c r="B85" s="67">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="C85" s="67">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D85" s="67">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E85" s="67"/>
       <c r="F85" s="70">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="G85" s="70">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="H85" s="70">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I85" s="67"/>
       <c r="J85" s="70">
         <v>0</v>
       </c>
       <c r="K85" s="70">
         <v>0</v>
       </c>
       <c r="L85" s="70">
         <v>0</v>
       </c>
       <c r="AM85" s="140"/>
       <c r="AN85" s="14"/>
       <c r="AO85" s="14"/>
       <c r="AP85" s="14"/>
       <c r="AQ85" s="14"/>
       <c r="AR85" s="14"/>
       <c r="AS85" s="14"/>
       <c r="AT85" s="14"/>
       <c r="AU85" s="14"/>
       <c r="AV85" s="14"/>
       <c r="AW85" s="14"/>
       <c r="AX85" s="140"/>
     </row>
     <row r="86" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A86" s="58" t="s">
         <v>132</v>
       </c>
       <c r="B86" s="70">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="C86" s="67">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="D86" s="67">
         <v>2</v>
       </c>
       <c r="E86" s="67"/>
       <c r="F86" s="70">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="G86" s="70">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="H86" s="70">
         <v>2</v>
       </c>
       <c r="I86" s="67"/>
       <c r="J86" s="70">
         <v>0</v>
       </c>
       <c r="K86" s="70">
         <v>0</v>
       </c>
       <c r="L86" s="70">
         <v>0</v>
       </c>
       <c r="AM86" s="140"/>
       <c r="AN86" s="140"/>
       <c r="AO86" s="140"/>
       <c r="AP86" s="140"/>
       <c r="AQ86" s="140"/>
       <c r="AR86" s="140"/>
       <c r="AS86" s="140"/>
       <c r="AT86" s="140"/>
       <c r="AU86" s="140"/>
       <c r="AV86" s="140"/>
       <c r="AW86" s="140"/>
       <c r="AX86" s="140"/>
     </row>
     <row r="87" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A87" s="58" t="s">
         <v>143</v>
       </c>
       <c r="B87" s="67">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="C87" s="67">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="D87" s="67">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="E87" s="67"/>
       <c r="F87" s="70">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="G87" s="70">
-        <v>8</v>
+        <v>10</v>
       </c>
       <c r="H87" s="70">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="I87" s="67"/>
       <c r="J87" s="70">
         <v>0</v>
       </c>
       <c r="K87" s="70">
         <v>0</v>
       </c>
       <c r="L87" s="70">
         <v>0</v>
       </c>
       <c r="AM87" s="140"/>
       <c r="AN87" s="14"/>
       <c r="AO87" s="14"/>
       <c r="AP87" s="14"/>
       <c r="AQ87" s="14"/>
       <c r="AR87" s="14"/>
       <c r="AS87" s="14"/>
       <c r="AT87" s="14"/>
       <c r="AU87" s="14"/>
       <c r="AV87" s="14"/>
       <c r="AW87" s="14"/>
       <c r="AX87" s="140"/>
     </row>
     <row r="88" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="58" t="s">
         <v>194</v>
       </c>
       <c r="B88" s="67">
+        <v>8</v>
+      </c>
+      <c r="C88" s="67">
+        <v>3</v>
+      </c>
+      <c r="D88" s="67">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>3</v>
       </c>
       <c r="E88" s="67"/>
       <c r="F88" s="70">
+        <v>8</v>
+      </c>
+      <c r="G88" s="70">
+        <v>3</v>
+      </c>
+      <c r="H88" s="70">
         <v>5</v>
-      </c>
-[...4 lines deleted...]
-        <v>3</v>
       </c>
       <c r="I88" s="67"/>
       <c r="J88" s="70">
         <v>0</v>
       </c>
       <c r="K88" s="70">
         <v>0</v>
       </c>
       <c r="L88" s="70">
         <v>0</v>
       </c>
       <c r="AM88" s="140"/>
       <c r="AN88" s="140"/>
       <c r="AO88" s="140"/>
       <c r="AP88" s="140"/>
       <c r="AQ88" s="140"/>
       <c r="AR88" s="140"/>
       <c r="AS88" s="140"/>
       <c r="AT88" s="140"/>
       <c r="AU88" s="140"/>
       <c r="AV88" s="140"/>
       <c r="AW88" s="140"/>
       <c r="AX88" s="140"/>
     </row>
     <row r="89" spans="1:50" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A89" s="58" t="s">
         <v>56</v>
       </c>
       <c r="B89" s="67">
-        <v>27</v>
+        <v>35</v>
       </c>
       <c r="C89" s="67">
-        <v>22</v>
+        <v>30</v>
       </c>
       <c r="D89" s="67">
         <v>5</v>
       </c>
       <c r="E89" s="67"/>
       <c r="F89" s="67">
-        <v>26</v>
+        <v>34</v>
       </c>
       <c r="G89" s="67">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="H89" s="67">
         <v>5</v>
       </c>
       <c r="I89" s="67"/>
       <c r="J89" s="67">
         <v>1</v>
       </c>
       <c r="K89" s="67">
         <v>1</v>
       </c>
       <c r="L89" s="67">
         <v>0</v>
       </c>
       <c r="AM89" s="140"/>
       <c r="AN89" s="14"/>
       <c r="AO89" s="14"/>
       <c r="AP89" s="14"/>
       <c r="AQ89" s="14"/>
       <c r="AR89" s="14"/>
       <c r="AS89" s="14"/>
       <c r="AT89" s="14"/>
       <c r="AU89" s="14"/>
       <c r="AV89" s="14"/>
       <c r="AW89" s="14"/>