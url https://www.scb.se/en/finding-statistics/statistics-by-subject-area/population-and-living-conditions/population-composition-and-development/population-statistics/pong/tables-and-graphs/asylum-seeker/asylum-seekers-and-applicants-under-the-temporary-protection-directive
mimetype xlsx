--- v1 (2025-12-18)
+++ v2 (2026-03-27)
@@ -1,133 +1,144 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="png" ContentType="image/png"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet4.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet5.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet6.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet7.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet8.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet9.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet10.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet11.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet12.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet13.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet14.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/theme/themeOverride1.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/xl/drawings/drawing4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/theme/themeOverride2.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/xl/drawings/drawing6.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing7.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart3.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style3.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors3.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/theme/themeOverride3.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/xl/drawings/drawing8.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing9.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart4.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style4.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors4.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/theme/themeOverride4.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
   <Override PartName="/xl/drawings/drawing10.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing11.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
-  <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/charts/chart5.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
+  <Override PartName="/xl/charts/style5.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
+  <Override PartName="/xl/charts/colors5.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
+  <Override PartName="/xl/theme/themeOverride5.xml" ContentType="application/vnd.openxmlformats-officedocument.themeOverride+xml"/>
+  <Override PartName="/xl/drawings/drawing12.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chartshapes+xml"/>
   <Override PartName="/xl/drawings/drawing13.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing14.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing15.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/drawings/drawing16.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing17.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing18.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
+  <Override PartName="/xl/drawings/drawing19.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="5" rupBuild="28526"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
       <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="P:\Prod\BV\BE0101\Produktion\Tillfällig eller nedlagd produktion\202203 - Massflyktingar\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{738ED575-836B-4448-BBB9-C1639B027800}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{2E7C8E02-C1C1-4684-809C-D352197C4B6D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="28695" yWindow="0" windowWidth="29010" windowHeight="17385" tabRatio="891" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="21345" yWindow="0" windowWidth="28905" windowHeight="16725" tabRatio="891" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Info" sheetId="7" r:id="rId1"/>
     <sheet name="Tabell 1 Table 1" sheetId="3" r:id="rId2"/>
     <sheet name="Tabell 2a Table 2a" sheetId="10" r:id="rId3"/>
     <sheet name="Tabell 2b Table 2b" sheetId="6" r:id="rId4"/>
     <sheet name="Tabell 2c Table 2c" sheetId="14" r:id="rId5"/>
     <sheet name="Tabell 2d Table 2d" sheetId="16" r:id="rId6"/>
-    <sheet name="Tabell 3a Table 3a " sheetId="11" r:id="rId7"/>
-[...4 lines deleted...]
-    <sheet name="Tabell 5 Table 5" sheetId="12" r:id="rId12"/>
+    <sheet name="Tabell 2e Table 2e" sheetId="18" r:id="rId7"/>
+    <sheet name="Tabell 3a Table 3a " sheetId="11" r:id="rId8"/>
+    <sheet name="Tabell 3b Table 3b " sheetId="9" r:id="rId9"/>
+    <sheet name="Tabell 3c Table 3c " sheetId="15" r:id="rId10"/>
+    <sheet name="Tabell 3d Table 3d" sheetId="17" r:id="rId11"/>
+    <sheet name="Tabell 3e Table 3e" sheetId="19" r:id="rId12"/>
+    <sheet name="Tabell 4 Table 4" sheetId="4" r:id="rId13"/>
+    <sheet name="Tabell 5 Table 5" sheetId="12" r:id="rId14"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="985" uniqueCount="313">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1033" uniqueCount="331">
   <si>
     <r>
       <t xml:space="preserve">Kvinnor
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FF1E00BE"/>
         <rFont val="Roboto"/>
         <family val="2"/>
       </rPr>
       <t>Women</t>
     </r>
   </si>
   <si>
     <r>
       <t xml:space="preserve">Män
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FF1E00BE"/>
         <rFont val="Roboto"/>
@@ -1188,64 +1199,50 @@
   </si>
   <si>
     <t xml:space="preserve">    Palestina   Palestine, State of</t>
   </si>
   <si>
     <t xml:space="preserve">    Pakistan   Pakistan</t>
   </si>
   <si>
     <t xml:space="preserve">  Okänt   Unknown</t>
   </si>
   <si>
     <r>
       <t>These statistics refer to the number registered in the receptions system 31 December of each year.</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="10"/>
         <rFont val="Roboto"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <r>
-      <t xml:space="preserve">Inskrivna: Asylsökande
-[...12 lines deleted...]
-    <r>
       <t xml:space="preserve">Inskrivna: Skydd enligt massflyktsdirektivet
 </t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <color rgb="FF1E00BE"/>
         <rFont val="Roboto"/>
       </rPr>
       <t>Enrolled: Applicants under the Temporary Protection Directive</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Roboto"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Roboto"/>
@@ -1407,264 +1404,401 @@
         <b/>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <color rgb="FF1E00BE"/>
         <rFont val="Roboto"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <t xml:space="preserve">Personer som haft uppehållstillstånd med tillfälligt skydd enligt massflyktsdirektivet som slutade gälla den 4 mars 2023 respektive 4 mars 2024 har behövt ansöka om förlängt uppehållstillstånd för att få stanna i Sverige. </t>
   </si>
   <si>
     <t xml:space="preserve">Förlänga uppehållstillstånd ingår inte i denna statistik. Personer som inte ansökt om förlängt uppehållstillstånd (senast 4 mars 2023 respektive 4 mars 2024) men som ändå </t>
   </si>
   <si>
     <t>Persons with a Swedish residence permit with protection under the EU's Temporary Protection Directive which expired on March 4, 2023 respectively March 5, 2024 have had to apply for an extended residence permit</t>
   </si>
   <si>
     <t>to stay in Sweden. Extended residence permits are not included in these statistics. Persons who have not applied for an extended residence permit (by March 4, 2023 respectively March 5, 2024 at the latest) but still</t>
   </si>
   <si>
     <t xml:space="preserve">  Georgien   Georgia</t>
   </si>
   <si>
-    <t>Tabell 5: Personer inskrivna i Migrationsverkets mottagningssystem 2002–2024 efter kön</t>
-[...4 lines deleted...]
-  <si>
     <t>2025</t>
-  </si>
-[...14 lines deleted...]
-    </r>
   </si>
   <si>
     <t>Tabell 2a: Antal sökande enligt massflyktsdirektivet efter kön och ålder 2022</t>
   </si>
   <si>
     <t>Table 2a: Number applicants under the Temporary Protection Directive by sex and age 2022</t>
   </si>
   <si>
     <t>Tabell 2c: Antal sökande enligt massflyktsdirektivet efter kön och ålder 2024</t>
   </si>
   <si>
     <t>Table 2c: Number applicants under the Temporary Protection Directive by sex and age 2024</t>
   </si>
   <si>
     <t>Tabell 2d: Antal sökande enligt massflyktsdirektivet efter kön och ålder 2025</t>
   </si>
   <si>
     <t>Table 2d: Number applicants under the Temporary Protection Directive by sex and age 2025</t>
   </si>
   <si>
     <t>Tabell 3a: Antal sökande enligt massflyktsdirektivet efter kön och medborgarskap 2022</t>
   </si>
   <si>
     <t>Table 3a: Number applicants under the Temporary Protection Directive by sex and citizenship 2022</t>
   </si>
   <si>
     <t>Tabell 3c: Antal sökande enligt massflyktsdirektivet efter kön och medborgarskap 2024</t>
   </si>
   <si>
     <t>Table 3c: Number applicants under the Temporary Protection Directive by sex and citizenship 2024</t>
   </si>
   <si>
     <t>Table 3d: Number applicants under the Temporary Protection Directive by sex and citizenship 2025</t>
   </si>
   <si>
     <t>Tabell 3d: Antal sökande enligt massflyktsdirektivet efter kön och medborgarskap 2025</t>
   </si>
   <si>
-    <t>Antal asylsökande 2002–2025 samt sökande enligt massflyktsdirektivet 2022–2025 efter kön</t>
-[...15 lines deleted...]
-  <si>
     <t>Antal sökande enligt massflyktsdirektivet efter kön och ålder 2025</t>
   </si>
   <si>
     <t>Tabell 2d</t>
   </si>
   <si>
     <t>Antal sökande enligt massflyktsdirektivet efter kön och medborgarskap 2025</t>
   </si>
   <si>
     <t>Tabell 3d</t>
   </si>
   <si>
     <t>Number applicants under the Temporary Protection Directive by sex and age 2025</t>
   </si>
   <si>
     <t>Table 2d</t>
   </si>
   <si>
     <t>Number applicants under the Temporary Protection Directive by sex and citizenship 2025</t>
   </si>
   <si>
     <t>Table 3d</t>
   </si>
   <si>
+    <t>Antal sökande enligt massflyktsdirektivet efter kön och ålder 2026</t>
+  </si>
+  <si>
+    <t>Antal sökande enligt massflyktsdirektivet efter kön och medborgarskap 2026</t>
+  </si>
+  <si>
+    <t>Tabell 2e</t>
+  </si>
+  <si>
+    <t>Tabell 3e</t>
+  </si>
+  <si>
+    <t>Table 3e</t>
+  </si>
+  <si>
+    <t>Number applicants under the Temporary Protection Directive by sex and citizenship 2026</t>
+  </si>
+  <si>
+    <t>Number applicants under the Temporary Protection Directive by sex and age 2026</t>
+  </si>
+  <si>
+    <t>Table 2e</t>
+  </si>
+  <si>
+    <t>2026</t>
+  </si>
+  <si>
     <r>
-      <t>Tabell 4: Ensamkommande flyktingbarn - Antal asylsökande 2002–2025 samt sökande enligt massflyktsdirektivet 2022–2025 efter kön</t>
+      <t>Tabell 1: Antal asylsökande 2002–2026 samt sökande enligt massflyktsdirektivet 2022–2026 efter kön</t>
     </r>
     <r>
       <rPr>
         <b/>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <color theme="1"/>
         <rFont val="PT Serif"/>
         <family val="1"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
     <r>
-      <t>Table 4: Unaccompanied minors - Number of asylum seekers 2002–2025 and applicants under the Temporary Protection Directive 2022–2025 by sex</t>
+      <t>Table 1: Number of asylum seekers 2002–2026 and applicants under the Temporary Protection Directive 2022–2026 by sex</t>
     </r>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="12"/>
         <rFont val="PT Serif"/>
         <family val="1"/>
       </rPr>
       <t>1</t>
     </r>
   </si>
   <si>
-    <t>Personer inskrivna i Migrationsverkets mottagningsssytem 2002–2024 efter kön</t>
+    <t>Tabell 2d: Antal sökande enligt massflyktsdirektivet efter kön och ålder 2026</t>
   </si>
   <si>
-    <t>Ensamkommande flyktingbarn - Antal asylsökande 2002–2025 samt sökande enligt massflyktsdirektivet 2022–2025 efter kön</t>
+    <t>Table 2d: Number applicants under the Temporary Protection Directive by sex and age 2026</t>
   </si>
   <si>
-    <t>Number of asylum seekers 2002–2025 and applicants under the Temporary Protection Directive 2022–2025 by sex</t>
+    <t>Tabell 3d: Antal sökande enligt massflyktsdirektivet efter kön och medborgarskap 2026</t>
   </si>
   <si>
-    <t>Unaccompanied minors - Number of asylum seekers 2002–2025 and applicants under the Temporary Protection Directive 2022–2025 by sex</t>
-[...2 lines deleted...]
-    <t>Persons enrolled in the Swedish Migration Agency´s receptions system 2002–2024 by sex</t>
+    <t>Table 3d: Number applicants under the Temporary Protection Directive by sex and citizenship 2026</t>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Roboto"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Roboto"/>
       </rPr>
       <t xml:space="preserve"> </t>
     </r>
     <r>
       <rPr>
         <b/>
         <sz val="9"/>
         <rFont val="Roboto"/>
       </rPr>
-      <t>Flyktingar från Ukraina kan ansöka om både asyl och skydd enligt massflyktsdirektivet. 2,2 procent av alla som sökt skydd enligt massflyktsdirektivet har även sökt asyl</t>
+      <t>Flyktingar från Ukraina kan ansöka om både asyl och skydd enligt massflyktsdirektivet. 2,1 procent av alla som sökt skydd enligt massflyktsdirektivet har även sökt asyl</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Roboto"/>
       </rPr>
       <t>.</t>
     </r>
   </si>
   <si>
     <r>
       <rPr>
         <vertAlign val="superscript"/>
         <sz val="9"/>
         <rFont val="Roboto"/>
       </rPr>
       <t>1</t>
     </r>
     <r>
       <rPr>
         <sz val="9"/>
         <rFont val="Roboto"/>
       </rPr>
-      <t xml:space="preserve"> Refugees from Ukraine can apply for both asylum and protection under the Temporary Protection Directive. 2,2 percent of all those who sought protection under the Temporary Protection Directive have also sought asylum. </t>
+      <t xml:space="preserve"> Refugees from Ukraine can apply for both asylum and protection under the Temporary Protection Directive. 2,1 percent of all those who sought protection under the Temporary Protection Directive have also sought asylum. </t>
     </r>
+  </si>
+  <si>
+    <r>
+      <t>Table 4: Unaccompanied minors - Number of asylum seekers 2002–2026 and applicants under the Temporary Protection Directive 2022–2026 by sex</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <rFont val="PT Serif"/>
+        <family val="1"/>
+      </rPr>
+      <t>1</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <t>Inskrivna: Asylsökande</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color rgb="FF1E00BE"/>
+        <rFont val="Roboto"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <color rgb="FF1E00BE"/>
+        <rFont val="Roboto"/>
+        <family val="2"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <color rgb="FF1E00BE"/>
+        <rFont val="Roboto"/>
+      </rPr>
+      <t>Enrolled: Asylum seekers</t>
+    </r>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <color rgb="FF1E00BE"/>
+        <rFont val="Roboto"/>
+      </rPr>
+      <t>2</t>
+    </r>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Roboto"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <sz val="9"/>
+        <rFont val="Roboto"/>
+      </rPr>
+      <t xml:space="preserve"> Antal asylsökande inskrivna i Migrationsverkets mottagningssystem från år 2002 finns publicerat här: </t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <rFont val="Roboto"/>
+      </rPr>
+      <t xml:space="preserve">
+</t>
+    </r>
+  </si>
+  <si>
+    <t xml:space="preserve">Asylum-seekers in the Swedish Migration Agency´s receptions system from 2002 is published here: </t>
+  </si>
+  <si>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="9"/>
+        <rFont val="Roboto"/>
+      </rPr>
+      <t>2</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <sz val="9"/>
+        <rFont val="Roboto"/>
+      </rPr>
+      <t xml:space="preserve"> Antal asylsökande inskrivna i Migrationsverkets mottagningssystem från år 2002 finns publicerat här: 
+</t>
+    </r>
+  </si>
+  <si>
+    <t>Antal asylsökande inskrivna i Migrationsverkets mottagningssystem 2002-</t>
+  </si>
+  <si>
+    <t>Asylum-seekers in the Swedish Migration Agency´s receptions system 2002-</t>
+  </si>
+  <si>
+    <t>Tabell 5: Personer inskrivna i Migrationsverkets mottagningssystem 2022–2025 efter kön</t>
+  </si>
+  <si>
+    <t>Table 5: Persons enrolled in the Swedish Migration Agency´s receptions system 2022–2025 by sex</t>
+  </si>
+  <si>
+    <t>Personer inskrivna i Migrationsverkets mottagningsssytem 2022–2025 efter kön</t>
+  </si>
+  <si>
+    <t>Antal asylsökande 2002–2026 samt sökande enligt massflyktsdirektivet 2022–2026 efter kön</t>
+  </si>
+  <si>
+    <t>Number of asylum seekers 2002–2025 and applicants under the Temporary Protection Directive 2022–2026 by sex</t>
+  </si>
+  <si>
+    <t>Unaccompanied minors - Number of asylum seekers 2002–2026 and applicants under the Temporary Protection Directive 2022–2026 by sex</t>
+  </si>
+  <si>
+    <t>Antal ensamkommande asylsökande barn 2002–2026 samt ensamkommande barn sökande enligt massflyktsdirektivet 2022–2026 efter kön</t>
+  </si>
+  <si>
+    <r>
+      <t>Tabell 4: Antal ensamkommande asylsökande barn 2002–2026 samt ensamkommande barn sökande enligt massflyktsdirektivet 2022–2026 efter kön</t>
+    </r>
+    <r>
+      <rPr>
+        <b/>
+        <vertAlign val="superscript"/>
+        <sz val="12"/>
+        <color theme="1"/>
+        <rFont val="PT Serif"/>
+        <family val="1"/>
+      </rPr>
+      <t>1</t>
+    </r>
+  </si>
+  <si>
+    <t>Persons enrolled in the Swedish Migration Agency´s receptions system 2022–2025 by sex</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="11">
     <numFmt numFmtId="42" formatCode="_-* #,##0\ &quot;kr&quot;_-;\-* #,##0\ &quot;kr&quot;_-;_-* &quot;-&quot;\ &quot;kr&quot;_-;_-@_-"/>
     <numFmt numFmtId="41" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;_-;_-@_-"/>
     <numFmt numFmtId="44" formatCode="_-* #,##0.00\ &quot;kr&quot;_-;\-* #,##0.00\ &quot;kr&quot;_-;_-* &quot;-&quot;??\ &quot;kr&quot;_-;_-@_-"/>
     <numFmt numFmtId="43" formatCode="_-* #,##0.00_-;\-* #,##0.00_-;_-* &quot;-&quot;??_-;_-@_-"/>
     <numFmt numFmtId="164" formatCode="#,##0.00;[Red]&quot;-&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="#\ ##0"/>
     <numFmt numFmtId="166" formatCode="#,###;#;\-;&quot;..&quot;"/>
     <numFmt numFmtId="167" formatCode="0.0%"/>
     <numFmt numFmtId="168" formatCode="0.0"/>
     <numFmt numFmtId="169" formatCode="0.000"/>
     <numFmt numFmtId="170" formatCode="_-* #,##0_-;\-* #,##0_-;_-* &quot;-&quot;??_-;_-@_-"/>
   </numFmts>
-  <fonts count="59" x14ac:knownFonts="1">
+  <fonts count="58" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <name val="MS Sans Serif"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="8"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
@@ -1956,77 +2090,73 @@
     </font>
     <font>
       <b/>
       <sz val="10"/>
       <name val="Roboto"/>
     </font>
     <font>
       <b/>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <name val="Roboto"/>
     </font>
     <font>
       <vertAlign val="superscript"/>
       <sz val="10"/>
       <name val="Roboto"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF222222"/>
       <name val="Arial"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
-      <b/>
-[...9 lines deleted...]
-    <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color rgb="FF222222"/>
       <name val="Roboto"/>
+    </font>
+    <font>
+      <b/>
+      <sz val="11"/>
+      <color theme="1"/>
+      <name val="Calibri"/>
+      <family val="2"/>
     </font>
   </fonts>
   <fills count="4">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="0" tint="-4.9989318521683403E-2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFFF00"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="22">
     <border>
       <left/>
@@ -2253,51 +2383,51 @@
       <left style="thin">
         <color indexed="64"/>
       </left>
       <right/>
       <top style="medium">
         <color rgb="FF1E00BE"/>
       </top>
       <bottom/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="12">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
     <xf numFmtId="9" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="44" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="42" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="41" fontId="1" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="164" fontId="2" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="9" fillId="0" borderId="0" applyNumberFormat="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="9" fontId="42" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="43" fontId="42" fillId="0" borderId="0" applyFont="0" applyFill="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
   </cellStyleXfs>
-  <cellXfs count="185">
+  <cellXfs count="193">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0" xfId="6" applyFont="1" applyFill="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1"/>
     <xf numFmtId="3" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyFill="1" applyAlignment="1"/>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="right"/>
@@ -2534,119 +2664,129 @@
     </xf>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="168" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="0" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="31" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="50" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="53" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="11" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1"/>
-    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
-[...4 lines deleted...]
-    </xf>
     <xf numFmtId="2" fontId="33" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="2" fontId="35" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="49" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="165" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="167" fontId="0" fillId="0" borderId="0" xfId="10" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="10" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="49" fontId="10" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="10" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="10" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="166" fontId="11" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="0" fontId="11" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="165" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="165" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="166" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="167" fontId="17" fillId="0" borderId="0" xfId="10" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="0" fontId="56" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="54" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="169" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFill="1"/>
     <xf numFmtId="1" fontId="17" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="0" fontId="6" fillId="3" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="right"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="18" fillId="2" borderId="15" xfId="9" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" vertical="center"/>
     </xf>
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyBorder="1"/>
     <xf numFmtId="0" fontId="13" fillId="2" borderId="15" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
-    <xf numFmtId="0" fontId="57" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-    <xf numFmtId="165" fontId="56" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="0" fontId="55" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="165" fontId="54" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
     <xf numFmtId="9" fontId="0" fillId="0" borderId="0" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="58" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+    <xf numFmtId="0" fontId="56" fillId="2" borderId="10" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center"/>
     </xf>
+    <xf numFmtId="165" fontId="55" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="170" fontId="0" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="167" fontId="55" fillId="0" borderId="0" xfId="10" applyNumberFormat="1" applyFont="1"/>
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="1" fontId="5" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="right" wrapText="1"/>
+    </xf>
+    <xf numFmtId="167" fontId="17" fillId="0" borderId="0" xfId="10" applyNumberFormat="1" applyFont="1" applyFill="1"/>
     <xf numFmtId="165" fontId="57" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1"/>
-    <xf numFmtId="170" fontId="0" fillId="0" borderId="0" xfId="11" applyNumberFormat="1" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="47" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="35" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="left" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="49" fillId="0" borderId="0" xfId="9" applyFont="1"/>
+    <xf numFmtId="0" fontId="45" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="44" fillId="0" borderId="0" xfId="9" applyFont="1"/>
     <xf numFmtId="1" fontId="11" fillId="0" borderId="5" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="6" fillId="0" borderId="8" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="9" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="4" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="top" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="1" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="6" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="7" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
@@ -2702,334 +2842,440 @@
     </xf>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="2" xfId="0" applyNumberFormat="1" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left" wrapText="1"/>
     </xf>
     <xf numFmtId="1" fontId="5" fillId="0" borderId="18" xfId="0" applyNumberFormat="1" applyFont="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="right" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="12">
     <cellStyle name="Comma" xfId="4" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="Comma [0]" xfId="5" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="Currency" xfId="2" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="Currency [0]" xfId="3" xr:uid="{00000000-0005-0000-0000-000003000000}"/>
     <cellStyle name="Hyperlänk" xfId="9" xr:uid="{00000000-0005-0000-0000-000009000000}"/>
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
     <cellStyle name="Normal 2" xfId="6" xr:uid="{00000000-0005-0000-0000-000006000000}"/>
     <cellStyle name="Normal 3" xfId="8" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="Percent" xfId="1" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="Procent" xfId="10" builtinId="5"/>
     <cellStyle name="Tusental" xfId="11" builtinId="3"/>
     <cellStyle name="Tusental 2" xfId="7" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
   </cellStyles>
-  <dxfs count="318">
+  <dxfs count="410">
     <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
     </dxf>
     <dxf>
       <border>
         <bottom style="thin">
           <color rgb="FF1E00BE"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFEDEDFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
     </dxf>
     <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
       <border>
         <bottom style="thin">
           <color rgb="FF1E00BE"/>
         </bottom>
       </border>
-    </dxf>
-[...5 lines deleted...]
-      </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFEDEDFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFEDEDFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
     </dxf>
     <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color rgb="FF1E00BE"/>
+        </right>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
       <border>
         <bottom style="thin">
           <color rgb="FF1E00BE"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
-    </dxf>
-[...10 lines deleted...]
-      </font>
     </dxf>
     <dxf>
       <border>
         <bottom style="thin">
           <color rgb="FF1E00BE"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFEDEDFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
-      <fill>
-[...5 lines deleted...]
-    <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
-      </border>
-[...40 lines deleted...]
-        </bottom>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFEDEDFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color rgb="FF1E00BE"/>
+        </right>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <border>
         <bottom style="thin">
           <color rgb="FF1E00BE"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFEDEDFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
+      <border>
+        <right style="thin">
+          <color rgb="FF1E00BE"/>
+        </right>
+      </border>
+    </dxf>
+    <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
     </dxf>
     <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color rgb="FF1E00BE"/>
+        </right>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color rgb="FF1E00BE"/>
+        </right>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color rgb="FF1E00BE"/>
+        </right>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFEDEDFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <border>
         <bottom style="thin">
           <color rgb="FF1E00BE"/>
         </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color rgb="FF1E00BE"/>
+        </right>
       </border>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFFF0000"/>
       </font>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
     </dxf>
     <dxf>
       <font>
         <color rgb="FFFF0000"/>
       </font>
@@ -3374,50 +3620,560 @@
         <patternFill patternType="solid">
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color rgb="FF1E00BE"/>
+        </right>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color rgb="FF1E00BE"/>
+        </right>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color rgb="FF1E00BE"/>
+        </right>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color rgb="FF1E00BE"/>
+        </right>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color rgb="FF1E00BE"/>
+        </right>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <right style="thin">
+          <color rgb="FF1E00BE"/>
+        </right>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <font>
+        <color rgb="FFFF0000"/>
+      </font>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <border>
+        <bottom style="thin">
+          <color rgb="FF1E00BE"/>
+        </bottom>
+      </border>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFEDEDFF"/>
+        </patternFill>
+      </fill>
+    </dxf>
+    <dxf>
+      <fill>
+        <patternFill patternType="solid">
+          <bgColor rgb="FFFFFFFF"/>
+        </patternFill>
+      </fill>
     </dxf>
     <dxf>
       <border>
         <bottom style="thin">
           <color rgb="FF1E00BE"/>
         </bottom>
       </border>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFFFFFFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <fill>
         <patternFill patternType="solid">
           <bgColor rgb="FFEDEDFF"/>
         </patternFill>
       </fill>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
@@ -4865,67 +5621,71 @@
           <color rgb="FF1E00BE"/>
         </right>
       </border>
     </dxf>
     <dxf>
       <border>
         <right style="thin">
           <color rgb="FF1E00BE"/>
         </right>
       </border>
     </dxf>
   </dxfs>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet8.xml"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet13.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet7.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet12.xml"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet6.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet11.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet5.xml"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet10.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet4.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet9.xml"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet14.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride1.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing4.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride2.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing6.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride3.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors3.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style3.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing8.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride4.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors4.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style4.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing10.xml"/></Relationships>
+</file>
+
+<file path=xl/charts/_rels/chart5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/themeOverride" Target="../theme/themeOverride5.xml"/><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors5.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style5.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chartUserShapes" Target="../drawings/drawing12.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="sv-SE"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="960" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
@@ -9565,291 +10325,291 @@
                 <c:pt idx="76">
                   <c:v>76</c:v>
                 </c:pt>
                 <c:pt idx="77">
                   <c:v>77</c:v>
                 </c:pt>
                 <c:pt idx="78">
                   <c:v>78</c:v>
                 </c:pt>
                 <c:pt idx="79">
                   <c:v>79</c:v>
                 </c:pt>
                 <c:pt idx="80">
                   <c:v>80+</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Tabell 2d Table 2d'!$C$9:$C$89</c:f>
               <c:numCache>
                 <c:formatCode>#\ ###;#;\-;".."</c:formatCode>
                 <c:ptCount val="81"/>
                 <c:pt idx="0">
-                  <c:v>134</c:v>
+                  <c:v>159</c:v>
                 </c:pt>
                 <c:pt idx="1">
-                  <c:v>37</c:v>
+                  <c:v>41</c:v>
                 </c:pt>
                 <c:pt idx="2">
+                  <c:v>45</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>47</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>42</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>38</c:v>
+                </c:pt>
+                <c:pt idx="8">
                   <c:v>39</c:v>
                 </c:pt>
-                <c:pt idx="3">
+                <c:pt idx="9">
+                  <c:v>38</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>46</c:v>
+                </c:pt>
+                <c:pt idx="11">
                   <c:v>41</c:v>
                 </c:pt>
-                <c:pt idx="4">
-[...5 lines deleted...]
-                <c:pt idx="6">
+                <c:pt idx="12">
+                  <c:v>43</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>56</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>51</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>40</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>59</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>63</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>101</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>152</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>147</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>129</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>121</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>103</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>72</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>62</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>73</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>73</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>76</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>71</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>70</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>75</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>78</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>78</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>99</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>83</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>102</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>97</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>104</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>80</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>125</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>112</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>92</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>93</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>80</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>74</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>90</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>75</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>76</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>75</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>60</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>60</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>43</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>51</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>49</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>41</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>42</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>38</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>30</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>33</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>38</c:v>
+                </c:pt>
+                <c:pt idx="61">
                   <c:v>36</c:v>
                 </c:pt>
-                <c:pt idx="7">
+                <c:pt idx="62">
+                  <c:v>36</c:v>
+                </c:pt>
+                <c:pt idx="63">
                   <c:v>33</c:v>
                 </c:pt>
-                <c:pt idx="8">
+                <c:pt idx="64">
                   <c:v>33</c:v>
                 </c:pt>
-                <c:pt idx="9">
-[...143 lines deleted...]
-                <c:pt idx="57">
+                <c:pt idx="65">
                   <c:v>35</c:v>
                 </c:pt>
-                <c:pt idx="58">
-[...22 lines deleted...]
-                </c:pt>
                 <c:pt idx="66">
-                  <c:v>20</c:v>
+                  <c:v>23</c:v>
                 </c:pt>
                 <c:pt idx="67">
-                  <c:v>30</c:v>
+                  <c:v>35</c:v>
                 </c:pt>
                 <c:pt idx="68">
-                  <c:v>23</c:v>
+                  <c:v>25</c:v>
                 </c:pt>
                 <c:pt idx="69">
-                  <c:v>21</c:v>
+                  <c:v>25</c:v>
                 </c:pt>
                 <c:pt idx="70">
-                  <c:v>14</c:v>
+                  <c:v>16</c:v>
                 </c:pt>
                 <c:pt idx="71">
-                  <c:v>14</c:v>
+                  <c:v>18</c:v>
                 </c:pt>
                 <c:pt idx="72">
-                  <c:v>15</c:v>
+                  <c:v>19</c:v>
                 </c:pt>
                 <c:pt idx="73">
-                  <c:v>12</c:v>
+                  <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="74">
-                  <c:v>6</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>16</c:v>
+                  <c:v>18</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>9</c:v>
+                  <c:v>11</c:v>
                 </c:pt>
                 <c:pt idx="77">
-                  <c:v>9</c:v>
+                  <c:v>10</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>10</c:v>
+                  <c:v>13</c:v>
                 </c:pt>
                 <c:pt idx="79">
                   <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>30</c:v>
+                  <c:v>33</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000000-205A-45A8-AE1D-20BECDEE4BB6}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:ser>
           <c:idx val="1"/>
           <c:order val="1"/>
           <c:tx>
             <c:strRef>
               <c:f>'Tabell 2d Table 2d'!$D$6</c:f>
               <c:strCache>
                 <c:ptCount val="1"/>
                 <c:pt idx="0">
                   <c:v>Män
 Men</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
@@ -10102,299 +10862,1732 @@
                 <c:pt idx="76">
                   <c:v>76</c:v>
                 </c:pt>
                 <c:pt idx="77">
                   <c:v>77</c:v>
                 </c:pt>
                 <c:pt idx="78">
                   <c:v>78</c:v>
                 </c:pt>
                 <c:pt idx="79">
                   <c:v>79</c:v>
                 </c:pt>
                 <c:pt idx="80">
                   <c:v>80+</c:v>
                 </c:pt>
               </c:strCache>
             </c:strRef>
           </c:cat>
           <c:val>
             <c:numRef>
               <c:f>'Tabell 2d Table 2d'!$D$9:$D$89</c:f>
               <c:numCache>
                 <c:formatCode>#\ ###;#;\-;".."</c:formatCode>
                 <c:ptCount val="81"/>
                 <c:pt idx="0">
-                  <c:v>131</c:v>
+                  <c:v>152</c:v>
                 </c:pt>
                 <c:pt idx="1">
+                  <c:v>44</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>39</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>38</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>49</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>42</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>33</c:v>
+                </c:pt>
+                <c:pt idx="7">
                   <c:v>35</c:v>
                 </c:pt>
-                <c:pt idx="2">
-[...2 lines deleted...]
-                <c:pt idx="3">
+                <c:pt idx="8">
+                  <c:v>52</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>55</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>43</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>49</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>63</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>55</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>63</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>85</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>164</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>239</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>175</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>120</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>188</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>297</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>448</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>82</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>88</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>62</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>58</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>59</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>58</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>65</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>66</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>55</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>82</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>74</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>55</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>66</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>81</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>78</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>75</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>91</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>75</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>77</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>85</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>67</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>64</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>71</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>52</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>55</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>56</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>43</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>37</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="52">
                   <c:v>29</c:v>
                 </c:pt>
-                <c:pt idx="4">
-[...5 lines deleted...]
-                <c:pt idx="6">
+                <c:pt idx="53">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>32</c:v>
+                </c:pt>
+                <c:pt idx="55">
                   <c:v>30</c:v>
                 </c:pt>
-                <c:pt idx="7">
-[...62 lines deleted...]
-                <c:pt idx="28">
+                <c:pt idx="56">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="60">
                   <c:v>47</c:v>
                 </c:pt>
-                <c:pt idx="29">
-[...86 lines deleted...]
-                <c:pt idx="58">
+                <c:pt idx="61">
+                  <c:v>36</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>32</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="69">
                   <c:v>11</c:v>
                 </c:pt>
-                <c:pt idx="59">
-[...20 lines deleted...]
-                <c:pt idx="66">
+                <c:pt idx="70">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="72">
                   <c:v>9</c:v>
                 </c:pt>
-                <c:pt idx="67">
-[...8 lines deleted...]
-                <c:pt idx="70">
+                <c:pt idx="73">
                   <c:v>6</c:v>
-                </c:pt>
-[...7 lines deleted...]
-                  <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="74">
                   <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="75">
-                  <c:v>3</c:v>
+                  <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="76">
-                  <c:v>5</c:v>
+                  <c:v>6</c:v>
                 </c:pt>
                 <c:pt idx="77">
                   <c:v>2</c:v>
                 </c:pt>
                 <c:pt idx="78">
-                  <c:v>2</c:v>
+                  <c:v>3</c:v>
                 </c:pt>
                 <c:pt idx="79">
                   <c:v>5</c:v>
                 </c:pt>
                 <c:pt idx="80">
-                  <c:v>5</c:v>
+                  <c:v>8</c:v>
                 </c:pt>
               </c:numCache>
             </c:numRef>
           </c:val>
           <c:smooth val="0"/>
           <c:extLst>
             <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
               <c16:uniqueId val="{00000001-205A-45A8-AE1D-20BECDEE4BB6}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="0"/>
+          <c:showBubbleSize val="0"/>
+        </c:dLbls>
+        <c:smooth val="0"/>
+        <c:axId val="533070608"/>
+        <c:axId val="533070936"/>
+      </c:lineChart>
+      <c:catAx>
+        <c:axId val="533070608"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="b"/>
+        <c:title>
+          <c:tx>
+            <c:rich>
+              <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                    <a:solidFill>
+                      <a:srgbClr val="1E00BE"/>
+                    </a:solidFill>
+                    <a:latin typeface="+mn-lt"/>
+                    <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                    <a:cs typeface="+mn-cs"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:r>
+                  <a:rPr lang="en-US" b="1"/>
+                  <a:t>Ålder</a:t>
+                </a:r>
+                <a:r>
+                  <a:rPr lang="en-US"/>
+                  <a:t>
+Age</a:t>
+                </a:r>
+              </a:p>
+            </c:rich>
+          </c:tx>
+          <c:layout>
+            <c:manualLayout>
+              <c:xMode val="edge"/>
+              <c:yMode val="edge"/>
+              <c:x val="0.92358182562660573"/>
+              <c:y val="0.85040742407199099"/>
+            </c:manualLayout>
+          </c:layout>
+          <c:overlay val="0"/>
+          <c:spPr>
+            <a:noFill/>
+            <a:ln>
+              <a:noFill/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:txPr>
+            <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+            <a:lstStyle/>
+            <a:p>
+              <a:pPr>
+                <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                  <a:solidFill>
+                    <a:srgbClr val="1E00BE"/>
+                  </a:solidFill>
+                  <a:latin typeface="+mn-lt"/>
+                  <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                  <a:cs typeface="+mn-cs"/>
+                </a:defRPr>
+              </a:pPr>
+              <a:endParaRPr lang="sv-SE"/>
+            </a:p>
+          </c:txPr>
+        </c:title>
+        <c:numFmt formatCode="General" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="low"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+            <a:solidFill>
+              <a:srgbClr val="1E00BE"/>
+            </a:solidFill>
+            <a:round/>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="1E00BE"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="533070936"/>
+        <c:crosses val="autoZero"/>
+        <c:auto val="1"/>
+        <c:lblAlgn val="ctr"/>
+        <c:lblOffset val="100"/>
+        <c:tickLblSkip val="10"/>
+        <c:tickMarkSkip val="5"/>
+        <c:noMultiLvlLbl val="0"/>
+      </c:catAx>
+      <c:valAx>
+        <c:axId val="533070936"/>
+        <c:scaling>
+          <c:orientation val="minMax"/>
+        </c:scaling>
+        <c:delete val="0"/>
+        <c:axPos val="l"/>
+        <c:majorGridlines>
+          <c:spPr>
+            <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+              <a:solidFill>
+                <a:srgbClr val="D3D3EF"/>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+        </c:majorGridlines>
+        <c:numFmt formatCode="#\ ###;#;\-;&quot;..&quot;" sourceLinked="1"/>
+        <c:majorTickMark val="out"/>
+        <c:minorTickMark val="none"/>
+        <c:tickLblPos val="nextTo"/>
+        <c:spPr>
+          <a:noFill/>
+          <a:ln>
+            <a:solidFill>
+              <a:srgbClr val="1E00BE"/>
+            </a:solidFill>
+          </a:ln>
+          <a:effectLst/>
+        </c:spPr>
+        <c:txPr>
+          <a:bodyPr rot="-60000000" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="1E00BE"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:endParaRPr lang="sv-SE"/>
+          </a:p>
+        </c:txPr>
+        <c:crossAx val="533070608"/>
+        <c:crosses val="autoZero"/>
+        <c:crossBetween val="midCat"/>
+      </c:valAx>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:solidFill>
+            <a:srgbClr val="D3D3EF"/>
+          </a:solidFill>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:legend>
+      <c:legendPos val="b"/>
+      <c:layout>
+        <c:manualLayout>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.40074877432773731"/>
+          <c:y val="0.8631460067491562"/>
+          <c:w val="0.20218385265118435"/>
+          <c:h val="7.6853993250843647E-2"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="800" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              <a:solidFill>
+                <a:srgbClr val="1E00BE"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </c:txPr>
+    </c:legend>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:solidFill>
+      <a:schemeClr val="bg1"/>
+    </a:solidFill>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:sysClr val="windowText" lastClr="000000"/>
+      </a:solidFill>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr sz="800">
+          <a:solidFill>
+            <a:srgbClr val="1E00BE"/>
+          </a:solidFill>
+          <a:latin typeface="+mn-lt"/>
+          <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+        </a:defRPr>
+      </a:pPr>
+      <a:endParaRPr lang="sv-SE"/>
+    </a:p>
+  </c:txPr>
+  <c:printSettings>
+    <c:headerFooter/>
+    <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
+    <c:pageSetup/>
+  </c:printSettings>
+  <c:userShapes r:id="rId4"/>
+</c:chartSpace>
+</file>
+
+<file path=xl/charts/chart5.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="sv-SE"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:clrMapOvr bg1="lt1" tx1="dk1" bg2="lt2" tx2="dk2" accent1="accent1" accent2="accent2" accent3="accent3" accent4="accent4" accent5="accent5" accent6="accent6" hlink="hlink" folHlink="folHlink"/>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="960" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+                <a:solidFill>
+                  <a:srgbClr val="1E00BE"/>
+                </a:solidFill>
+                <a:latin typeface="+mn-lt"/>
+                <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+                <a:cs typeface="+mn-cs"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1150" b="1"/>
+              <a:t>Antal sökande enligt massflyktsdirektivet efter kön och ålder 2026   </a:t>
+            </a:r>
+          </a:p>
+          <a:p>
+            <a:pPr>
+              <a:defRPr/>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="sv-SE" sz="1150" b="0"/>
+              <a:t>Number applicants under the Temporary Protection Directive by sex and age 2026</a:t>
+            </a:r>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:layout>
+        <c:manualLayout>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.15304651575709044"/>
+          <c:y val="2.2857142857142857E-2"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="960" b="0" i="0" u="none" strike="noStrike" kern="1200" spc="0" baseline="0">
+              <a:solidFill>
+                <a:srgbClr val="1E00BE"/>
+              </a:solidFill>
+              <a:latin typeface="+mn-lt"/>
+              <a:ea typeface="Roboto" panose="02000000000000000000" pitchFamily="2" charset="0"/>
+              <a:cs typeface="+mn-cs"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="sv-SE"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout>
+        <c:manualLayout>
+          <c:layoutTarget val="inner"/>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="5.6194960629921263E-2"/>
+          <c:y val="0.15714285714285714"/>
+          <c:w val="0.88247924600773264"/>
+          <c:h val="0.63686029246344211"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:lineChart>
+        <c:grouping val="standard"/>
+        <c:varyColors val="0"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>'Tabell 2e Table 2e'!$C$6</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Kvinnor
+Women</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="19050" cap="rnd">
+              <a:solidFill>
+                <a:srgbClr val="1E00BE"/>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>'Tabell 2d Table 2d'!$A$9:$A$89</c:f>
+              <c:strCache>
+                <c:ptCount val="81"/>
+                <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>31</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>32</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>33</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>34</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>35</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>36</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>37</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>38</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>39</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>40</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>41</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>42</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>43</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>44</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>45</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>46</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>47</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>48</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>49</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>50</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>51</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>52</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>53</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>54</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>55</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>56</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>57</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>58</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>59</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>60</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>61</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>62</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>63</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>64</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>65</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>66</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>67</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>68</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>69</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>70</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>71</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>72</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>73</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>74</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>75</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>76</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>77</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>78</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>79</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>80+</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>'Tabell 2e Table 2e'!$C$9:$C$89</c:f>
+              <c:numCache>
+                <c:formatCode>#\ ###;#;\-;".."</c:formatCode>
+                <c:ptCount val="81"/>
+                <c:pt idx="0">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>36</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>30</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>4</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-145E-40DB-AE13-61686066B8C3}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:ser>
+          <c:idx val="1"/>
+          <c:order val="1"/>
+          <c:tx>
+            <c:strRef>
+              <c:f>'Tabell 2e Table 2e'!$D$6</c:f>
+              <c:strCache>
+                <c:ptCount val="1"/>
+                <c:pt idx="0">
+                  <c:v>Män
+Men</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:tx>
+          <c:spPr>
+            <a:ln w="19050" cap="rnd">
+              <a:solidFill>
+                <a:srgbClr val="0AAFEB"/>
+              </a:solidFill>
+              <a:round/>
+            </a:ln>
+            <a:effectLst/>
+          </c:spPr>
+          <c:marker>
+            <c:symbol val="none"/>
+          </c:marker>
+          <c:cat>
+            <c:strRef>
+              <c:f>'Tabell 2d Table 2d'!$A$9:$A$89</c:f>
+              <c:strCache>
+                <c:ptCount val="81"/>
+                <c:pt idx="0">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>15</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>21</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>25</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>26</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>27</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>28</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>29</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>30</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>31</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>32</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>33</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>34</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>35</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>36</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>37</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>38</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>39</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>40</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>41</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>42</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>43</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>44</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>45</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>46</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>47</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>48</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>49</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>50</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>51</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>52</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>53</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>54</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>55</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>56</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>57</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>58</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>59</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>60</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>61</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>62</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>63</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>64</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>65</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>66</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>67</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>68</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>69</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>70</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>71</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>72</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>73</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>74</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>75</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>76</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>77</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>78</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>79</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>80+</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>'Tabell 2e Table 2e'!$D$9:$D$89</c:f>
+              <c:numCache>
+                <c:formatCode>#\ ###;#;\-;".."</c:formatCode>
+                <c:ptCount val="81"/>
+                <c:pt idx="0">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="4">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="5">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="6">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="7">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="8">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="9">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="10">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="11">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="12">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="13">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="14">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="15">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="16">
+                  <c:v>22</c:v>
+                </c:pt>
+                <c:pt idx="17">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="18">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="19">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="20">
+                  <c:v>37</c:v>
+                </c:pt>
+                <c:pt idx="21">
+                  <c:v>37</c:v>
+                </c:pt>
+                <c:pt idx="22">
+                  <c:v>50</c:v>
+                </c:pt>
+                <c:pt idx="23">
+                  <c:v>20</c:v>
+                </c:pt>
+                <c:pt idx="24">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="25">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="26">
+                  <c:v>9</c:v>
+                </c:pt>
+                <c:pt idx="27">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="28">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="29">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="30">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="31">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="32">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="33">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="34">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="35">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="36">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="37">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="38">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="39">
+                  <c:v>23</c:v>
+                </c:pt>
+                <c:pt idx="40">
+                  <c:v>24</c:v>
+                </c:pt>
+                <c:pt idx="41">
+                  <c:v>11</c:v>
+                </c:pt>
+                <c:pt idx="42">
+                  <c:v>18</c:v>
+                </c:pt>
+                <c:pt idx="43">
+                  <c:v>19</c:v>
+                </c:pt>
+                <c:pt idx="44">
+                  <c:v>10</c:v>
+                </c:pt>
+                <c:pt idx="45">
+                  <c:v>16</c:v>
+                </c:pt>
+                <c:pt idx="46">
+                  <c:v>17</c:v>
+                </c:pt>
+                <c:pt idx="47">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="48">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="49">
+                  <c:v>13</c:v>
+                </c:pt>
+                <c:pt idx="50">
+                  <c:v>7</c:v>
+                </c:pt>
+                <c:pt idx="51">
+                  <c:v>14</c:v>
+                </c:pt>
+                <c:pt idx="52">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="53">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="54">
+                  <c:v>5</c:v>
+                </c:pt>
+                <c:pt idx="55">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="56">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="57">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="58">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="59">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="60">
+                  <c:v>6</c:v>
+                </c:pt>
+                <c:pt idx="61">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="62">
+                  <c:v>8</c:v>
+                </c:pt>
+                <c:pt idx="63">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="64">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="65">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="66">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="67">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="68">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="69">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="70">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="71">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="72">
+                  <c:v>4</c:v>
+                </c:pt>
+                <c:pt idx="73">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="74">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="75">
+                  <c:v>2</c:v>
+                </c:pt>
+                <c:pt idx="76">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="77">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="78">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="79">
+                  <c:v>0</c:v>
+                </c:pt>
+                <c:pt idx="80">
+                  <c:v>3</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:smooth val="0"/>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000001-145E-40DB-AE13-61686066B8C3}"/>
             </c:ext>
           </c:extLst>
         </c:ser>
         <c:dLbls>
           <c:showLegendKey val="0"/>
           <c:showVal val="0"/>
           <c:showCatName val="0"/>
           <c:showSerName val="0"/>
           <c:showPercent val="0"/>
           <c:showBubbleSize val="0"/>
         </c:dLbls>
         <c:smooth val="0"/>
         <c:axId val="533070608"/>
         <c:axId val="533070936"/>
       </c:lineChart>
       <c:catAx>
         <c:axId val="533070608"/>
         <c:scaling>
           <c:orientation val="minMax"/>
         </c:scaling>
         <c:delete val="0"/>
         <c:axPos val="b"/>
         <c:title>
           <c:tx>
             <c:rich>
@@ -10737,50 +12930,90 @@
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
     <a:lumOff val="30000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="70000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
     <a:lumOff val="50000"/>
   </cs:variation>
 </cs:colorStyle>
 </file>
 
 <file path=xl/charts/colors4.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
+  <a:schemeClr val="accent1"/>
+  <a:schemeClr val="accent2"/>
+  <a:schemeClr val="accent3"/>
+  <a:schemeClr val="accent4"/>
+  <a:schemeClr val="accent5"/>
+  <a:schemeClr val="accent6"/>
+  <cs:variation/>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+    <a:lumOff val="20000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="80000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="60000"/>
+    <a:lumOff val="40000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+    <a:lumOff val="30000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="70000"/>
+  </cs:variation>
+  <cs:variation>
+    <a:lumMod val="50000"/>
+    <a:lumOff val="50000"/>
+  </cs:variation>
+</cs:colorStyle>
+</file>
+
+<file path=xl/charts/colors5.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
   <a:schemeClr val="accent1"/>
   <a:schemeClr val="accent2"/>
   <a:schemeClr val="accent3"/>
   <a:schemeClr val="accent4"/>
   <a:schemeClr val="accent5"/>
   <a:schemeClr val="accent6"/>
   <cs:variation/>
   <cs:variation>
     <a:lumMod val="60000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
     <a:lumOff val="20000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
   </cs:variation>
@@ -12788,75 +15021,586 @@
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1">
         <a:lumMod val="65000"/>
         <a:lumOff val="35000"/>
       </a:schemeClr>
     </cs:fontRef>
     <cs:defRPr sz="900" kern="1200"/>
   </cs:valueAxis>
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="tx1"/>
     </cs:fontRef>
     <cs:spPr>
       <a:noFill/>
       <a:ln>
         <a:noFill/>
       </a:ln>
     </cs:spPr>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
+<file path=xl/charts/style5.xml><?xml version="1.0" encoding="utf-8"?>
+<cs:chartStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" id="201">
+  <cs:axisTitle>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:axisTitle>
+  <cs:categoryAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:categoryAxis>
+  <cs:chartArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="bg1"/>
+      </a:solidFill>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="1000" kern="1200"/>
+  </cs:chartArea>
+  <cs:dataLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="75000"/>
+        <a:lumOff val="25000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataLabel>
+  <cs:dataLabelCallout>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln>
+        <a:solidFill>
+          <a:schemeClr val="dk1">
+            <a:lumMod val="25000"/>
+            <a:lumOff val="75000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+    <cs:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="clip" horzOverflow="clip" vert="horz" wrap="square" lIns="36576" tIns="18288" rIns="36576" bIns="18288" anchor="ctr" anchorCtr="1">
+      <a:spAutoFit/>
+    </cs:bodyPr>
+  </cs:dataLabelCallout>
+  <cs:dataPoint>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint>
+  <cs:dataPoint3D>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:dataPoint3D>
+  <cs:dataPointLine>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="28575" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointLine>
+  <cs:dataPointMarker>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1">
+      <cs:styleClr val="auto"/>
+    </cs:fillRef>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointMarker>
+  <cs:dataPointMarkerLayout symbol="circle" size="5"/>
+  <cs:dataPointWireframe>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="1"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dataPointWireframe>
+  <cs:dataTable>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:dataTable>
+  <cs:downBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="65000"/>
+          <a:lumOff val="35000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:downBar>
+  <cs:dropLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:dropLine>
+  <cs:errorBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="65000"/>
+            <a:lumOff val="35000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:errorBar>
+  <cs:floor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:floor>
+  <cs:gridlineMajor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMajor>
+  <cs:gridlineMinor>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="5000"/>
+            <a:lumOff val="95000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:gridlineMinor>
+  <cs:hiLoLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="75000"/>
+            <a:lumOff val="25000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:hiLoLine>
+  <cs:leaderLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:leaderLine>
+  <cs:legend>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:legend>
+  <cs:plotArea mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea>
+  <cs:plotArea3D mods="allowNoFillOverride allowNoLineOverride">
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+  </cs:plotArea3D>
+  <cs:seriesAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:seriesAxis>
+  <cs:seriesLine>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="35000"/>
+            <a:lumOff val="65000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:round/>
+      </a:ln>
+    </cs:spPr>
+  </cs:seriesLine>
+  <cs:title>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="1400" b="0" kern="1200" spc="0" baseline="0"/>
+  </cs:title>
+  <cs:trendline>
+    <cs:lnRef idx="0">
+      <cs:styleClr val="auto"/>
+    </cs:lnRef>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:ln w="19050" cap="rnd">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="sysDot"/>
+      </a:ln>
+    </cs:spPr>
+  </cs:trendline>
+  <cs:trendlineLabel>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:trendlineLabel>
+  <cs:upBar>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="dk1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:solidFill>
+        <a:schemeClr val="lt1"/>
+      </a:solidFill>
+      <a:ln w="9525">
+        <a:solidFill>
+          <a:schemeClr val="tx1">
+            <a:lumMod val="15000"/>
+            <a:lumOff val="85000"/>
+          </a:schemeClr>
+        </a:solidFill>
+      </a:ln>
+    </cs:spPr>
+  </cs:upBar>
+  <cs:valueAxis>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1">
+        <a:lumMod val="65000"/>
+        <a:lumOff val="35000"/>
+      </a:schemeClr>
+    </cs:fontRef>
+    <cs:defRPr sz="900" kern="1200"/>
+  </cs:valueAxis>
+  <cs:wall>
+    <cs:lnRef idx="0"/>
+    <cs:fillRef idx="0"/>
+    <cs:effectRef idx="0"/>
+    <cs:fontRef idx="minor">
+      <a:schemeClr val="tx1"/>
+    </cs:fontRef>
+    <cs:spPr>
+      <a:noFill/>
+      <a:ln>
+        <a:noFill/>
+      </a:ln>
+    </cs:spPr>
+  </cs:wall>
+</cs:chartStyle>
+</file>
+
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
-[...3 lines deleted...]
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart5.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing15.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing16.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing17.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing18.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
+</file>
+
+<file path=xl/drawings/_rels/drawing19.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart3.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="../media/image1.png"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart4.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
@@ -12972,50 +15716,229 @@
           </a:r>
         </a:p>
         <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
           <a:r>
             <a:rPr lang="en-US" sz="800" baseline="0">
               <a:solidFill>
                 <a:srgbClr val="1E00BE"/>
               </a:solidFill>
             </a:rPr>
             <a:t>Number of persons</a:t>
           </a:r>
           <a:endParaRPr lang="en-US" sz="800">
             <a:solidFill>
               <a:srgbClr val="1E00BE"/>
             </a:solidFill>
           </a:endParaRPr>
         </a:p>
       </cdr:txBody>
     </cdr:sp>
   </cdr:relSizeAnchor>
 </c:userShapes>
 </file>
 
 <file path=xl/drawings/drawing11.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor>
+    <xdr:from>
+      <xdr:col>15</xdr:col>
+      <xdr:colOff>603249</xdr:colOff>
+      <xdr:row>11</xdr:row>
+      <xdr:rowOff>161925</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>27</xdr:col>
+      <xdr:colOff>190499</xdr:colOff>
+      <xdr:row>36</xdr:row>
+      <xdr:rowOff>95250</xdr:rowOff>
+    </xdr:to>
+    <xdr:graphicFrame macro="">
+      <xdr:nvGraphicFramePr>
+        <xdr:cNvPr id="2" name="Diagram 1">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{44E1D749-6404-46BA-9E08-6C6C3EE40CD1}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvGraphicFramePr>
+          <a:graphicFrameLocks/>
+        </xdr:cNvGraphicFramePr>
+      </xdr:nvGraphicFramePr>
+      <xdr:xfrm>
+        <a:off x="0" y="0"/>
+        <a:ext cx="0" cy="0"/>
+      </xdr:xfrm>
+      <a:graphic>
+        <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
+          <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
+        </a:graphicData>
+      </a:graphic>
+    </xdr:graphicFrame>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>552450</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="4" name="Bildobjekt 3">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{932CC726-852D-415A-BFA8-342DA76EE629}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId2">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="571500" cy="552450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<c:userShapes xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart">
+  <cdr:relSizeAnchor xmlns:cdr="http://schemas.openxmlformats.org/drawingml/2006/chartDrawing">
+    <cdr:from>
+      <cdr:x>0.01452</cdr:x>
+      <cdr:y>0.06214</cdr:y>
+    </cdr:from>
+    <cdr:to>
+      <cdr:x>0.18902</cdr:x>
+      <cdr:y>0.12357</cdr:y>
+    </cdr:to>
+    <cdr:sp macro="" textlink="">
+      <cdr:nvSpPr>
+        <cdr:cNvPr id="2" name="TextBox 1">
+          <a:extLst xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{5F392AF1-9BC9-4819-8EBF-3B0186681315}"/>
+            </a:ext>
+          </a:extLst>
+        </cdr:cNvPr>
+        <cdr:cNvSpPr txBox="1"/>
+      </cdr:nvSpPr>
+      <cdr:spPr>
+        <a:xfrm xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:off x="100193" y="276225"/>
+          <a:ext cx="1203924" cy="273056"/>
+        </a:xfrm>
+        <a:prstGeom xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+      </cdr:spPr>
+      <cdr:txBody>
+        <a:bodyPr xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" vertOverflow="clip" wrap="square" lIns="0" tIns="0" rIns="0" bIns="0" rtlCol="0"/>
+        <a:lstStyle xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main"/>
+        <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:r>
+            <a:rPr lang="en-US" sz="800" b="1">
+              <a:solidFill>
+                <a:srgbClr val="1E00BE"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>Antal</a:t>
+          </a:r>
+          <a:r>
+            <a:rPr lang="en-US" sz="800" b="1" baseline="0">
+              <a:solidFill>
+                <a:srgbClr val="1E00BE"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t> personer</a:t>
+          </a:r>
+        </a:p>
+        <a:p xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+          <a:r>
+            <a:rPr lang="en-US" sz="800" baseline="0">
+              <a:solidFill>
+                <a:srgbClr val="1E00BE"/>
+              </a:solidFill>
+            </a:rPr>
+            <a:t>Number of persons</a:t>
+          </a:r>
+          <a:endParaRPr lang="en-US" sz="800">
+            <a:solidFill>
+              <a:srgbClr val="1E00BE"/>
+            </a:solidFill>
+          </a:endParaRPr>
+        </a:p>
+      </cdr:txBody>
+    </cdr:sp>
+  </cdr:relSizeAnchor>
+</c:userShapes>
+</file>
+
+<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>552450</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Bildobjekt 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{54D4CDFD-5984-4768-9700-DFC6B2E5D3E8}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
         </xdr:cNvPicPr>
@@ -13038,51 +15961,51 @@
           <a:ext cx="571500" cy="552450"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>552450</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="2" name="Bildobjekt 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{CB958D2D-44CC-4804-86FC-9966BF5358E5}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -13106,51 +16029,51 @@
           <a:ext cx="571500" cy="552450"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing13.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>552450</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Bildobjekt 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{1CB2D2E0-AA9D-4568-9303-BF80964F9AAF}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -13174,51 +16097,51 @@
           <a:ext cx="571500" cy="552450"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing14.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>0</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>571500</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>552450</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Bildobjekt 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{8DBDC2BF-44CD-451A-B07A-641FE6C30C06}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -13242,51 +16165,119 @@
           <a:ext cx="571500" cy="552450"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing15.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing17.xml><?xml version="1.0" encoding="utf-8"?>
+<xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <xdr:twoCellAnchor editAs="oneCell">
+    <xdr:from>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>0</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>0</xdr:rowOff>
+    </xdr:from>
+    <xdr:to>
+      <xdr:col>0</xdr:col>
+      <xdr:colOff>571500</xdr:colOff>
+      <xdr:row>0</xdr:row>
+      <xdr:rowOff>552450</xdr:rowOff>
+    </xdr:to>
+    <xdr:pic>
+      <xdr:nvPicPr>
+        <xdr:cNvPr id="3" name="Bildobjekt 2">
+          <a:extLst>
+            <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{86D5B5FD-24B8-48EB-8C37-ABEB2089016F}"/>
+            </a:ext>
+          </a:extLst>
+        </xdr:cNvPr>
+        <xdr:cNvPicPr>
+          <a:picLocks noChangeAspect="1"/>
+        </xdr:cNvPicPr>
+      </xdr:nvPicPr>
+      <xdr:blipFill>
+        <a:blip xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:embed="rId1">
+          <a:extLst>
+            <a:ext uri="{28A0092B-C50C-407E-A947-70E740481C1C}">
+              <a14:useLocalDpi xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main" val="0"/>
+            </a:ext>
+          </a:extLst>
+        </a:blip>
+        <a:stretch>
+          <a:fillRect/>
+        </a:stretch>
+      </xdr:blipFill>
+      <xdr:spPr bwMode="auto">
+        <a:xfrm>
+          <a:off x="0" y="0"/>
+          <a:ext cx="571500" cy="552450"/>
+        </a:xfrm>
+        <a:prstGeom prst="rect">
+          <a:avLst/>
+        </a:prstGeom>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:extLst>
+          <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
+            <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
+              <a:solidFill>
+                <a:srgbClr val="FFFFFF"/>
+              </a:solidFill>
+            </a14:hiddenFill>
+          </a:ext>
+        </a:extLst>
+      </xdr:spPr>
+    </xdr:pic>
+    <xdr:clientData/>
+  </xdr:twoCellAnchor>
+</xdr:wsDr>
+</file>
+
+<file path=xl/drawings/drawing18.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>552450</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="3" name="Bildobjekt 2">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{3B5B1BA1-CB26-4E01-9F11-19F3B5A9C027}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -13310,51 +16301,51 @@
           <a:ext cx="571500" cy="552450"/>
         </a:xfrm>
         <a:prstGeom prst="rect">
           <a:avLst/>
         </a:prstGeom>
         <a:noFill/>
         <a:ln>
           <a:noFill/>
         </a:ln>
         <a:extLst>
           <a:ext uri="{909E8E84-426E-40DD-AFC4-6F175D3DCCD1}">
             <a14:hiddenFill xmlns:a14="http://schemas.microsoft.com/office/drawing/2010/main">
               <a:solidFill>
                 <a:srgbClr val="FFFFFF"/>
               </a:solidFill>
             </a14:hiddenFill>
           </a:ext>
         </a:extLst>
       </xdr:spPr>
     </xdr:pic>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
-<file path=xl/drawings/drawing16.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/drawings/drawing19.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor editAs="oneCell">
     <xdr:from>
       <xdr:col>0</xdr:col>
       <xdr:colOff>28575</xdr:colOff>
       <xdr:row>0</xdr:row>
       <xdr:rowOff>19050</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>0</xdr:col>
       <xdr:colOff>600075</xdr:colOff>
       <xdr:row>1</xdr:row>
       <xdr:rowOff>0</xdr:rowOff>
     </xdr:to>
     <xdr:pic>
       <xdr:nvPicPr>
         <xdr:cNvPr id="4" name="Bildobjekt 3">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
               <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{AB6ED1F4-3C19-4D1D-BCBE-F288F177099B}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvPicPr>
           <a:picLocks noChangeAspect="1"/>
@@ -15080,3732 +18071,4573 @@
               <a:lumMod val="102000"/>
             </a:schemeClr>
           </a:gs>
           <a:gs pos="50000">
             <a:schemeClr val="phClr">
               <a:tint val="98000"/>
               <a:satMod val="130000"/>
               <a:shade val="90000"/>
               <a:lumMod val="103000"/>
             </a:schemeClr>
           </a:gs>
           <a:gs pos="100000">
             <a:schemeClr val="phClr">
               <a:shade val="63000"/>
               <a:satMod val="120000"/>
             </a:schemeClr>
           </a:gs>
         </a:gsLst>
         <a:lin ang="5400000" scaled="0"/>
       </a:gradFill>
     </a:bgFillStyleLst>
   </a:fmtScheme>
 </a:themeOverride>
 </file>
 
+<file path=xl/theme/themeOverride5.xml><?xml version="1.0" encoding="utf-8"?>
+<a:themeOverride xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
+  <a:clrScheme name="Office">
+    <a:dk1>
+      <a:sysClr val="windowText" lastClr="000000"/>
+    </a:dk1>
+    <a:lt1>
+      <a:sysClr val="window" lastClr="FFFFFF"/>
+    </a:lt1>
+    <a:dk2>
+      <a:srgbClr val="44546A"/>
+    </a:dk2>
+    <a:lt2>
+      <a:srgbClr val="E7E6E6"/>
+    </a:lt2>
+    <a:accent1>
+      <a:srgbClr val="4472C4"/>
+    </a:accent1>
+    <a:accent2>
+      <a:srgbClr val="ED7D31"/>
+    </a:accent2>
+    <a:accent3>
+      <a:srgbClr val="A5A5A5"/>
+    </a:accent3>
+    <a:accent4>
+      <a:srgbClr val="FFC000"/>
+    </a:accent4>
+    <a:accent5>
+      <a:srgbClr val="5B9BD5"/>
+    </a:accent5>
+    <a:accent6>
+      <a:srgbClr val="70AD47"/>
+    </a:accent6>
+    <a:hlink>
+      <a:srgbClr val="0563C1"/>
+    </a:hlink>
+    <a:folHlink>
+      <a:srgbClr val="954F72"/>
+    </a:folHlink>
+  </a:clrScheme>
+  <a:fontScheme name="PTS - PT Serif och Robot">
+    <a:majorFont>
+      <a:latin typeface="PT Serif"/>
+      <a:ea typeface=""/>
+      <a:cs typeface=""/>
+    </a:majorFont>
+    <a:minorFont>
+      <a:latin typeface="Roboto"/>
+      <a:ea typeface=""/>
+      <a:cs typeface=""/>
+    </a:minorFont>
+  </a:fontScheme>
+  <a:fmtScheme name="Office">
+    <a:fillStyleLst>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:lumMod val="110000"/>
+              <a:satMod val="105000"/>
+              <a:tint val="67000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="50000">
+            <a:schemeClr val="phClr">
+              <a:lumMod val="105000"/>
+              <a:satMod val="103000"/>
+              <a:tint val="73000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:lumMod val="105000"/>
+              <a:satMod val="109000"/>
+              <a:tint val="81000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:lin ang="5400000" scaled="0"/>
+      </a:gradFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:satMod val="103000"/>
+              <a:lumMod val="102000"/>
+              <a:tint val="94000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="50000">
+            <a:schemeClr val="phClr">
+              <a:satMod val="110000"/>
+              <a:lumMod val="100000"/>
+              <a:shade val="100000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:lumMod val="99000"/>
+              <a:satMod val="120000"/>
+              <a:shade val="78000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:lin ang="5400000" scaled="0"/>
+      </a:gradFill>
+    </a:fillStyleLst>
+    <a:lnStyleLst>
+      <a:ln w="6350" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="solid"/>
+        <a:miter lim="800000"/>
+      </a:ln>
+      <a:ln w="12700" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="solid"/>
+        <a:miter lim="800000"/>
+      </a:ln>
+      <a:ln w="19050" cap="flat" cmpd="sng" algn="ctr">
+        <a:solidFill>
+          <a:schemeClr val="phClr"/>
+        </a:solidFill>
+        <a:prstDash val="solid"/>
+        <a:miter lim="800000"/>
+      </a:ln>
+    </a:lnStyleLst>
+    <a:effectStyleLst>
+      <a:effectStyle>
+        <a:effectLst/>
+      </a:effectStyle>
+      <a:effectStyle>
+        <a:effectLst/>
+      </a:effectStyle>
+      <a:effectStyle>
+        <a:effectLst>
+          <a:outerShdw blurRad="57150" dist="19050" dir="5400000" algn="ctr" rotWithShape="0">
+            <a:srgbClr val="000000">
+              <a:alpha val="63000"/>
+            </a:srgbClr>
+          </a:outerShdw>
+        </a:effectLst>
+      </a:effectStyle>
+    </a:effectStyleLst>
+    <a:bgFillStyleLst>
+      <a:solidFill>
+        <a:schemeClr val="phClr"/>
+      </a:solidFill>
+      <a:solidFill>
+        <a:schemeClr val="phClr">
+          <a:tint val="95000"/>
+          <a:satMod val="170000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:gradFill rotWithShape="1">
+        <a:gsLst>
+          <a:gs pos="0">
+            <a:schemeClr val="phClr">
+              <a:tint val="93000"/>
+              <a:satMod val="150000"/>
+              <a:shade val="98000"/>
+              <a:lumMod val="102000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="50000">
+            <a:schemeClr val="phClr">
+              <a:tint val="98000"/>
+              <a:satMod val="130000"/>
+              <a:shade val="90000"/>
+              <a:lumMod val="103000"/>
+            </a:schemeClr>
+          </a:gs>
+          <a:gs pos="100000">
+            <a:schemeClr val="phClr">
+              <a:shade val="63000"/>
+              <a:satMod val="120000"/>
+            </a:schemeClr>
+          </a:gs>
+        </a:gsLst>
+        <a:lin ang="5400000" scaled="0"/>
+      </a:gradFill>
+    </a:bgFillStyleLst>
+  </a:fmtScheme>
+</a:themeOverride>
+</file>
+
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:befolkning@scb.se" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statistikdatabasen.scb.se/pxweb/sv/ssd/START__BE__BE0101__BE0101P" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://www.statistikdatabasen.scb.se/pxweb/sv/ssd/START__BE__BE0101__BE0101P" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="mailto:befolkning@scb.se" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet10.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet11.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/sq/124923" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/sq/124922" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing15.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet12.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing16.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing17.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet13.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings5.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/sq/124923" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/sq/124922" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing18.xml"/></Relationships>
+</file>
+
+<file path=xl/worksheets/_rels/sheet14.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings6.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/sq/171702" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/sq/171701" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing19.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings2.bin"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/sq/124923" TargetMode="External"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://www.statistikdatabasen.scb.se/sq/124922" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing3.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings3.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet4.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing5.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings4.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet5.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing7.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet6.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing9.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet7.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing11.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet8.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing12.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet9.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing13.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing14.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{2ED7EFD1-6F0C-4365-B37E-A7CA0B968B14}">
-  <dimension ref="A1:T65"/>
+  <dimension ref="A1:T69"/>
   <sheetViews>
     <sheetView tabSelected="1" zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15" x14ac:dyDescent="0.3"/>
   <cols>
     <col min="1" max="1" width="9.140625" style="27" customWidth="1"/>
     <col min="2" max="2" width="9.140625" style="27"/>
     <col min="11" max="12" width="9.140625" style="24"/>
     <col min="13" max="13" width="9.85546875" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:19" ht="45.75" customHeight="1" x14ac:dyDescent="0.3"/>
     <row r="2" spans="1:19" ht="20.25" x14ac:dyDescent="0.3">
       <c r="A2" s="32" t="s">
         <v>147</v>
       </c>
-      <c r="N2" s="154" t="s">
+      <c r="N2" s="152" t="s">
         <v>26</v>
       </c>
       <c r="O2" s="34"/>
       <c r="P2" s="34"/>
       <c r="Q2" s="34"/>
       <c r="R2" s="40"/>
       <c r="S2" s="41"/>
     </row>
     <row r="3" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A3" s="86" t="s">
         <v>14</v>
       </c>
       <c r="B3" s="28" t="s">
-        <v>294</v>
+        <v>325</v>
       </c>
       <c r="N3" s="35" t="s">
         <v>27</v>
       </c>
       <c r="O3" s="36"/>
       <c r="P3" s="37"/>
       <c r="Q3" s="37"/>
       <c r="R3" s="36"/>
       <c r="S3" s="42"/>
     </row>
     <row r="4" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A4" s="86" t="s">
         <v>195</v>
       </c>
       <c r="B4" s="28" t="s">
         <v>199</v>
       </c>
       <c r="N4" s="35"/>
       <c r="O4" s="36"/>
       <c r="P4" s="37"/>
       <c r="Q4" s="37"/>
       <c r="R4" s="36"/>
       <c r="S4" s="42"/>
     </row>
     <row r="5" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A5" s="86" t="s">
         <v>196</v>
       </c>
       <c r="B5" s="28" t="s">
         <v>181</v>
       </c>
       <c r="N5" s="35" t="s">
         <v>25</v>
       </c>
       <c r="O5" s="36" t="s">
         <v>24</v>
       </c>
       <c r="P5" s="37"/>
       <c r="Q5" s="37"/>
       <c r="R5" s="36"/>
       <c r="S5" s="42"/>
     </row>
     <row r="6" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A6" s="86" t="s">
-        <v>263</v>
+        <v>262</v>
       </c>
       <c r="B6" s="28" t="s">
-        <v>259</v>
+        <v>258</v>
       </c>
       <c r="N6" s="35"/>
       <c r="O6" s="36"/>
       <c r="P6" s="37"/>
       <c r="Q6" s="37"/>
       <c r="R6" s="36"/>
       <c r="S6" s="42"/>
     </row>
     <row r="7" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A7" s="86" t="s">
-        <v>297</v>
+        <v>291</v>
       </c>
       <c r="B7" s="28" t="s">
-        <v>296</v>
+        <v>290</v>
       </c>
       <c r="N7" s="35" t="s">
         <v>15</v>
       </c>
       <c r="O7" s="116" t="s">
         <v>16</v>
       </c>
       <c r="P7" s="37"/>
       <c r="Q7" s="37"/>
       <c r="R7" s="36"/>
       <c r="S7" s="42"/>
     </row>
     <row r="8" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A8" s="86" t="s">
-        <v>197</v>
-[...9 lines deleted...]
-      <c r="S8" s="44"/>
+        <v>300</v>
+      </c>
+      <c r="B8" s="28" t="s">
+        <v>298</v>
+      </c>
+      <c r="N8" s="35"/>
+      <c r="O8" s="116"/>
+      <c r="P8" s="37"/>
+      <c r="Q8" s="37"/>
+      <c r="R8" s="36"/>
+      <c r="S8" s="42"/>
     </row>
     <row r="9" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A9" s="86" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B9" s="4" t="s">
-        <v>182</v>
-      </c>
+        <v>200</v>
+      </c>
+      <c r="N9" s="146"/>
+      <c r="O9" s="38"/>
+      <c r="P9" s="39"/>
+      <c r="Q9" s="39"/>
+      <c r="R9" s="43"/>
+      <c r="S9" s="44"/>
     </row>
     <row r="10" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A10" s="86" t="s">
-        <v>266</v>
+        <v>198</v>
       </c>
       <c r="B10" s="4" t="s">
-        <v>260</v>
+        <v>182</v>
       </c>
     </row>
     <row r="11" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A11" s="86" t="s">
+        <v>265</v>
+      </c>
+      <c r="B11" s="4" t="s">
+        <v>259</v>
+      </c>
+    </row>
+    <row r="12" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="86" t="s">
+        <v>293</v>
+      </c>
+      <c r="B12" s="4" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="13" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="86" t="s">
+        <v>301</v>
+      </c>
+      <c r="B13" s="4" t="s">
         <v>299</v>
       </c>
-      <c r="B11" s="4" t="s">
-[...4 lines deleted...]
-      <c r="A12" s="81" t="s">
+    </row>
+    <row r="14" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="81" t="s">
         <v>134</v>
       </c>
-      <c r="B12" s="28" t="s">
-[...12 lines deleted...]
-      <c r="A15" s="33" t="s">
+      <c r="B14" s="28" t="s">
+        <v>328</v>
+      </c>
+    </row>
+    <row r="15" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="81" t="s">
+        <v>240</v>
+      </c>
+      <c r="B15" s="28" t="s">
+        <v>324</v>
+      </c>
+    </row>
+    <row r="17" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A17" s="33" t="s">
         <v>17</v>
       </c>
-      <c r="B15" s="28"/>
-[...9 lines deleted...]
-      </c>
+      <c r="B17" s="28"/>
     </row>
     <row r="18" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A18" s="22" t="s">
-        <v>176</v>
+        <v>35</v>
       </c>
     </row>
     <row r="19" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A19" s="22" t="s">
-        <v>3</v>
+        <v>175</v>
       </c>
     </row>
     <row r="20" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A20" s="22" t="s">
-        <v>4</v>
+        <v>176</v>
       </c>
     </row>
     <row r="21" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A21" s="22" t="s">
-        <v>5</v>
+        <v>3</v>
       </c>
     </row>
     <row r="22" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A22" s="22" t="s">
-        <v>137</v>
+        <v>4</v>
       </c>
     </row>
     <row r="23" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A23" s="22" t="s">
-        <v>273</v>
+        <v>5</v>
       </c>
     </row>
     <row r="24" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A24" s="22" t="s">
-        <v>274</v>
+        <v>137</v>
       </c>
     </row>
     <row r="25" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A25" s="22" t="s">
-        <v>244</v>
+        <v>272</v>
       </c>
     </row>
     <row r="26" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A26" s="22"/>
+      <c r="A26" s="22" t="s">
+        <v>273</v>
+      </c>
     </row>
     <row r="27" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A27" s="22"/>
+      <c r="A27" s="22" t="s">
+        <v>243</v>
+      </c>
     </row>
     <row r="28" spans="1:2" x14ac:dyDescent="0.3">
-      <c r="A28" s="22" t="s">
+      <c r="A28" s="22"/>
+    </row>
+    <row r="29" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A29" s="22"/>
+    </row>
+    <row r="30" spans="1:2" x14ac:dyDescent="0.3">
+      <c r="A30" s="22" t="s">
         <v>2</v>
       </c>
-    </row>
-[...9 lines deleted...]
-      <c r="B30" s="30"/>
     </row>
     <row r="31" spans="1:2" x14ac:dyDescent="0.3">
       <c r="A31" s="22" t="s">
+        <v>21</v>
+      </c>
+    </row>
+    <row r="32" spans="1:2" ht="13.5" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="23" t="s">
+        <v>23</v>
+      </c>
+      <c r="B32" s="30"/>
+    </row>
+    <row r="33" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A33" s="22" t="s">
         <v>155</v>
       </c>
     </row>
-    <row r="32" spans="1:2" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="A34" s="32" t="s">
+    <row r="34" spans="1:19" x14ac:dyDescent="0.3">
+      <c r="A34" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="36" spans="1:19" ht="20.25" x14ac:dyDescent="0.3">
+      <c r="A36" s="32" t="s">
         <v>148</v>
       </c>
-      <c r="N34" s="154" t="s">
+      <c r="N36" s="152" t="s">
         <v>28</v>
       </c>
-      <c r="O34" s="34"/>
-[...33 lines deleted...]
-      <c r="S36" s="42"/>
+      <c r="O36" s="34"/>
+      <c r="P36" s="34"/>
+      <c r="Q36" s="34"/>
+      <c r="R36" s="40"/>
+      <c r="S36" s="41"/>
     </row>
     <row r="37" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A37" s="86" t="s">
-        <v>202</v>
+        <v>18</v>
       </c>
       <c r="B37" s="28" t="s">
-        <v>183</v>
+        <v>326</v>
       </c>
       <c r="N37" s="35" t="s">
-        <v>30</v>
-[...3 lines deleted...]
-      </c>
+        <v>29</v>
+      </c>
+      <c r="O37" s="36"/>
       <c r="P37" s="37"/>
       <c r="Q37" s="37"/>
       <c r="R37" s="36"/>
       <c r="S37" s="42"/>
     </row>
     <row r="38" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A38" s="86" t="s">
-        <v>269</v>
+        <v>201</v>
       </c>
       <c r="B38" s="28" t="s">
-        <v>268</v>
+        <v>205</v>
       </c>
       <c r="N38" s="35"/>
       <c r="O38" s="36"/>
       <c r="P38" s="37"/>
       <c r="Q38" s="37"/>
       <c r="R38" s="36"/>
       <c r="S38" s="42"/>
     </row>
     <row r="39" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A39" s="86" t="s">
-        <v>301</v>
+        <v>202</v>
       </c>
       <c r="B39" s="28" t="s">
-        <v>300</v>
+        <v>183</v>
       </c>
       <c r="N39" s="35" t="s">
-        <v>31</v>
-[...2 lines deleted...]
-        <v>16</v>
+        <v>30</v>
+      </c>
+      <c r="O39" s="36" t="s">
+        <v>24</v>
       </c>
       <c r="P39" s="37"/>
       <c r="Q39" s="37"/>
       <c r="R39" s="36"/>
       <c r="S39" s="42"/>
     </row>
     <row r="40" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A40" s="86" t="s">
-        <v>203</v>
+        <v>268</v>
       </c>
       <c r="B40" s="28" t="s">
-        <v>206</v>
-[...6 lines deleted...]
-      <c r="S40" s="44"/>
+        <v>267</v>
+      </c>
+      <c r="N40" s="35"/>
+      <c r="O40" s="36"/>
+      <c r="P40" s="37"/>
+      <c r="Q40" s="37"/>
+      <c r="R40" s="36"/>
+      <c r="S40" s="42"/>
     </row>
     <row r="41" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A41" s="86" t="s">
-        <v>204</v>
+        <v>295</v>
       </c>
       <c r="B41" s="28" t="s">
-        <v>184</v>
-      </c>
+        <v>294</v>
+      </c>
+      <c r="N41" s="35" t="s">
+        <v>31</v>
+      </c>
+      <c r="O41" s="116" t="s">
+        <v>16</v>
+      </c>
+      <c r="P41" s="37"/>
+      <c r="Q41" s="37"/>
+      <c r="R41" s="36"/>
+      <c r="S41" s="42"/>
     </row>
     <row r="42" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A42" s="86" t="s">
-        <v>270</v>
+        <v>305</v>
       </c>
       <c r="B42" s="28" t="s">
-        <v>267</v>
-[...1 lines deleted...]
-      <c r="M42" s="149"/>
+        <v>304</v>
+      </c>
+      <c r="N42" s="35"/>
+      <c r="O42" s="116"/>
+      <c r="P42" s="37"/>
+      <c r="Q42" s="37"/>
+      <c r="R42" s="36"/>
+      <c r="S42" s="42"/>
     </row>
     <row r="43" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
       <c r="A43" s="86" t="s">
+        <v>203</v>
+      </c>
+      <c r="B43" s="28" t="s">
+        <v>206</v>
+      </c>
+      <c r="N43" s="148"/>
+      <c r="O43" s="43"/>
+      <c r="P43" s="43"/>
+      <c r="Q43" s="39"/>
+      <c r="R43" s="43"/>
+      <c r="S43" s="44"/>
+    </row>
+    <row r="44" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="86" t="s">
+        <v>204</v>
+      </c>
+      <c r="B44" s="28" t="s">
+        <v>184</v>
+      </c>
+    </row>
+    <row r="45" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="86" t="s">
+        <v>269</v>
+      </c>
+      <c r="B45" s="28" t="s">
+        <v>266</v>
+      </c>
+      <c r="M45" s="147"/>
+    </row>
+    <row r="46" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="86" t="s">
+        <v>297</v>
+      </c>
+      <c r="B46" s="28" t="s">
+        <v>296</v>
+      </c>
+    </row>
+    <row r="47" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="86" t="s">
+        <v>302</v>
+      </c>
+      <c r="B47" s="28" t="s">
         <v>303</v>
       </c>
-      <c r="B43" s="28" t="s">
-[...4 lines deleted...]
-      <c r="A44" s="81" t="s">
+    </row>
+    <row r="48" spans="1:19" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="81" t="s">
+        <v>241</v>
+      </c>
+      <c r="B48" s="28" t="s">
+        <v>327</v>
+      </c>
+    </row>
+    <row r="49" spans="1:20" ht="17.25" customHeight="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="81" t="s">
         <v>242</v>
       </c>
-      <c r="B44" s="28" t="s">
-[...15 lines deleted...]
-      <c r="A47" s="33" t="s">
+      <c r="B49" s="28" t="s">
+        <v>330</v>
+      </c>
+    </row>
+    <row r="50" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="B50" s="31"/>
+    </row>
+    <row r="51" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A51" s="33" t="s">
         <v>19</v>
-      </c>
-[...18 lines deleted...]
-        <v>7</v>
       </c>
     </row>
     <row r="52" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A52" s="22" t="s">
-        <v>9</v>
+        <v>11</v>
       </c>
     </row>
     <row r="53" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A53" s="22" t="s">
-        <v>10</v>
+        <v>177</v>
       </c>
     </row>
     <row r="54" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A54" s="22" t="s">
-        <v>247</v>
+        <v>178</v>
       </c>
     </row>
     <row r="55" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A55" s="22" t="s">
-        <v>275</v>
+        <v>7</v>
       </c>
     </row>
     <row r="56" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A56" s="22" t="s">
-        <v>276</v>
+        <v>9</v>
       </c>
     </row>
     <row r="57" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A57" s="22" t="s">
-        <v>246</v>
+        <v>10</v>
       </c>
     </row>
     <row r="58" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A58" s="22" t="s">
-        <v>245</v>
-[...29 lines deleted...]
-      <c r="T60"/>
+        <v>246</v>
+      </c>
+    </row>
+    <row r="59" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A59" s="22" t="s">
+        <v>274</v>
+      </c>
+    </row>
+    <row r="60" spans="1:20" x14ac:dyDescent="0.3">
+      <c r="A60" s="22" t="s">
+        <v>275</v>
+      </c>
     </row>
     <row r="61" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A61" s="22" t="s">
-        <v>8</v>
+        <v>245</v>
       </c>
     </row>
     <row r="62" spans="1:20" x14ac:dyDescent="0.3">
       <c r="A62" s="22" t="s">
-        <v>22</v>
-[...10 lines deleted...]
-      </c>
+        <v>244</v>
+      </c>
+      <c r="N62" s="22"/>
+      <c r="O62" s="22"/>
+      <c r="P62" s="22"/>
+      <c r="Q62" s="22"/>
+      <c r="R62" s="22"/>
+      <c r="S62" s="22"/>
+      <c r="T62" s="22"/>
+    </row>
+    <row r="63" spans="1:20" s="22" customFormat="1" ht="12.75" x14ac:dyDescent="0.2">
+      <c r="N63" s="4"/>
+      <c r="O63" s="4"/>
+      <c r="P63" s="4"/>
+      <c r="Q63" s="4"/>
+      <c r="R63" s="4"/>
+      <c r="S63" s="4"/>
+      <c r="T63" s="4"/>
+    </row>
+    <row r="64" spans="1:20" s="4" customFormat="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="29"/>
+      <c r="B64" s="29"/>
+      <c r="K64" s="82"/>
+      <c r="L64" s="82"/>
+      <c r="N64"/>
+      <c r="O64"/>
+      <c r="P64"/>
+      <c r="Q64"/>
+      <c r="R64"/>
+      <c r="S64"/>
+      <c r="T64"/>
     </row>
     <row r="65" spans="1:1" x14ac:dyDescent="0.3">
       <c r="A65" s="22" t="s">
-        <v>258</v>
+        <v>8</v>
+      </c>
+    </row>
+    <row r="66" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A66" s="22" t="s">
+        <v>22</v>
+      </c>
+    </row>
+    <row r="67" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A67" s="23" t="s">
+        <v>23</v>
+      </c>
+    </row>
+    <row r="68" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A68" s="22" t="s">
+        <v>154</v>
+      </c>
+    </row>
+    <row r="69" spans="1:1" x14ac:dyDescent="0.3">
+      <c r="A69" s="22" t="s">
+        <v>257</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
-    <hyperlink ref="A30" r:id="rId1" xr:uid="{C84F7AAC-0FAE-4F71-89F3-7C9D9DE48B85}"/>
+    <hyperlink ref="A32" r:id="rId1" xr:uid="{C84F7AAC-0FAE-4F71-89F3-7C9D9DE48B85}"/>
     <hyperlink ref="A3" location="'Tabell 1 Table 1'!A1" display="Tabell 1" xr:uid="{54419F68-631D-4C06-8A33-2D1B7A8EDFD0}"/>
     <hyperlink ref="A6" location="'Tabell 2c Table 2c'!A1" display="Tabell 2c" xr:uid="{BE9A4483-B268-427A-B7A8-BE5F92485629}"/>
-    <hyperlink ref="A10" location="'Tabell 3c Table 3c '!A1" display="Tabell 3c" xr:uid="{9553B74C-5092-4C4E-B4F4-912F4A669890}"/>
-[...5 lines deleted...]
-    <hyperlink ref="A44" location="'Tabell 4 Table 4'!A1" display="Tabel 4" xr:uid="{69F099FA-32F7-43BE-84C8-43AE82D3C34E}"/>
+    <hyperlink ref="A11" location="'Tabell 3c Table 3c '!A1" display="Tabell 3c" xr:uid="{9553B74C-5092-4C4E-B4F4-912F4A669890}"/>
+    <hyperlink ref="A37" location="'Tabell 1 Table 1'!A1" display="Table 1" xr:uid="{52403CA2-562E-46AA-91D2-B02F304682F6}"/>
+    <hyperlink ref="A40" location="'Tabell 2c Table 2c'!A1" display="Table 2c" xr:uid="{7E0F78B3-B1CD-40EA-BF7C-5BE4D996AAB3}"/>
+    <hyperlink ref="A44" location="'Tabell 3b Table 3b '!A1" display="Table 3b" xr:uid="{7311CA40-514F-414B-9977-C3C8F3AC9A94}"/>
+    <hyperlink ref="A67" r:id="rId2" xr:uid="{D6AFB3B2-0F25-41F9-A692-5B466229ECB1}"/>
+    <hyperlink ref="A14" location="'Tabell 4 Table 4'!A1" display="Tabell 4" xr:uid="{A6F8C561-BF3A-428C-8581-13B475233164}"/>
+    <hyperlink ref="A48" location="'Tabell 4 Table 4'!A1" display="Tabel 4" xr:uid="{69F099FA-32F7-43BE-84C8-43AE82D3C34E}"/>
     <hyperlink ref="O7" r:id="rId3" display="mailto:befolkning@scb.se" xr:uid="{B2DA3030-09EC-41B5-A248-A7F91BB4CC0A}"/>
-    <hyperlink ref="O39" r:id="rId4" display="mailto:befolkning@scb.se" xr:uid="{F1484AD4-D82C-451C-A20F-B888EB087C2E}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A45" location="'Tabell 5 Table 5'!A1" display="Tabel 5" xr:uid="{B9E95FEA-7B5A-44E0-A05C-1CD322B27067}"/>
+    <hyperlink ref="O41" r:id="rId4" display="mailto:befolkning@scb.se" xr:uid="{F1484AD4-D82C-451C-A20F-B888EB087C2E}"/>
+    <hyperlink ref="A15" location="'Tabell 5 Table 5'!A1" display="Tabell 5" xr:uid="{FFE3FA79-41BD-4A06-BC31-0AA045F10305}"/>
+    <hyperlink ref="A49" location="'Tabell 5 Table 5'!A1" display="Tabel 5" xr:uid="{B9E95FEA-7B5A-44E0-A05C-1CD322B27067}"/>
     <hyperlink ref="A4" location="'Tabell 2a Table 2a'!A1" display="Tabell 2a" xr:uid="{BFC75243-C126-4DBD-B665-9700FD236CE6}"/>
     <hyperlink ref="A5" location="'Tabell 2b Table 2b'!A1" display="Tabell 2b" xr:uid="{C73A7188-F2FC-49D3-B633-EDF0A965F03A}"/>
-    <hyperlink ref="A8" location="'Tabell 3a Table 3a '!A1" display="Tabell 3a" xr:uid="{6C9E2136-818B-4B2E-9B92-CE8B6BDD0097}"/>
-[...4 lines deleted...]
-    <hyperlink ref="A42" location="'Tabell 3c Table 3c '!A1" display="Table 3c" xr:uid="{2E3B316D-1353-4B80-A8A0-9E210F4B70E6}"/>
+    <hyperlink ref="A9" location="'Tabell 3a Table 3a '!A1" display="Tabell 3a" xr:uid="{6C9E2136-818B-4B2E-9B92-CE8B6BDD0097}"/>
+    <hyperlink ref="A10" location="'Tabell 3b Table 3b '!A1" display="Tabell 3b" xr:uid="{6AB52DAC-EED7-4F28-A007-66A0310B026F}"/>
+    <hyperlink ref="A38" location="'Tabell 2a Table 2a'!A1" display="Table 2a" xr:uid="{01534663-61A3-47BF-BA14-A506AF3DF768}"/>
+    <hyperlink ref="A39" location="'Tabell 2b Table 2b'!A1" display="Table 2b" xr:uid="{0AEB5781-E3F3-4553-961A-CC1F7A5DA262}"/>
+    <hyperlink ref="A43" location="'Tabell 3a Table 3a '!A1" display="Table 3a" xr:uid="{66D7E519-7E4D-418C-A692-E321AAE01CEB}"/>
+    <hyperlink ref="A45" location="'Tabell 3c Table 3c '!A1" display="Table 3c" xr:uid="{2E3B316D-1353-4B80-A8A0-9E210F4B70E6}"/>
     <hyperlink ref="A7" location="'Tabell 2d Table 2d'!A1" display="Tabell 2d" xr:uid="{71E7D22D-A0C5-4541-A566-C2F7B31DA2B5}"/>
-    <hyperlink ref="A11" location="'Tabell 3d Table 3d'!A1" display="Tabell 3d" xr:uid="{A50C5ABD-C87C-46DF-A9EA-13295FE8EA0C}"/>
-[...1 lines deleted...]
-    <hyperlink ref="A43" location="'Tabell 3d Table 3d'!A1" display="Table 3d" xr:uid="{1A619665-9D21-46BB-AF0D-4D691C7D5EBF}"/>
+    <hyperlink ref="A12" location="'Tabell 3d Table 3d'!A1" display="Tabell 3d" xr:uid="{A50C5ABD-C87C-46DF-A9EA-13295FE8EA0C}"/>
+    <hyperlink ref="A41" location="'Tabell 2d Table 2d'!A1" display="Table 2d" xr:uid="{CC6A3E22-78A2-49AE-A851-1043DD65B1FE}"/>
+    <hyperlink ref="A46" location="'Tabell 3d Table 3d'!A1" display="Table 3d" xr:uid="{1A619665-9D21-46BB-AF0D-4D691C7D5EBF}"/>
+    <hyperlink ref="A8" location="'Tabell 2e Table 2e'!A1" display="Tabell 2e" xr:uid="{B28D89E7-D13D-493A-B172-30E60633107C}"/>
+    <hyperlink ref="A13" location="'Tabell 3e Table 3e'!A1" display="Tabell 3e" xr:uid="{2E99DBCB-72EC-4CAB-A26F-67EF065EAEFC}"/>
+    <hyperlink ref="A47" location="'Tabell 3e Table 3e'!A1" display="Table 3e" xr:uid="{17FDD68D-8AF5-4282-9754-652046DB87D0}"/>
+    <hyperlink ref="A42" location="'Tabell 2e Table 2e'!A1" display="Table 2e" xr:uid="{A533FB5E-567D-4C99-A5D5-1A2B8303058E}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="portrait" r:id="rId5"/>
   <drawing r:id="rId6"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet10.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B646774A-E5A9-412A-8F05-02B914BD997F}">
+  <dimension ref="A1:K20"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="45.42578125" customWidth="1"/>
+    <col min="2" max="2" width="16.28515625" customWidth="1"/>
+    <col min="3" max="4" width="10.28515625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:11" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="88"/>
+    </row>
+    <row r="2" spans="1:11" ht="18" x14ac:dyDescent="0.2">
+      <c r="A2" s="46" t="s">
+        <v>286</v>
+      </c>
+      <c r="B2" s="89"/>
+      <c r="C2" s="89"/>
+      <c r="D2" s="89"/>
+    </row>
+    <row r="3" spans="1:11" ht="18" x14ac:dyDescent="0.2">
+      <c r="A3" s="90" t="s">
+        <v>287</v>
+      </c>
+      <c r="B3" s="89"/>
+      <c r="C3" s="89"/>
+      <c r="D3" s="89"/>
+    </row>
+    <row r="4" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="5" spans="1:11" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="179" t="s">
+        <v>145</v>
+      </c>
+      <c r="B5" s="182" t="s">
+        <v>149</v>
+      </c>
+      <c r="C5" s="183"/>
+      <c r="D5" s="183"/>
+    </row>
+    <row r="6" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="A6" s="180"/>
+      <c r="B6" s="177" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="177" t="s">
+        <v>0</v>
+      </c>
+      <c r="D6" s="175" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:11" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="181"/>
+      <c r="B7" s="178"/>
+      <c r="C7" s="178"/>
+      <c r="D7" s="176"/>
+    </row>
+    <row r="8" spans="1:11" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="B8" s="72">
+        <v>10682</v>
+      </c>
+      <c r="C8" s="73">
+        <v>5585</v>
+      </c>
+      <c r="D8" s="73">
+        <v>5097</v>
+      </c>
+      <c r="H8" s="74"/>
+      <c r="I8" s="74"/>
+      <c r="J8" s="74"/>
+      <c r="K8" s="74"/>
+    </row>
+    <row r="9" spans="1:11" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="61" t="s">
+        <v>144</v>
+      </c>
+      <c r="B9" s="69">
+        <v>10597</v>
+      </c>
+      <c r="C9" s="67">
+        <v>5552</v>
+      </c>
+      <c r="D9" s="67">
+        <v>5045</v>
+      </c>
+      <c r="H9" s="74"/>
+      <c r="I9" s="74"/>
+      <c r="J9" s="74"/>
+      <c r="K9" s="74"/>
+    </row>
+    <row r="10" spans="1:11" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="91" t="s">
+        <v>158</v>
+      </c>
+      <c r="B10" s="69">
+        <v>85</v>
+      </c>
+      <c r="C10" s="67">
+        <v>33</v>
+      </c>
+      <c r="D10" s="67">
+        <v>52</v>
+      </c>
+      <c r="H10" s="74"/>
+      <c r="I10" s="74"/>
+      <c r="J10" s="74"/>
+      <c r="K10" s="74"/>
+    </row>
+    <row r="11" spans="1:11" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="91" t="s">
+        <v>248</v>
+      </c>
+      <c r="B11" s="69">
+        <v>12</v>
+      </c>
+      <c r="C11" s="67">
+        <v>7</v>
+      </c>
+      <c r="D11" s="67">
+        <v>5</v>
+      </c>
+      <c r="H11" s="74"/>
+      <c r="I11" s="74"/>
+      <c r="J11" s="74"/>
+      <c r="K11" s="74"/>
+    </row>
+    <row r="12" spans="1:11" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="57" t="s">
+        <v>276</v>
+      </c>
+      <c r="B12" s="69">
+        <v>11</v>
+      </c>
+      <c r="C12" s="67">
+        <v>4</v>
+      </c>
+      <c r="D12" s="67">
+        <v>7</v>
+      </c>
+      <c r="H12" s="74"/>
+      <c r="I12" s="74"/>
+      <c r="J12" s="74"/>
+      <c r="K12" s="74"/>
+    </row>
+    <row r="13" spans="1:11" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A13" s="91" t="s">
+        <v>253</v>
+      </c>
+      <c r="B13" s="69">
+        <v>5</v>
+      </c>
+      <c r="C13" s="67">
+        <v>2</v>
+      </c>
+      <c r="D13" s="67">
+        <v>3</v>
+      </c>
+      <c r="H13" s="74"/>
+      <c r="I13" s="74"/>
+      <c r="J13" s="74"/>
+      <c r="K13" s="74"/>
+    </row>
+    <row r="14" spans="1:11" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A14" s="91" t="s">
+        <v>254</v>
+      </c>
+      <c r="B14" s="143">
+        <v>4</v>
+      </c>
+      <c r="C14" s="143">
+        <v>1</v>
+      </c>
+      <c r="D14" s="143">
+        <v>3</v>
+      </c>
+      <c r="H14" s="74"/>
+      <c r="I14" s="74"/>
+      <c r="J14" s="74"/>
+      <c r="K14" s="74"/>
+    </row>
+    <row r="15" spans="1:11" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A15" s="91" t="s">
+        <v>255</v>
+      </c>
+      <c r="B15" s="143">
+        <v>53</v>
+      </c>
+      <c r="C15" s="143">
+        <v>19</v>
+      </c>
+      <c r="D15" s="143">
+        <v>34</v>
+      </c>
+      <c r="H15" s="74"/>
+      <c r="I15" s="74"/>
+      <c r="J15" s="74"/>
+      <c r="K15" s="74"/>
+    </row>
+    <row r="16" spans="1:11" x14ac:dyDescent="0.2">
+      <c r="B16" s="74"/>
+      <c r="C16" s="74"/>
+      <c r="D16" s="74"/>
+    </row>
+    <row r="17" spans="2:4" x14ac:dyDescent="0.2">
+      <c r="B17" s="74"/>
+      <c r="C17" s="74"/>
+      <c r="D17" s="74"/>
+    </row>
+    <row r="18" spans="2:4" x14ac:dyDescent="0.2">
+      <c r="B18" s="74"/>
+      <c r="C18" s="74"/>
+      <c r="D18" s="74"/>
+    </row>
+    <row r="19" spans="2:4" x14ac:dyDescent="0.2">
+      <c r="B19" s="74"/>
+      <c r="C19" s="74"/>
+      <c r="D19" s="74"/>
+    </row>
+    <row r="20" spans="2:4" x14ac:dyDescent="0.2">
+      <c r="B20" s="74"/>
+      <c r="C20" s="74"/>
+      <c r="D20" s="74"/>
+    </row>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="A5:A7"/>
+    <mergeCell ref="B5:D5"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="C6:C7"/>
+    <mergeCell ref="D6:D7"/>
+  </mergeCells>
+  <conditionalFormatting sqref="A8:B8">
+    <cfRule type="expression" dxfId="82" priority="38">
+      <formula>COLUMN()&lt;&gt;9</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A9:B11">
+    <cfRule type="expression" dxfId="81" priority="40">
+      <formula>COLUMN()&lt;&gt;11</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A12:B12">
+    <cfRule type="expression" dxfId="80" priority="29">
+      <formula>COLUMN()&lt;&gt;9</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A13:B13">
+    <cfRule type="expression" dxfId="79" priority="10">
+      <formula>COLUMN()&lt;&gt;11</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A8:D11">
+    <cfRule type="expression" dxfId="78" priority="31">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="77" priority="32">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="76" priority="33">
+      <formula>TRUE()</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A12:D15">
+    <cfRule type="expression" dxfId="75" priority="1">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="74" priority="3">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="73" priority="4">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A14:D15">
+    <cfRule type="expression" dxfId="72" priority="2">
+      <formula>COLUMN()&lt;&gt;11</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B8:B13">
+    <cfRule type="cellIs" dxfId="71" priority="30" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C8:D13">
+    <cfRule type="expression" dxfId="70" priority="8">
+      <formula>COLUMN()&lt;&gt;9</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{685DA9FB-62A0-42E3-BF9E-95AF4CB600DB}">
   <dimension ref="A1:L13"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="45.42578125" customWidth="1"/>
     <col min="2" max="2" width="16.28515625" customWidth="1"/>
     <col min="3" max="4" width="10.28515625" customWidth="1"/>
     <col min="5" max="6" width="9.140625" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="0.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:12" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="88"/>
     </row>
     <row r="2" spans="1:12" ht="18" x14ac:dyDescent="0.2">
       <c r="A2" s="46" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="B2" s="89"/>
       <c r="C2" s="89"/>
       <c r="D2" s="89"/>
     </row>
     <row r="3" spans="1:12" ht="18" x14ac:dyDescent="0.2">
       <c r="A3" s="90" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="B3" s="89"/>
       <c r="C3" s="89"/>
       <c r="D3" s="89"/>
     </row>
     <row r="4" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:12" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="171" t="s">
+      <c r="A5" s="179" t="s">
         <v>145</v>
       </c>
-      <c r="B5" s="174" t="s">
+      <c r="B5" s="182" t="s">
         <v>149</v>
       </c>
-      <c r="C5" s="175"/>
-      <c r="D5" s="175"/>
+      <c r="C5" s="183"/>
+      <c r="D5" s="183"/>
     </row>
     <row r="6" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A6" s="172"/>
-      <c r="B6" s="169" t="s">
+      <c r="A6" s="180"/>
+      <c r="B6" s="177" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="169" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="167" t="s">
+      <c r="C6" s="177" t="s">
+        <v>0</v>
+      </c>
+      <c r="D6" s="175" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="173"/>
-[...2 lines deleted...]
-      <c r="D7" s="168"/>
+      <c r="A7" s="181"/>
+      <c r="B7" s="178"/>
+      <c r="C7" s="178"/>
+      <c r="D7" s="176"/>
     </row>
     <row r="8" spans="1:12" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="13" t="s">
         <v>142</v>
       </c>
       <c r="B8" s="72">
-        <v>8256</v>
+        <v>9680</v>
       </c>
       <c r="C8" s="73">
-        <v>4147</v>
+        <v>4765</v>
       </c>
       <c r="D8" s="73">
-        <v>4109</v>
+        <v>4915</v>
       </c>
       <c r="J8" s="74"/>
       <c r="K8" s="74"/>
       <c r="L8" s="74"/>
     </row>
     <row r="9" spans="1:12" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="61" t="s">
         <v>144</v>
       </c>
       <c r="B9" s="69">
-        <v>8212</v>
+        <v>9627</v>
       </c>
       <c r="C9" s="67">
-        <v>4129</v>
+        <v>4743</v>
       </c>
       <c r="D9" s="67">
-        <v>4083</v>
+        <v>4884</v>
       </c>
       <c r="J9" s="74"/>
       <c r="K9" s="74"/>
       <c r="L9" s="74"/>
     </row>
     <row r="10" spans="1:12" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="91" t="s">
         <v>158</v>
       </c>
       <c r="B10" s="69">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="C10" s="67">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="D10" s="67">
-        <v>26</v>
+        <v>31</v>
       </c>
       <c r="J10" s="74"/>
       <c r="K10" s="74"/>
       <c r="L10" s="74"/>
     </row>
     <row r="11" spans="1:12" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A11" s="91" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B11" s="69">
+        <v>6</v>
+      </c>
+      <c r="C11" s="67">
         <v>5</v>
-      </c>
-[...1 lines deleted...]
-        <v>4</v>
       </c>
       <c r="D11" s="67">
         <v>1</v>
       </c>
       <c r="J11" s="74"/>
       <c r="K11" s="74"/>
       <c r="L11" s="74"/>
     </row>
     <row r="12" spans="1:12" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A12" s="91" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B12" s="69">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="C12" s="69">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="D12" s="69">
-        <v>25</v>
+        <v>30</v>
       </c>
     </row>
     <row r="13" spans="1:12" x14ac:dyDescent="0.2">
       <c r="B13" s="74"/>
       <c r="C13" s="74"/>
       <c r="D13" s="74"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
   </mergeCells>
   <conditionalFormatting sqref="A8:B8">
-    <cfRule type="expression" dxfId="53" priority="38">
+    <cfRule type="expression" dxfId="69" priority="38">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A9:B11">
-    <cfRule type="expression" dxfId="52" priority="40">
+    <cfRule type="expression" dxfId="68" priority="40">
       <formula>COLUMN()&lt;&gt;11</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A8:D11">
-    <cfRule type="expression" dxfId="51" priority="31">
+    <cfRule type="expression" dxfId="67" priority="31">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="50" priority="32">
+    <cfRule type="expression" dxfId="66" priority="32">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="49" priority="33">
+    <cfRule type="expression" dxfId="65" priority="33">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A12:D12">
-    <cfRule type="expression" dxfId="48" priority="2">
+    <cfRule type="expression" dxfId="64" priority="2">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="47" priority="3">
+    <cfRule type="expression" dxfId="63" priority="3">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="46" priority="4">
+    <cfRule type="expression" dxfId="62" priority="4">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="45" priority="5">
+    <cfRule type="expression" dxfId="61" priority="5">
       <formula>COLUMN()&lt;&gt;11</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B8:B12">
-    <cfRule type="cellIs" dxfId="44" priority="30" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="60" priority="30" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C8:D11">
-    <cfRule type="expression" dxfId="43" priority="34">
+    <cfRule type="expression" dxfId="59" priority="34">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C12:D12">
-    <cfRule type="cellIs" dxfId="42" priority="1" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="58" priority="1" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet11.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{9589CC92-F259-40E0-849E-9CC7183A79B8}">
+  <dimension ref="A1:L13"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="45.42578125" customWidth="1"/>
+    <col min="2" max="2" width="16.28515625" customWidth="1"/>
+    <col min="3" max="4" width="10.28515625" customWidth="1"/>
+    <col min="5" max="6" width="9.140625" hidden="1" customWidth="1"/>
+    <col min="7" max="7" width="0.140625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:12" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="88"/>
+    </row>
+    <row r="2" spans="1:12" ht="18" x14ac:dyDescent="0.2">
+      <c r="A2" s="46" t="s">
+        <v>311</v>
+      </c>
+      <c r="B2" s="89"/>
+      <c r="C2" s="89"/>
+      <c r="D2" s="89"/>
+    </row>
+    <row r="3" spans="1:12" ht="18" x14ac:dyDescent="0.2">
+      <c r="A3" s="90" t="s">
+        <v>312</v>
+      </c>
+      <c r="B3" s="89"/>
+      <c r="C3" s="89"/>
+      <c r="D3" s="89"/>
+    </row>
+    <row r="4" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="5" spans="1:12" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="179" t="s">
+        <v>145</v>
+      </c>
+      <c r="B5" s="182" t="s">
+        <v>149</v>
+      </c>
+      <c r="C5" s="183"/>
+      <c r="D5" s="183"/>
+    </row>
+    <row r="6" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="A6" s="180"/>
+      <c r="B6" s="177" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="177" t="s">
+        <v>0</v>
+      </c>
+      <c r="D6" s="175" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:12" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A7" s="181"/>
+      <c r="B7" s="178"/>
+      <c r="C7" s="178"/>
+      <c r="D7" s="176"/>
+    </row>
+    <row r="8" spans="1:12" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="B8" s="72">
+        <v>1665</v>
+      </c>
+      <c r="C8" s="73">
+        <v>875</v>
+      </c>
+      <c r="D8" s="73">
+        <v>790</v>
+      </c>
+      <c r="J8" s="74"/>
+      <c r="K8" s="74"/>
+      <c r="L8" s="74"/>
+    </row>
+    <row r="9" spans="1:12" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="61" t="s">
+        <v>144</v>
+      </c>
+      <c r="B9" s="69">
+        <v>1651</v>
+      </c>
+      <c r="C9" s="67">
+        <v>871</v>
+      </c>
+      <c r="D9" s="67">
+        <v>780</v>
+      </c>
+      <c r="J9" s="74"/>
+      <c r="K9" s="74"/>
+      <c r="L9" s="74"/>
+    </row>
+    <row r="10" spans="1:12" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="91" t="s">
+        <v>158</v>
+      </c>
+      <c r="B10" s="69">
+        <v>14</v>
+      </c>
+      <c r="C10" s="67">
+        <v>4</v>
+      </c>
+      <c r="D10" s="67">
+        <v>10</v>
+      </c>
+      <c r="J10" s="74"/>
+      <c r="K10" s="74"/>
+      <c r="L10" s="74"/>
+    </row>
+    <row r="11" spans="1:12" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A11" s="91" t="s">
+        <v>253</v>
+      </c>
+      <c r="B11" s="69">
+        <v>1</v>
+      </c>
+      <c r="C11" s="67">
+        <v>1</v>
+      </c>
+      <c r="D11" s="67">
+        <v>0</v>
+      </c>
+      <c r="J11" s="74"/>
+      <c r="K11" s="74"/>
+      <c r="L11" s="74"/>
+    </row>
+    <row r="12" spans="1:12" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A12" s="91" t="s">
+        <v>255</v>
+      </c>
+      <c r="B12" s="69">
+        <v>13</v>
+      </c>
+      <c r="C12" s="69">
+        <v>3</v>
+      </c>
+      <c r="D12" s="69">
+        <v>10</v>
+      </c>
+    </row>
+    <row r="13" spans="1:12" x14ac:dyDescent="0.2">
+      <c r="B13" s="74"/>
+      <c r="C13" s="74"/>
+      <c r="D13" s="74"/>
+    </row>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="A5:A7"/>
+    <mergeCell ref="B5:D5"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="C6:C7"/>
+    <mergeCell ref="D6:D7"/>
+  </mergeCells>
+  <conditionalFormatting sqref="A8:B8">
+    <cfRule type="expression" dxfId="57" priority="11">
+      <formula>COLUMN()&lt;&gt;9</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A9:B11">
+    <cfRule type="expression" dxfId="56" priority="12">
+      <formula>COLUMN()&lt;&gt;11</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A8:D11">
+    <cfRule type="expression" dxfId="55" priority="7">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="54" priority="8">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="53" priority="9">
+      <formula>TRUE()</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A12:D12">
+    <cfRule type="expression" dxfId="52" priority="2">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="51" priority="3">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="50" priority="4">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="49" priority="5">
+      <formula>COLUMN()&lt;&gt;11</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B8:B12">
+    <cfRule type="cellIs" dxfId="48" priority="6" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C8:D11">
+    <cfRule type="expression" dxfId="47" priority="10">
+      <formula>COLUMN()&lt;&gt;9</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C12:D12">
+    <cfRule type="cellIs" dxfId="46" priority="1" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet13.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{04BB3237-80EF-4D92-A508-358AF96C79C5}">
-  <dimension ref="A1:X807"/>
+  <dimension ref="A1:X809"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="10" style="3" customWidth="1"/>
     <col min="2" max="2" width="15.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="3" max="8" width="10.7109375" style="4" customWidth="1"/>
     <col min="9" max="16384" width="8.5703125" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:24" ht="45" customHeight="1" x14ac:dyDescent="0.2"/>
     <row r="2" spans="1:24" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A2" s="17" t="s">
-        <v>304</v>
+        <v>329</v>
       </c>
       <c r="B2" s="17"/>
     </row>
     <row r="3" spans="1:24" ht="18" customHeight="1" x14ac:dyDescent="0.35">
       <c r="A3" s="76" t="s">
-        <v>305</v>
+        <v>315</v>
       </c>
       <c r="B3" s="75"/>
     </row>
     <row r="4" spans="1:24" s="2" customFormat="1" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A4" s="20" t="s">
         <v>34</v>
       </c>
       <c r="B4" s="20"/>
     </row>
     <row r="5" spans="1:24" ht="15" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A5" s="21" t="s">
         <v>20</v>
       </c>
       <c r="B5" s="21"/>
     </row>
     <row r="6" spans="1:24" ht="15" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A6" s="21"/>
       <c r="B6" s="21"/>
     </row>
     <row r="7" spans="1:24" ht="40.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="157"/>
+      <c r="A7" s="165"/>
       <c r="B7" s="48"/>
-      <c r="C7" s="160" t="s">
+      <c r="C7" s="168" t="s">
         <v>152</v>
       </c>
-      <c r="D7" s="161"/>
-[...1 lines deleted...]
-      <c r="F7" s="160" t="s">
+      <c r="D7" s="169"/>
+      <c r="E7" s="169"/>
+      <c r="F7" s="168" t="s">
         <v>159</v>
       </c>
-      <c r="G7" s="161"/>
-      <c r="H7" s="161"/>
+      <c r="G7" s="169"/>
+      <c r="H7" s="169"/>
     </row>
     <row r="8" spans="1:24" ht="12.75" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A8" s="179"/>
+      <c r="A8" s="187"/>
       <c r="B8" s="49"/>
-      <c r="C8" s="164" t="s">
+      <c r="C8" s="172" t="s">
         <v>6</v>
       </c>
-      <c r="D8" s="162" t="s">
+      <c r="D8" s="170" t="s">
         <v>32</v>
       </c>
-      <c r="E8" s="181" t="s">
+      <c r="E8" s="189" t="s">
         <v>33</v>
       </c>
-      <c r="F8" s="164" t="s">
+      <c r="F8" s="172" t="s">
         <v>6</v>
       </c>
-      <c r="G8" s="162" t="s">
+      <c r="G8" s="170" t="s">
         <v>32</v>
       </c>
-      <c r="H8" s="181" t="s">
+      <c r="H8" s="189" t="s">
         <v>33</v>
       </c>
     </row>
     <row r="9" spans="1:24" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A9" s="180"/>
+      <c r="A9" s="188"/>
       <c r="B9" s="50"/>
-      <c r="C9" s="163"/>
-[...4 lines deleted...]
-      <c r="H9" s="182"/>
+      <c r="C9" s="171"/>
+      <c r="D9" s="171"/>
+      <c r="E9" s="190"/>
+      <c r="F9" s="171"/>
+      <c r="G9" s="171"/>
+      <c r="H9" s="190"/>
     </row>
     <row r="10" spans="1:24" s="64" customFormat="1" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="62" t="s">
         <v>186</v>
       </c>
       <c r="B10" s="62" t="s">
         <v>187</v>
       </c>
       <c r="C10" s="63" t="s">
         <v>188</v>
       </c>
       <c r="D10" s="63" t="s">
         <v>189</v>
       </c>
       <c r="E10" s="63" t="s">
         <v>190</v>
       </c>
       <c r="F10" s="63" t="s">
         <v>191</v>
       </c>
       <c r="G10" s="63" t="s">
         <v>192</v>
       </c>
       <c r="H10" s="63" t="s">
         <v>193</v>
       </c>
     </row>
     <row r="11" spans="1:24" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="132" t="s">
-[...2 lines deleted...]
-      <c r="B11" s="133" t="s">
+      <c r="A11" s="130" t="s">
+        <v>306</v>
+      </c>
+      <c r="B11" s="131" t="s">
         <v>138</v>
       </c>
-      <c r="C11" s="134">
-[...15 lines deleted...]
-        <v>191</v>
+      <c r="C11" s="132">
+        <v>2</v>
+      </c>
+      <c r="D11" s="132">
+        <v>0</v>
+      </c>
+      <c r="E11" s="132">
+        <v>2</v>
+      </c>
+      <c r="F11" s="132">
+        <v>10</v>
+      </c>
+      <c r="G11" s="132">
+        <v>3</v>
+      </c>
+      <c r="H11" s="132">
+        <v>7</v>
       </c>
       <c r="I11" s="65"/>
       <c r="J11" s="65"/>
       <c r="K11" s="65"/>
       <c r="L11" s="65"/>
       <c r="M11" s="65"/>
-      <c r="N11" s="142"/>
+      <c r="N11" s="140"/>
       <c r="O11" s="94"/>
     </row>
     <row r="12" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="132"/>
-      <c r="B12" s="137" t="s">
+      <c r="A12" s="87"/>
+      <c r="B12" s="16" t="s">
         <v>139</v>
       </c>
-      <c r="C12" s="135">
-[...5 lines deleted...]
-      <c r="E12" s="135">
+      <c r="C12" s="133">
+        <v>2</v>
+      </c>
+      <c r="D12" s="133">
+        <v>0</v>
+      </c>
+      <c r="E12" s="133">
+        <v>2</v>
+      </c>
+      <c r="F12" s="133">
         <v>10</v>
       </c>
-      <c r="F12" s="135">
-[...6 lines deleted...]
-        <v>8</v>
+      <c r="G12" s="134">
+        <v>3</v>
+      </c>
+      <c r="H12" s="134">
+        <v>7</v>
       </c>
       <c r="I12" s="66"/>
       <c r="S12" s="71"/>
       <c r="T12" s="71"/>
       <c r="U12" s="71"/>
       <c r="V12" s="71"/>
       <c r="W12" s="71"/>
       <c r="X12" s="71"/>
     </row>
-    <row r="13" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-[...4 lines deleted...]
-      <c r="C13" s="135">
+    <row r="13" spans="1:24" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="130" t="s">
+        <v>277</v>
+      </c>
+      <c r="B13" s="131" t="s">
+        <v>138</v>
+      </c>
+      <c r="C13" s="132">
+        <v>177</v>
+      </c>
+      <c r="D13" s="132">
+        <v>35</v>
+      </c>
+      <c r="E13" s="132">
+        <v>142</v>
+      </c>
+      <c r="F13" s="132">
+        <v>249</v>
+      </c>
+      <c r="G13" s="132">
+        <v>46</v>
+      </c>
+      <c r="H13" s="132">
+        <v>203</v>
+      </c>
+      <c r="I13" s="65"/>
+      <c r="J13" s="65"/>
+      <c r="K13" s="65"/>
+      <c r="L13" s="65"/>
+      <c r="M13" s="65"/>
+      <c r="N13" s="140"/>
+      <c r="O13" s="94"/>
+    </row>
+    <row r="14" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="130"/>
+      <c r="B14" s="135" t="s">
+        <v>139</v>
+      </c>
+      <c r="C14" s="133">
         <v>11</v>
       </c>
-      <c r="D13" s="135">
-[...8 lines deleted...]
-      <c r="G13" s="136">
+      <c r="D14" s="133">
         <v>1</v>
       </c>
-      <c r="H13" s="136">
-[...15 lines deleted...]
-      <c r="C14" s="135">
+      <c r="E14" s="133">
+        <v>10</v>
+      </c>
+      <c r="F14" s="133">
+        <v>10</v>
+      </c>
+      <c r="G14" s="134">
+        <v>2</v>
+      </c>
+      <c r="H14" s="134">
         <v>8</v>
-      </c>
-[...13 lines deleted...]
-        <v>18</v>
       </c>
       <c r="I14" s="66"/>
       <c r="S14" s="71"/>
       <c r="T14" s="71"/>
       <c r="U14" s="71"/>
       <c r="V14" s="71"/>
       <c r="W14" s="71"/>
       <c r="X14" s="71"/>
     </row>
     <row r="15" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="87"/>
       <c r="B15" s="16" t="s">
-        <v>156</v>
-[...1 lines deleted...]
-      <c r="C15" s="135">
+        <v>140</v>
+      </c>
+      <c r="C15" s="133">
+        <v>11</v>
+      </c>
+      <c r="D15" s="133">
         <v>4</v>
       </c>
-      <c r="D15" s="135">
+      <c r="E15" s="133">
+        <v>7</v>
+      </c>
+      <c r="F15" s="133">
+        <v>16</v>
+      </c>
+      <c r="G15" s="134">
         <v>1</v>
       </c>
-      <c r="E15" s="135">
-[...9 lines deleted...]
-        <v>17</v>
+      <c r="H15" s="134">
+        <v>15</v>
       </c>
       <c r="I15" s="66"/>
       <c r="S15" s="71"/>
       <c r="T15" s="71"/>
       <c r="U15" s="71"/>
       <c r="V15" s="71"/>
       <c r="W15" s="71"/>
       <c r="X15" s="71"/>
     </row>
     <row r="16" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="87"/>
       <c r="B16" s="16" t="s">
-        <v>163</v>
-[...1 lines deleted...]
-      <c r="C16" s="135">
+        <v>141</v>
+      </c>
+      <c r="C16" s="133">
+        <v>8</v>
+      </c>
+      <c r="D16" s="133">
+        <v>3</v>
+      </c>
+      <c r="E16" s="133">
+        <v>5</v>
+      </c>
+      <c r="F16" s="133">
+        <v>22</v>
+      </c>
+      <c r="G16" s="134">
+        <v>4</v>
+      </c>
+      <c r="H16" s="134">
         <v>18</v>
-      </c>
-[...13 lines deleted...]
-        <v>11</v>
       </c>
       <c r="I16" s="66"/>
       <c r="S16" s="71"/>
       <c r="T16" s="71"/>
       <c r="U16" s="71"/>
       <c r="V16" s="71"/>
       <c r="W16" s="71"/>
       <c r="X16" s="71"/>
     </row>
     <row r="17" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="87"/>
       <c r="B17" s="16" t="s">
-        <v>164</v>
-[...1 lines deleted...]
-      <c r="C17" s="135">
+        <v>156</v>
+      </c>
+      <c r="C17" s="133">
+        <v>4</v>
+      </c>
+      <c r="D17" s="133">
+        <v>1</v>
+      </c>
+      <c r="E17" s="133">
+        <v>3</v>
+      </c>
+      <c r="F17" s="133">
+        <v>19</v>
+      </c>
+      <c r="G17" s="134">
+        <v>2</v>
+      </c>
+      <c r="H17" s="134">
         <v>17</v>
-      </c>
-[...13 lines deleted...]
-        <v>19</v>
       </c>
       <c r="I17" s="66"/>
       <c r="S17" s="71"/>
       <c r="T17" s="71"/>
       <c r="U17" s="71"/>
       <c r="V17" s="71"/>
       <c r="W17" s="71"/>
       <c r="X17" s="71"/>
     </row>
     <row r="18" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="87"/>
       <c r="B18" s="16" t="s">
-        <v>167</v>
-[...7 lines deleted...]
-      <c r="E18" s="135">
+        <v>163</v>
+      </c>
+      <c r="C18" s="133">
+        <v>18</v>
+      </c>
+      <c r="D18" s="133">
+        <v>4</v>
+      </c>
+      <c r="E18" s="133">
         <v>14</v>
       </c>
-      <c r="F18" s="135">
-[...6 lines deleted...]
-        <v>45</v>
+      <c r="F18" s="133">
+        <v>16</v>
+      </c>
+      <c r="G18" s="134">
+        <v>5</v>
+      </c>
+      <c r="H18" s="134">
+        <v>11</v>
       </c>
       <c r="I18" s="66"/>
       <c r="S18" s="71"/>
       <c r="T18" s="71"/>
       <c r="U18" s="71"/>
       <c r="V18" s="71"/>
       <c r="W18" s="71"/>
       <c r="X18" s="71"/>
     </row>
     <row r="19" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="87"/>
       <c r="B19" s="16" t="s">
-        <v>168</v>
-[...4 lines deleted...]
-      <c r="D19" s="135">
+        <v>164</v>
+      </c>
+      <c r="C19" s="133">
+        <v>17</v>
+      </c>
+      <c r="D19" s="133">
         <v>4</v>
       </c>
-      <c r="E19" s="135">
-[...9 lines deleted...]
-        <v>29</v>
+      <c r="E19" s="133">
+        <v>13</v>
+      </c>
+      <c r="F19" s="133">
+        <v>24</v>
+      </c>
+      <c r="G19" s="134">
+        <v>5</v>
+      </c>
+      <c r="H19" s="134">
+        <v>19</v>
       </c>
       <c r="I19" s="66"/>
       <c r="S19" s="71"/>
       <c r="T19" s="71"/>
       <c r="U19" s="71"/>
       <c r="V19" s="71"/>
       <c r="W19" s="71"/>
       <c r="X19" s="71"/>
     </row>
     <row r="20" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="87"/>
       <c r="B20" s="16" t="s">
-        <v>171</v>
-[...4 lines deleted...]
-      <c r="D20" s="135">
+        <v>167</v>
+      </c>
+      <c r="C20" s="133">
+        <v>15</v>
+      </c>
+      <c r="D20" s="133">
         <v>1</v>
       </c>
-      <c r="E20" s="135">
-[...5 lines deleted...]
-      <c r="G20" s="136">
+      <c r="E20" s="133">
+        <v>14</v>
+      </c>
+      <c r="F20" s="133">
+        <v>48</v>
+      </c>
+      <c r="G20" s="134">
         <v>3</v>
       </c>
-      <c r="H20" s="136">
-        <v>14</v>
+      <c r="H20" s="134">
+        <v>45</v>
       </c>
       <c r="I20" s="66"/>
       <c r="S20" s="71"/>
       <c r="T20" s="71"/>
       <c r="U20" s="71"/>
       <c r="V20" s="71"/>
       <c r="W20" s="71"/>
       <c r="X20" s="71"/>
     </row>
     <row r="21" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="87"/>
       <c r="B21" s="16" t="s">
-        <v>174</v>
-[...17 lines deleted...]
-        <v>15</v>
+        <v>168</v>
+      </c>
+      <c r="C21" s="133">
+        <v>25</v>
+      </c>
+      <c r="D21" s="133">
+        <v>4</v>
+      </c>
+      <c r="E21" s="133">
+        <v>21</v>
+      </c>
+      <c r="F21" s="133">
+        <v>43</v>
+      </c>
+      <c r="G21" s="134">
+        <v>14</v>
+      </c>
+      <c r="H21" s="134">
+        <v>29</v>
       </c>
       <c r="I21" s="66"/>
       <c r="S21" s="71"/>
       <c r="T21" s="71"/>
       <c r="U21" s="71"/>
       <c r="V21" s="71"/>
       <c r="W21" s="71"/>
       <c r="X21" s="71"/>
     </row>
     <row r="22" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="87"/>
       <c r="B22" s="16" t="s">
-        <v>179</v>
-[...6 lines deleted...]
-      <c r="H22" s="136"/>
+        <v>171</v>
+      </c>
+      <c r="C22" s="133">
+        <v>27</v>
+      </c>
+      <c r="D22" s="133">
+        <v>1</v>
+      </c>
+      <c r="E22" s="133">
+        <v>26</v>
+      </c>
+      <c r="F22" s="133">
+        <v>17</v>
+      </c>
+      <c r="G22" s="134">
+        <v>3</v>
+      </c>
+      <c r="H22" s="134">
+        <v>14</v>
+      </c>
       <c r="I22" s="66"/>
       <c r="S22" s="71"/>
       <c r="T22" s="71"/>
       <c r="U22" s="71"/>
       <c r="V22" s="71"/>
       <c r="W22" s="71"/>
       <c r="X22" s="71"/>
     </row>
     <row r="23" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="87"/>
       <c r="B23" s="16" t="s">
-        <v>180</v>
-[...6 lines deleted...]
-      <c r="H23" s="136"/>
+        <v>174</v>
+      </c>
+      <c r="C23" s="133">
+        <v>12</v>
+      </c>
+      <c r="D23" s="133">
+        <v>3</v>
+      </c>
+      <c r="E23" s="133">
+        <v>9</v>
+      </c>
+      <c r="F23" s="133">
+        <v>17</v>
+      </c>
+      <c r="G23" s="134">
+        <v>2</v>
+      </c>
+      <c r="H23" s="134">
+        <v>15</v>
+      </c>
       <c r="I23" s="66"/>
       <c r="S23" s="71"/>
       <c r="T23" s="71"/>
       <c r="U23" s="71"/>
       <c r="V23" s="71"/>
       <c r="W23" s="71"/>
       <c r="X23" s="71"/>
     </row>
-    <row r="24" spans="1:24" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-[...24 lines deleted...]
-      <c r="I24" s="47"/>
+    <row r="24" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="87"/>
+      <c r="B24" s="16" t="s">
+        <v>179</v>
+      </c>
+      <c r="C24" s="133">
+        <v>12</v>
+      </c>
+      <c r="D24" s="133">
+        <v>5</v>
+      </c>
+      <c r="E24" s="133">
+        <v>7</v>
+      </c>
+      <c r="F24" s="133">
+        <v>9</v>
+      </c>
+      <c r="G24" s="134" t="s">
+        <v>12</v>
+      </c>
+      <c r="H24" s="134">
+        <v>9</v>
+      </c>
+      <c r="I24" s="66"/>
       <c r="S24" s="71"/>
       <c r="T24" s="71"/>
       <c r="U24" s="71"/>
       <c r="V24" s="71"/>
       <c r="W24" s="71"/>
       <c r="X24" s="71"/>
     </row>
     <row r="25" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="126"/>
-[...15 lines deleted...]
-      <c r="G25" s="136">
+      <c r="A25" s="87"/>
+      <c r="B25" s="16" t="s">
+        <v>180</v>
+      </c>
+      <c r="C25" s="133">
+        <v>17</v>
+      </c>
+      <c r="D25" s="133">
         <v>4</v>
       </c>
-      <c r="H25" s="136">
+      <c r="E25" s="133">
+        <v>13</v>
+      </c>
+      <c r="F25" s="133">
         <v>8</v>
+      </c>
+      <c r="G25" s="134">
+        <v>5</v>
+      </c>
+      <c r="H25" s="134">
+        <v>3</v>
       </c>
       <c r="I25" s="66"/>
       <c r="S25" s="71"/>
       <c r="T25" s="71"/>
       <c r="U25" s="71"/>
       <c r="V25" s="71"/>
       <c r="W25" s="71"/>
       <c r="X25" s="71"/>
     </row>
-    <row r="26" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-[...22 lines deleted...]
-      <c r="I26" s="66"/>
+    <row r="26" spans="1:24" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="13" t="s">
+        <v>270</v>
+      </c>
+      <c r="B26" s="13" t="s">
+        <v>138</v>
+      </c>
+      <c r="C26" s="127">
+        <v>276</v>
+      </c>
+      <c r="D26" s="127">
+        <v>69</v>
+      </c>
+      <c r="E26" s="127">
+        <v>207</v>
+      </c>
+      <c r="F26" s="127">
+        <v>214</v>
+      </c>
+      <c r="G26" s="127">
+        <v>45</v>
+      </c>
+      <c r="H26" s="127">
+        <v>169</v>
+      </c>
+      <c r="I26" s="47"/>
       <c r="S26" s="71"/>
       <c r="T26" s="71"/>
       <c r="U26" s="71"/>
       <c r="V26" s="71"/>
       <c r="W26" s="71"/>
       <c r="X26" s="71"/>
     </row>
     <row r="27" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A27" s="126"/>
-[...3 lines deleted...]
-      <c r="C27" s="135">
+      <c r="A27" s="124"/>
+      <c r="B27" s="124" t="s">
+        <v>139</v>
+      </c>
+      <c r="C27" s="133">
+        <v>31</v>
+      </c>
+      <c r="D27" s="133">
+        <v>7</v>
+      </c>
+      <c r="E27" s="133">
         <v>24</v>
       </c>
-      <c r="D27" s="135">
-[...8 lines deleted...]
-      <c r="G27" s="136">
+      <c r="F27" s="133">
+        <v>12</v>
+      </c>
+      <c r="G27" s="134">
         <v>4</v>
       </c>
-      <c r="H27" s="136">
-        <v>12</v>
+      <c r="H27" s="134">
+        <v>8</v>
       </c>
       <c r="I27" s="66"/>
       <c r="S27" s="71"/>
       <c r="T27" s="71"/>
       <c r="U27" s="71"/>
       <c r="V27" s="71"/>
       <c r="W27" s="71"/>
       <c r="X27" s="71"/>
     </row>
     <row r="28" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A28" s="126"/>
-[...12 lines deleted...]
-      <c r="F28" s="135">
+      <c r="A28" s="124"/>
+      <c r="B28" s="124" t="s">
+        <v>140</v>
+      </c>
+      <c r="C28" s="133">
+        <v>21</v>
+      </c>
+      <c r="D28" s="133">
+        <v>3</v>
+      </c>
+      <c r="E28" s="133">
+        <v>18</v>
+      </c>
+      <c r="F28" s="133">
         <v>9</v>
       </c>
-      <c r="G28" s="136">
-[...3 lines deleted...]
-        <v>7</v>
+      <c r="G28" s="134">
+        <v>1</v>
+      </c>
+      <c r="H28" s="134">
+        <v>8</v>
       </c>
       <c r="I28" s="66"/>
       <c r="S28" s="71"/>
       <c r="T28" s="71"/>
       <c r="U28" s="71"/>
       <c r="V28" s="71"/>
       <c r="W28" s="71"/>
       <c r="X28" s="71"/>
     </row>
     <row r="29" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A29" s="126"/>
-[...6 lines deleted...]
-      <c r="D29" s="135">
+      <c r="A29" s="124"/>
+      <c r="B29" s="124" t="s">
+        <v>141</v>
+      </c>
+      <c r="C29" s="133">
+        <v>24</v>
+      </c>
+      <c r="D29" s="133">
         <v>5</v>
       </c>
-      <c r="E29" s="135">
-[...8 lines deleted...]
-      <c r="H29" s="136">
+      <c r="E29" s="133">
         <v>19</v>
+      </c>
+      <c r="F29" s="133">
+        <v>16</v>
+      </c>
+      <c r="G29" s="134">
+        <v>4</v>
+      </c>
+      <c r="H29" s="134">
+        <v>12</v>
       </c>
       <c r="I29" s="66"/>
       <c r="S29" s="71"/>
       <c r="T29" s="71"/>
       <c r="U29" s="71"/>
       <c r="V29" s="71"/>
       <c r="W29" s="71"/>
       <c r="X29" s="71"/>
     </row>
     <row r="30" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A30" s="126"/>
-[...6 lines deleted...]
-      <c r="D30" s="135">
+      <c r="A30" s="124"/>
+      <c r="B30" s="124" t="s">
+        <v>156</v>
+      </c>
+      <c r="C30" s="133">
+        <v>12</v>
+      </c>
+      <c r="D30" s="133">
+        <v>2</v>
+      </c>
+      <c r="E30" s="133">
+        <v>10</v>
+      </c>
+      <c r="F30" s="133">
+        <v>9</v>
+      </c>
+      <c r="G30" s="134">
+        <v>2</v>
+      </c>
+      <c r="H30" s="134">
         <v>7</v>
-      </c>
-[...10 lines deleted...]
-        <v>14</v>
       </c>
       <c r="I30" s="66"/>
       <c r="S30" s="71"/>
       <c r="T30" s="71"/>
       <c r="U30" s="71"/>
       <c r="V30" s="71"/>
       <c r="W30" s="71"/>
       <c r="X30" s="71"/>
     </row>
     <row r="31" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A31" s="126"/>
-[...6 lines deleted...]
-      <c r="D31" s="135">
+      <c r="A31" s="124"/>
+      <c r="B31" s="124" t="s">
+        <v>163</v>
+      </c>
+      <c r="C31" s="133">
+        <v>23</v>
+      </c>
+      <c r="D31" s="133">
+        <v>5</v>
+      </c>
+      <c r="E31" s="133">
+        <v>18</v>
+      </c>
+      <c r="F31" s="133">
+        <v>22</v>
+      </c>
+      <c r="G31" s="134">
         <v>3</v>
       </c>
-      <c r="E31" s="135">
-[...9 lines deleted...]
-        <v>21</v>
+      <c r="H31" s="134">
+        <v>19</v>
       </c>
       <c r="I31" s="66"/>
       <c r="S31" s="71"/>
       <c r="T31" s="71"/>
       <c r="U31" s="71"/>
       <c r="V31" s="71"/>
       <c r="W31" s="71"/>
       <c r="X31" s="71"/>
     </row>
     <row r="32" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A32" s="126"/>
-[...3 lines deleted...]
-      <c r="C32" s="135">
+      <c r="A32" s="124"/>
+      <c r="B32" s="124" t="s">
+        <v>164</v>
+      </c>
+      <c r="C32" s="133">
         <v>20</v>
       </c>
-      <c r="D32" s="135">
-[...12 lines deleted...]
-        <v>20</v>
+      <c r="D32" s="133">
+        <v>7</v>
+      </c>
+      <c r="E32" s="133">
+        <v>13</v>
+      </c>
+      <c r="F32" s="133">
+        <v>19</v>
+      </c>
+      <c r="G32" s="134">
+        <v>5</v>
+      </c>
+      <c r="H32" s="134">
+        <v>14</v>
       </c>
       <c r="I32" s="66"/>
       <c r="S32" s="71"/>
       <c r="T32" s="71"/>
       <c r="U32" s="71"/>
       <c r="V32" s="71"/>
       <c r="W32" s="71"/>
       <c r="X32" s="71"/>
     </row>
     <row r="33" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A33" s="126"/>
-[...19 lines deleted...]
-        <v>13</v>
+      <c r="A33" s="124"/>
+      <c r="B33" s="124" t="s">
+        <v>167</v>
+      </c>
+      <c r="C33" s="133">
+        <v>32</v>
+      </c>
+      <c r="D33" s="133">
+        <v>3</v>
+      </c>
+      <c r="E33" s="133">
+        <v>29</v>
+      </c>
+      <c r="F33" s="133">
+        <v>27</v>
+      </c>
+      <c r="G33" s="134">
+        <v>6</v>
+      </c>
+      <c r="H33" s="134">
+        <v>21</v>
       </c>
       <c r="I33" s="66"/>
       <c r="S33" s="71"/>
       <c r="T33" s="71"/>
       <c r="U33" s="71"/>
       <c r="V33" s="71"/>
       <c r="W33" s="71"/>
       <c r="X33" s="71"/>
     </row>
     <row r="34" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A34" s="126"/>
-[...9 lines deleted...]
-      <c r="E34" s="135">
+      <c r="A34" s="124"/>
+      <c r="B34" s="124" t="s">
+        <v>168</v>
+      </c>
+      <c r="C34" s="133">
         <v>20</v>
       </c>
-      <c r="F34" s="135">
-[...6 lines deleted...]
-        <v>21</v>
+      <c r="D34" s="133">
+        <v>4</v>
+      </c>
+      <c r="E34" s="133">
+        <v>16</v>
+      </c>
+      <c r="F34" s="133">
+        <v>30</v>
+      </c>
+      <c r="G34" s="134">
+        <v>10</v>
+      </c>
+      <c r="H34" s="134">
+        <v>20</v>
       </c>
       <c r="I34" s="66"/>
       <c r="S34" s="71"/>
       <c r="T34" s="71"/>
       <c r="U34" s="71"/>
       <c r="V34" s="71"/>
       <c r="W34" s="71"/>
       <c r="X34" s="71"/>
     </row>
     <row r="35" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A35" s="126"/>
-[...19 lines deleted...]
-        <v>12</v>
+      <c r="A35" s="124"/>
+      <c r="B35" s="124" t="s">
+        <v>171</v>
+      </c>
+      <c r="C35" s="133">
+        <v>37</v>
+      </c>
+      <c r="D35" s="133">
+        <v>15</v>
+      </c>
+      <c r="E35" s="133">
+        <v>22</v>
+      </c>
+      <c r="F35" s="133">
+        <v>14</v>
+      </c>
+      <c r="G35" s="134">
+        <v>1</v>
+      </c>
+      <c r="H35" s="134">
+        <v>13</v>
       </c>
       <c r="I35" s="66"/>
       <c r="S35" s="71"/>
       <c r="T35" s="71"/>
       <c r="U35" s="71"/>
       <c r="V35" s="71"/>
       <c r="W35" s="71"/>
       <c r="X35" s="71"/>
     </row>
     <row r="36" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A36" s="126"/>
-[...19 lines deleted...]
-        <v>14</v>
+      <c r="A36" s="124"/>
+      <c r="B36" s="124" t="s">
+        <v>174</v>
+      </c>
+      <c r="C36" s="133">
+        <v>25</v>
+      </c>
+      <c r="D36" s="133">
+        <v>5</v>
+      </c>
+      <c r="E36" s="133">
+        <v>20</v>
+      </c>
+      <c r="F36" s="133">
+        <v>26</v>
+      </c>
+      <c r="G36" s="134">
+        <v>5</v>
+      </c>
+      <c r="H36" s="134">
+        <v>21</v>
       </c>
       <c r="I36" s="66"/>
       <c r="S36" s="71"/>
       <c r="T36" s="71"/>
       <c r="U36" s="71"/>
       <c r="V36" s="71"/>
       <c r="W36" s="71"/>
       <c r="X36" s="71"/>
     </row>
-    <row r="37" spans="1:24" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A37" s="13" t="s">
+    <row r="37" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="124"/>
+      <c r="B37" s="124" t="s">
+        <v>179</v>
+      </c>
+      <c r="C37" s="133">
+        <v>16</v>
+      </c>
+      <c r="D37" s="133">
+        <v>7</v>
+      </c>
+      <c r="E37" s="133">
+        <v>9</v>
+      </c>
+      <c r="F37" s="133">
+        <v>12</v>
+      </c>
+      <c r="G37" s="134" t="s">
+        <v>12</v>
+      </c>
+      <c r="H37" s="134">
+        <v>12</v>
+      </c>
+      <c r="I37" s="66"/>
+      <c r="S37" s="71"/>
+      <c r="T37" s="71"/>
+      <c r="U37" s="71"/>
+      <c r="V37" s="71"/>
+      <c r="W37" s="71"/>
+      <c r="X37" s="71"/>
+    </row>
+    <row r="38" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="124"/>
+      <c r="B38" s="124" t="s">
+        <v>180</v>
+      </c>
+      <c r="C38" s="133">
+        <v>15</v>
+      </c>
+      <c r="D38" s="133">
+        <v>6</v>
+      </c>
+      <c r="E38" s="133">
+        <v>9</v>
+      </c>
+      <c r="F38" s="133">
+        <v>18</v>
+      </c>
+      <c r="G38" s="134">
+        <v>4</v>
+      </c>
+      <c r="H38" s="134">
+        <v>14</v>
+      </c>
+      <c r="I38" s="66"/>
+      <c r="S38" s="71"/>
+      <c r="T38" s="71"/>
+      <c r="U38" s="71"/>
+      <c r="V38" s="71"/>
+      <c r="W38" s="71"/>
+      <c r="X38" s="71"/>
+    </row>
+    <row r="39" spans="1:24" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="13" t="s">
         <v>185</v>
       </c>
-      <c r="B37" s="13" t="s">
+      <c r="B39" s="13" t="s">
         <v>138</v>
       </c>
-      <c r="C37" s="129">
+      <c r="C39" s="127">
         <v>339</v>
       </c>
-      <c r="D37" s="129">
+      <c r="D39" s="127">
         <v>80</v>
       </c>
-      <c r="E37" s="129">
+      <c r="E39" s="127">
         <v>259</v>
       </c>
-      <c r="F37" s="129">
+      <c r="F39" s="127">
         <v>147</v>
       </c>
-      <c r="G37" s="129">
+      <c r="G39" s="127">
         <v>59</v>
       </c>
-      <c r="H37" s="129">
+      <c r="H39" s="127">
         <v>88</v>
       </c>
-      <c r="I37" s="47"/>
-[...3 lines deleted...]
-      <c r="B38" s="126" t="s">
+      <c r="I39" s="47"/>
+    </row>
+    <row r="40" spans="1:24" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="124"/>
+      <c r="B40" s="124" t="s">
         <v>139</v>
       </c>
-      <c r="C38" s="68">
+      <c r="C40" s="68">
         <v>36</v>
       </c>
-      <c r="D38" s="68">
+      <c r="D40" s="68">
         <v>7</v>
-      </c>
-[...48 lines deleted...]
-        <v>8</v>
       </c>
       <c r="E40" s="68">
         <v>29</v>
       </c>
       <c r="F40" s="68">
         <v>10</v>
       </c>
       <c r="G40" s="67">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="H40" s="67">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="I40" s="47"/>
+        <v>7</v>
+      </c>
+      <c r="I40" s="66"/>
     </row>
     <row r="41" spans="1:24" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="16"/>
       <c r="B41" s="16" t="s">
-        <v>156</v>
+        <v>140</v>
       </c>
       <c r="C41" s="68">
-        <v>16</v>
+        <v>27</v>
       </c>
       <c r="D41" s="68">
         <v>4</v>
       </c>
       <c r="E41" s="68">
-        <v>12</v>
+        <v>23</v>
       </c>
       <c r="F41" s="68">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="G41" s="67">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="H41" s="67">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="I41" s="47"/>
     </row>
     <row r="42" spans="1:24" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="16"/>
       <c r="B42" s="16" t="s">
-        <v>163</v>
+        <v>141</v>
       </c>
       <c r="C42" s="68">
-        <v>21</v>
+        <v>37</v>
       </c>
       <c r="D42" s="68">
-        <v>9</v>
+        <v>8</v>
       </c>
       <c r="E42" s="68">
-        <v>12</v>
+        <v>29</v>
       </c>
       <c r="F42" s="68">
-        <v>12</v>
+        <v>10</v>
       </c>
       <c r="G42" s="67">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="H42" s="67">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="I42" s="47"/>
     </row>
     <row r="43" spans="1:24" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="16"/>
       <c r="B43" s="16" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="C43" s="68">
-        <v>30</v>
+        <v>16</v>
       </c>
       <c r="D43" s="68">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="E43" s="68">
-        <v>22</v>
+        <v>12</v>
       </c>
       <c r="F43" s="68">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="G43" s="67">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="H43" s="67">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="I43" s="47"/>
     </row>
     <row r="44" spans="1:24" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="16"/>
       <c r="B44" s="16" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C44" s="68">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="D44" s="68">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="E44" s="68">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="F44" s="68">
         <v>12</v>
       </c>
       <c r="G44" s="67">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="H44" s="67">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I44" s="47"/>
     </row>
     <row r="45" spans="1:24" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A45" s="16"/>
-      <c r="B45" s="57" t="s">
-        <v>168</v>
+      <c r="B45" s="16" t="s">
+        <v>164</v>
       </c>
       <c r="C45" s="68">
-        <v>42</v>
+        <v>30</v>
       </c>
       <c r="D45" s="68">
+        <v>8</v>
+      </c>
+      <c r="E45" s="68">
+        <v>22</v>
+      </c>
+      <c r="F45" s="68">
+        <v>20</v>
+      </c>
+      <c r="G45" s="67">
+        <v>11</v>
+      </c>
+      <c r="H45" s="67">
         <v>9</v>
-      </c>
-[...10 lines deleted...]
-        <v>13</v>
       </c>
       <c r="I45" s="47"/>
     </row>
     <row r="46" spans="1:24" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="16"/>
-      <c r="B46" s="57" t="s">
-        <v>171</v>
+      <c r="B46" s="16" t="s">
+        <v>167</v>
       </c>
       <c r="C46" s="68">
-        <v>31</v>
+        <v>27</v>
       </c>
       <c r="D46" s="68">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="E46" s="68">
-        <v>23</v>
+        <v>20</v>
       </c>
       <c r="F46" s="68">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="G46" s="67">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="H46" s="67">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="I46" s="47"/>
     </row>
     <row r="47" spans="1:24" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="16"/>
       <c r="B47" s="57" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="C47" s="68">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="D47" s="68">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="E47" s="68">
-        <v>23</v>
+        <v>33</v>
       </c>
       <c r="F47" s="68">
-        <v>8</v>
-[...2 lines deleted...]
-        <v>12</v>
+        <v>17</v>
+      </c>
+      <c r="G47" s="67">
+        <v>4</v>
       </c>
       <c r="H47" s="67">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="I47" s="47"/>
     </row>
     <row r="48" spans="1:24" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A48" s="16"/>
       <c r="B48" s="57" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="C48" s="68">
-        <v>19</v>
+        <v>31</v>
       </c>
       <c r="D48" s="68">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="E48" s="68">
-        <v>17</v>
+        <v>23</v>
       </c>
       <c r="F48" s="68">
-        <v>5</v>
-[...1 lines deleted...]
-      <c r="G48" s="67" t="s">
+        <v>16</v>
+      </c>
+      <c r="G48" s="67">
+        <v>4</v>
+      </c>
+      <c r="H48" s="67">
         <v>12</v>
-      </c>
-[...1 lines deleted...]
-        <v>5</v>
       </c>
       <c r="I48" s="47"/>
     </row>
     <row r="49" spans="1:9" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="16"/>
       <c r="B49" s="57" t="s">
-        <v>180</v>
+        <v>174</v>
       </c>
       <c r="C49" s="68">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="D49" s="68">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="E49" s="68">
-        <v>16</v>
+        <v>23</v>
       </c>
       <c r="F49" s="68">
-        <v>17</v>
-[...2 lines deleted...]
-        <v>9</v>
+        <v>8</v>
+      </c>
+      <c r="G49" s="67" t="s">
+        <v>12</v>
       </c>
       <c r="H49" s="67">
         <v>8</v>
       </c>
       <c r="I49" s="47"/>
     </row>
-    <row r="50" spans="1:9" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A50" s="13" t="s">
+    <row r="50" spans="1:9" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="16"/>
+      <c r="B50" s="57" t="s">
+        <v>179</v>
+      </c>
+      <c r="C50" s="68">
+        <v>19</v>
+      </c>
+      <c r="D50" s="68">
+        <v>2</v>
+      </c>
+      <c r="E50" s="68">
+        <v>17</v>
+      </c>
+      <c r="F50" s="68">
+        <v>5</v>
+      </c>
+      <c r="G50" s="67" t="s">
+        <v>12</v>
+      </c>
+      <c r="H50" s="67">
+        <v>5</v>
+      </c>
+      <c r="I50" s="47"/>
+    </row>
+    <row r="51" spans="1:9" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="16"/>
+      <c r="B51" s="57" t="s">
+        <v>180</v>
+      </c>
+      <c r="C51" s="68">
+        <v>25</v>
+      </c>
+      <c r="D51" s="68">
+        <v>9</v>
+      </c>
+      <c r="E51" s="68">
+        <v>16</v>
+      </c>
+      <c r="F51" s="68">
+        <v>17</v>
+      </c>
+      <c r="G51" s="67">
+        <v>9</v>
+      </c>
+      <c r="H51" s="67">
+        <v>8</v>
+      </c>
+      <c r="I51" s="47"/>
+    </row>
+    <row r="52" spans="1:9" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="13" t="s">
         <v>36</v>
       </c>
-      <c r="B50" s="13" t="s">
+      <c r="B52" s="13" t="s">
         <v>138</v>
       </c>
-      <c r="C50" s="129">
+      <c r="C52" s="127">
         <v>630</v>
       </c>
-      <c r="D50" s="129">
+      <c r="D52" s="127">
         <v>141</v>
       </c>
-      <c r="E50" s="129">
+      <c r="E52" s="127">
         <v>489</v>
       </c>
-      <c r="F50" s="129">
+      <c r="F52" s="127">
         <v>771</v>
       </c>
-      <c r="G50" s="129">
+      <c r="G52" s="127">
         <v>387</v>
       </c>
-      <c r="H50" s="129">
+      <c r="H52" s="127">
         <v>384</v>
       </c>
     </row>
-    <row r="51" spans="1:9" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B51" s="16" t="s">
+    <row r="53" spans="1:9" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="16"/>
+      <c r="B53" s="16" t="s">
         <v>139</v>
       </c>
-      <c r="C51" s="69">
+      <c r="C53" s="69">
         <v>40</v>
       </c>
-      <c r="D51" s="69">
+      <c r="D53" s="69">
         <v>13</v>
       </c>
-      <c r="E51" s="69">
+      <c r="E53" s="69">
         <v>27</v>
       </c>
-      <c r="F51" s="69" t="s">
+      <c r="F53" s="69" t="s">
         <v>12</v>
       </c>
-      <c r="G51" s="67" t="s">
+      <c r="G53" s="67" t="s">
         <v>12</v>
       </c>
-      <c r="H51" s="67" t="s">
+      <c r="H53" s="67" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="52" spans="1:9" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B52" s="16" t="s">
+    <row r="54" spans="1:9" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="16"/>
+      <c r="B54" s="16" t="s">
         <v>140</v>
       </c>
-      <c r="C52" s="69">
+      <c r="C54" s="69">
         <v>49</v>
       </c>
-      <c r="D52" s="69">
+      <c r="D54" s="69">
         <v>9</v>
       </c>
-      <c r="E52" s="69">
+      <c r="E54" s="69">
         <v>40</v>
       </c>
-      <c r="F52" s="69">
+      <c r="F54" s="69">
         <v>1</v>
       </c>
-      <c r="G52" s="67" t="s">
+      <c r="G54" s="67" t="s">
         <v>12</v>
       </c>
-      <c r="H52" s="67">
+      <c r="H54" s="67">
         <v>1</v>
       </c>
     </row>
-    <row r="53" spans="1:9" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-[...1 lines deleted...]
-      <c r="B53" s="56" t="s">
+    <row r="55" spans="1:9" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="56"/>
+      <c r="B55" s="56" t="s">
         <v>141</v>
       </c>
-      <c r="C53" s="67">
+      <c r="C55" s="67">
         <v>49</v>
       </c>
-      <c r="D53" s="67">
+      <c r="D55" s="67">
         <v>13</v>
       </c>
-      <c r="E53" s="67">
+      <c r="E55" s="67">
         <v>36</v>
       </c>
-      <c r="F53" s="67">
+      <c r="F55" s="67">
         <v>460</v>
       </c>
-      <c r="G53" s="67">
+      <c r="G55" s="67">
         <v>246</v>
       </c>
-      <c r="H53" s="67">
+      <c r="H55" s="67">
         <v>214</v>
-      </c>
-[...46 lines deleted...]
-        <v>27</v>
       </c>
     </row>
     <row r="56" spans="1:9" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A56" s="57"/>
       <c r="B56" s="57" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="C56" s="69">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="D56" s="69">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="E56" s="69">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="F56" s="69">
-        <v>23</v>
+        <v>138</v>
       </c>
       <c r="G56" s="67">
-        <v>10</v>
+        <v>75</v>
       </c>
       <c r="H56" s="69">
-        <v>13</v>
+        <v>63</v>
       </c>
     </row>
     <row r="57" spans="1:9" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A57" s="57"/>
       <c r="B57" s="57" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C57" s="69">
-        <v>47</v>
+        <v>57</v>
       </c>
       <c r="D57" s="69">
-        <v>6</v>
+        <v>15</v>
       </c>
       <c r="E57" s="69">
-        <v>41</v>
+        <v>42</v>
       </c>
       <c r="F57" s="69">
-        <v>25</v>
+        <v>44</v>
       </c>
       <c r="G57" s="67">
-        <v>6</v>
+        <v>17</v>
       </c>
       <c r="H57" s="69">
-        <v>19</v>
+        <v>27</v>
       </c>
     </row>
     <row r="58" spans="1:9" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="57"/>
       <c r="B58" s="57" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C58" s="69">
-        <v>68</v>
+        <v>32</v>
       </c>
       <c r="D58" s="69">
-        <v>17</v>
+        <v>4</v>
       </c>
       <c r="E58" s="69">
-        <v>51</v>
+        <v>28</v>
       </c>
       <c r="F58" s="69">
-        <v>27</v>
+        <v>23</v>
       </c>
       <c r="G58" s="67">
-        <v>15</v>
+        <v>10</v>
       </c>
       <c r="H58" s="69">
-        <v>12</v>
+        <v>13</v>
       </c>
     </row>
     <row r="59" spans="1:9" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A59" s="57"/>
       <c r="B59" s="57" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C59" s="69">
-        <v>84</v>
+        <v>47</v>
       </c>
       <c r="D59" s="69">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="E59" s="69">
-        <v>66</v>
+        <v>41</v>
       </c>
       <c r="F59" s="69">
         <v>25</v>
       </c>
       <c r="G59" s="67">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="H59" s="69">
-        <v>15</v>
+        <v>19</v>
       </c>
     </row>
     <row r="60" spans="1:9" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A60" s="57"/>
       <c r="B60" s="57" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="C60" s="69">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="D60" s="69">
         <v>17</v>
       </c>
       <c r="E60" s="69">
-        <v>54</v>
+        <v>51</v>
       </c>
       <c r="F60" s="69">
-        <v>9</v>
+        <v>27</v>
       </c>
       <c r="G60" s="67">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="H60" s="69">
-        <v>6</v>
+        <v>12</v>
       </c>
     </row>
     <row r="61" spans="1:9" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="57"/>
       <c r="B61" s="57" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="C61" s="69">
-        <v>54</v>
+        <v>84</v>
       </c>
       <c r="D61" s="69">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="E61" s="69">
-        <v>40</v>
+        <v>66</v>
       </c>
       <c r="F61" s="69">
-        <v>9</v>
+        <v>25</v>
       </c>
       <c r="G61" s="67">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="H61" s="69">
-        <v>6</v>
+        <v>15</v>
       </c>
     </row>
     <row r="62" spans="1:9" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A62" s="57"/>
       <c r="B62" s="57" t="s">
+        <v>174</v>
+      </c>
+      <c r="C62" s="69">
+        <v>71</v>
+      </c>
+      <c r="D62" s="69">
+        <v>17</v>
+      </c>
+      <c r="E62" s="69">
+        <v>54</v>
+      </c>
+      <c r="F62" s="69">
+        <v>9</v>
+      </c>
+      <c r="G62" s="67">
+        <v>3</v>
+      </c>
+      <c r="H62" s="69">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="63" spans="1:9" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="57"/>
+      <c r="B63" s="57" t="s">
+        <v>179</v>
+      </c>
+      <c r="C63" s="69">
+        <v>54</v>
+      </c>
+      <c r="D63" s="69">
+        <v>14</v>
+      </c>
+      <c r="E63" s="69">
+        <v>40</v>
+      </c>
+      <c r="F63" s="69">
+        <v>9</v>
+      </c>
+      <c r="G63" s="67">
+        <v>3</v>
+      </c>
+      <c r="H63" s="69">
+        <v>6</v>
+      </c>
+    </row>
+    <row r="64" spans="1:9" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="57"/>
+      <c r="B64" s="57" t="s">
         <v>180</v>
       </c>
-      <c r="C62" s="69">
+      <c r="C64" s="69">
         <v>39</v>
       </c>
-      <c r="D62" s="69">
+      <c r="D64" s="69">
         <v>8</v>
       </c>
-      <c r="E62" s="69">
+      <c r="E64" s="69">
         <v>31</v>
       </c>
-      <c r="F62" s="69">
+      <c r="F64" s="69">
         <v>10</v>
       </c>
-      <c r="G62" s="67">
+      <c r="G64" s="67">
         <v>2</v>
       </c>
-      <c r="H62" s="69">
+      <c r="H64" s="69">
         <v>8</v>
       </c>
     </row>
-    <row r="63" spans="1:9" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A63" s="110" t="s">
+    <row r="65" spans="1:9" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="110" t="s">
         <v>37</v>
       </c>
-      <c r="B63" s="56"/>
-      <c r="C63" s="67">
+      <c r="B65" s="56"/>
+      <c r="C65" s="67">
         <v>507</v>
       </c>
-      <c r="D63" s="67">
+      <c r="D65" s="67">
         <v>126</v>
       </c>
-      <c r="E63" s="67">
+      <c r="E65" s="67">
         <v>381</v>
       </c>
-      <c r="F63" s="67" t="s">
-[...49 lines deleted...]
-      <c r="F65" s="68" t="s">
+      <c r="F65" s="67" t="s">
         <v>12</v>
       </c>
       <c r="G65" s="67" t="s">
         <v>12</v>
       </c>
-      <c r="H65" s="68" t="s">
+      <c r="H65" s="67" t="s">
         <v>12</v>
       </c>
       <c r="I65" s="66"/>
     </row>
     <row r="66" spans="1:9" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A66" s="111" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B66" s="92"/>
       <c r="C66" s="68">
-        <v>944</v>
+        <v>500</v>
       </c>
       <c r="D66" s="68">
-        <v>249</v>
+        <v>157</v>
       </c>
       <c r="E66" s="68">
-        <v>695</v>
+        <v>343</v>
       </c>
       <c r="F66" s="68" t="s">
         <v>12</v>
       </c>
       <c r="G66" s="67" t="s">
         <v>12</v>
       </c>
       <c r="H66" s="68" t="s">
         <v>12</v>
       </c>
       <c r="I66" s="66"/>
     </row>
     <row r="67" spans="1:9" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A67" s="111" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B67" s="92"/>
       <c r="C67" s="68">
-        <v>1336</v>
+        <v>902</v>
       </c>
       <c r="D67" s="68">
-        <v>293</v>
+        <v>257</v>
       </c>
       <c r="E67" s="68">
-        <v>1043</v>
+        <v>645</v>
       </c>
       <c r="F67" s="68" t="s">
         <v>12</v>
       </c>
       <c r="G67" s="67" t="s">
         <v>12</v>
       </c>
       <c r="H67" s="68" t="s">
         <v>12</v>
       </c>
       <c r="I67" s="66"/>
     </row>
     <row r="68" spans="1:9" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A68" s="111" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B68" s="92"/>
       <c r="C68" s="68">
-        <v>2199</v>
+        <v>944</v>
       </c>
       <c r="D68" s="68">
-        <v>435</v>
+        <v>249</v>
       </c>
       <c r="E68" s="68">
-        <v>1764</v>
+        <v>695</v>
       </c>
       <c r="F68" s="68" t="s">
         <v>12</v>
       </c>
       <c r="G68" s="67" t="s">
         <v>12</v>
       </c>
       <c r="H68" s="68" t="s">
         <v>12</v>
       </c>
       <c r="I68" s="66"/>
     </row>
     <row r="69" spans="1:9" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="111" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B69" s="92"/>
       <c r="C69" s="68">
-        <v>35369</v>
+        <v>1336</v>
       </c>
       <c r="D69" s="68">
-        <v>2847</v>
+        <v>293</v>
       </c>
       <c r="E69" s="68">
-        <v>32522</v>
+        <v>1043</v>
       </c>
       <c r="F69" s="68" t="s">
         <v>12</v>
       </c>
       <c r="G69" s="67" t="s">
         <v>12</v>
       </c>
       <c r="H69" s="68" t="s">
         <v>12</v>
       </c>
       <c r="I69" s="66"/>
     </row>
     <row r="70" spans="1:9" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="111" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B70" s="92"/>
       <c r="C70" s="68">
-        <v>7049</v>
+        <v>2199</v>
       </c>
       <c r="D70" s="68">
-        <v>1363</v>
+        <v>435</v>
       </c>
       <c r="E70" s="68">
-        <v>5686</v>
+        <v>1764</v>
       </c>
       <c r="F70" s="68" t="s">
         <v>12</v>
       </c>
       <c r="G70" s="67" t="s">
         <v>12</v>
       </c>
       <c r="H70" s="68" t="s">
         <v>12</v>
       </c>
       <c r="I70" s="66"/>
     </row>
     <row r="71" spans="1:9" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A71" s="111" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B71" s="92"/>
       <c r="C71" s="68">
-        <v>3852</v>
+        <v>35369</v>
       </c>
       <c r="D71" s="68">
-        <v>668</v>
+        <v>2847</v>
       </c>
       <c r="E71" s="68">
-        <v>3184</v>
+        <v>32522</v>
       </c>
       <c r="F71" s="68" t="s">
         <v>12</v>
       </c>
       <c r="G71" s="67" t="s">
         <v>12</v>
       </c>
       <c r="H71" s="68" t="s">
         <v>12</v>
       </c>
       <c r="I71" s="66"/>
     </row>
     <row r="72" spans="1:9" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A72" s="111" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B72" s="92"/>
       <c r="C72" s="68">
-        <v>3578</v>
+        <v>7049</v>
       </c>
       <c r="D72" s="68">
-        <v>581</v>
+        <v>1363</v>
       </c>
       <c r="E72" s="68">
-        <v>2997</v>
+        <v>5686</v>
       </c>
       <c r="F72" s="68" t="s">
         <v>12</v>
       </c>
       <c r="G72" s="67" t="s">
         <v>12</v>
       </c>
       <c r="H72" s="68" t="s">
         <v>12</v>
       </c>
       <c r="I72" s="66"/>
     </row>
-    <row r="73" spans="1:9" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-[...13 lines deleted...]
-      <c r="F73" s="69" t="s">
+    <row r="73" spans="1:9" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="111" t="s">
+        <v>45</v>
+      </c>
+      <c r="B73" s="92"/>
+      <c r="C73" s="68">
+        <v>3852</v>
+      </c>
+      <c r="D73" s="68">
+        <v>668</v>
+      </c>
+      <c r="E73" s="68">
+        <v>3184</v>
+      </c>
+      <c r="F73" s="68" t="s">
         <v>12</v>
       </c>
       <c r="G73" s="67" t="s">
         <v>12</v>
       </c>
-      <c r="H73" s="69" t="s">
+      <c r="H73" s="68" t="s">
         <v>12</v>
       </c>
-      <c r="I73" s="47"/>
-[...15 lines deleted...]
-      <c r="F74" s="69" t="s">
+      <c r="I73" s="66"/>
+    </row>
+    <row r="74" spans="1:9" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="111" t="s">
+        <v>46</v>
+      </c>
+      <c r="B74" s="92"/>
+      <c r="C74" s="68">
+        <v>3578</v>
+      </c>
+      <c r="D74" s="68">
+        <v>581</v>
+      </c>
+      <c r="E74" s="68">
+        <v>2997</v>
+      </c>
+      <c r="F74" s="68" t="s">
         <v>12</v>
       </c>
       <c r="G74" s="67" t="s">
         <v>12</v>
       </c>
-      <c r="H74" s="69" t="s">
+      <c r="H74" s="68" t="s">
         <v>12</v>
       </c>
-      <c r="I74" s="47"/>
+      <c r="I74" s="66"/>
     </row>
     <row r="75" spans="1:9" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A75" s="9" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B75" s="9"/>
       <c r="C75" s="69">
-        <v>2250</v>
+        <v>2657</v>
       </c>
       <c r="D75" s="69">
-        <v>483</v>
+        <v>400</v>
       </c>
       <c r="E75" s="69">
-        <v>1767</v>
+        <v>2257</v>
       </c>
       <c r="F75" s="69" t="s">
         <v>12</v>
       </c>
       <c r="G75" s="67" t="s">
         <v>12</v>
       </c>
       <c r="H75" s="69" t="s">
         <v>12</v>
       </c>
       <c r="I75" s="47"/>
     </row>
-    <row r="76" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="76" spans="1:9" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A76" s="9" t="s">
-        <v>272</v>
+        <v>48</v>
       </c>
       <c r="B76" s="9"/>
       <c r="C76" s="69">
-        <v>1510</v>
-[...5 lines deleted...]
-        <v>12</v>
+        <v>2393</v>
+      </c>
+      <c r="D76" s="69">
+        <v>464</v>
+      </c>
+      <c r="E76" s="69">
+        <v>1929</v>
       </c>
       <c r="F76" s="69" t="s">
         <v>12</v>
       </c>
       <c r="G76" s="67" t="s">
         <v>12</v>
       </c>
       <c r="H76" s="69" t="s">
         <v>12</v>
       </c>
       <c r="I76" s="47"/>
     </row>
     <row r="77" spans="1:9" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A77" s="9" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B77" s="9"/>
       <c r="C77" s="69">
-        <v>1264</v>
+        <v>2250</v>
       </c>
       <c r="D77" s="69">
-        <v>259</v>
+        <v>483</v>
       </c>
       <c r="E77" s="69">
-        <v>1005</v>
+        <v>1767</v>
       </c>
       <c r="F77" s="69" t="s">
         <v>12</v>
       </c>
       <c r="G77" s="67" t="s">
         <v>12</v>
       </c>
       <c r="H77" s="69" t="s">
         <v>12</v>
       </c>
       <c r="I77" s="47"/>
     </row>
-    <row r="78" spans="1:9" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="78" spans="1:9" ht="15" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A78" s="9" t="s">
-        <v>51</v>
+        <v>271</v>
       </c>
       <c r="B78" s="9"/>
       <c r="C78" s="69">
-        <v>820</v>
-[...5 lines deleted...]
-        <v>645</v>
+        <v>1510</v>
+      </c>
+      <c r="D78" s="69" t="s">
+        <v>12</v>
+      </c>
+      <c r="E78" s="69" t="s">
+        <v>12</v>
       </c>
       <c r="F78" s="69" t="s">
         <v>12</v>
       </c>
       <c r="G78" s="67" t="s">
         <v>12</v>
       </c>
       <c r="H78" s="69" t="s">
         <v>12</v>
       </c>
       <c r="I78" s="47"/>
     </row>
     <row r="79" spans="1:9" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A79" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B79" s="9"/>
       <c r="C79" s="69">
-        <v>398</v>
+        <v>1264</v>
       </c>
       <c r="D79" s="69">
-        <v>143</v>
+        <v>259</v>
       </c>
       <c r="E79" s="69">
-        <v>255</v>
+        <v>1005</v>
       </c>
       <c r="F79" s="69" t="s">
         <v>12</v>
       </c>
       <c r="G79" s="67" t="s">
         <v>12</v>
       </c>
       <c r="H79" s="69" t="s">
         <v>12</v>
       </c>
       <c r="I79" s="47"/>
     </row>
     <row r="80" spans="1:9" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A80" s="9" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B80" s="9"/>
       <c r="C80" s="69">
-        <v>388</v>
+        <v>820</v>
       </c>
       <c r="D80" s="69">
-        <v>163</v>
+        <v>175</v>
       </c>
       <c r="E80" s="69">
-        <v>225</v>
+        <v>645</v>
       </c>
       <c r="F80" s="69" t="s">
         <v>12</v>
       </c>
       <c r="G80" s="67" t="s">
         <v>12</v>
       </c>
       <c r="H80" s="69" t="s">
         <v>12</v>
       </c>
       <c r="I80" s="47"/>
     </row>
     <row r="81" spans="1:9" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A81" s="9" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B81" s="9"/>
       <c r="C81" s="69">
-        <v>561</v>
+        <v>398</v>
       </c>
       <c r="D81" s="69">
-        <v>195</v>
+        <v>143</v>
       </c>
       <c r="E81" s="69">
-        <v>366</v>
+        <v>255</v>
       </c>
       <c r="F81" s="69" t="s">
         <v>12</v>
       </c>
       <c r="G81" s="67" t="s">
         <v>12</v>
       </c>
       <c r="H81" s="69" t="s">
         <v>12</v>
       </c>
       <c r="I81" s="47"/>
     </row>
-    <row r="82" spans="1:9" ht="13.5" x14ac:dyDescent="0.25">
+    <row r="82" spans="1:9" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A82" s="9" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B82" s="9"/>
       <c r="C82" s="69">
-        <v>550</v>
+        <v>388</v>
       </c>
       <c r="D82" s="69">
-        <v>188</v>
+        <v>163</v>
       </c>
       <c r="E82" s="69">
-        <v>362</v>
+        <v>225</v>
       </c>
       <c r="F82" s="69" t="s">
         <v>12</v>
       </c>
       <c r="G82" s="67" t="s">
         <v>12</v>
       </c>
       <c r="H82" s="69" t="s">
         <v>12</v>
       </c>
       <c r="I82" s="47"/>
     </row>
-    <row r="83" spans="1:9" s="2" customFormat="1" ht="14.25" x14ac:dyDescent="0.25">
-      <c r="A83" s="103" t="s">
+    <row r="83" spans="1:9" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="B83" s="9"/>
+      <c r="C83" s="69">
+        <v>561</v>
+      </c>
+      <c r="D83" s="69">
+        <v>195</v>
+      </c>
+      <c r="E83" s="69">
+        <v>366</v>
+      </c>
+      <c r="F83" s="69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G83" s="67" t="s">
+        <v>12</v>
+      </c>
+      <c r="H83" s="69" t="s">
+        <v>12</v>
+      </c>
+      <c r="I83" s="47"/>
+    </row>
+    <row r="84" spans="1:9" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A84" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="B84" s="9"/>
+      <c r="C84" s="69">
+        <v>550</v>
+      </c>
+      <c r="D84" s="69">
+        <v>188</v>
+      </c>
+      <c r="E84" s="69">
+        <v>362</v>
+      </c>
+      <c r="F84" s="69" t="s">
+        <v>12</v>
+      </c>
+      <c r="G84" s="67" t="s">
+        <v>12</v>
+      </c>
+      <c r="H84" s="69" t="s">
+        <v>12</v>
+      </c>
+      <c r="I84" s="47"/>
+    </row>
+    <row r="85" spans="1:9" s="2" customFormat="1" ht="14.25" x14ac:dyDescent="0.25">
+      <c r="A85" s="103" t="s">
         <v>172</v>
       </c>
-      <c r="B83" s="104"/>
-[...8 lines deleted...]
-      <c r="A84" s="105" t="s">
+      <c r="B85" s="104"/>
+      <c r="C85" s="95"/>
+      <c r="D85" s="95"/>
+      <c r="E85" s="95"/>
+      <c r="F85" s="95"/>
+      <c r="G85" s="95"/>
+      <c r="H85" s="95"/>
+    </row>
+    <row r="86" spans="1:9" s="2" customFormat="1" ht="14.25" x14ac:dyDescent="0.25">
+      <c r="A86" s="105" t="s">
         <v>173</v>
       </c>
-      <c r="B84" s="104"/>
-[...8 lines deleted...]
-      <c r="A85" s="83" t="s">
+      <c r="B86" s="104"/>
+      <c r="C86" s="95"/>
+      <c r="D86" s="95"/>
+      <c r="E86" s="95"/>
+      <c r="F86" s="95"/>
+      <c r="G86" s="95"/>
+      <c r="H86" s="95"/>
+    </row>
+    <row r="87" spans="1:9" ht="14.25" x14ac:dyDescent="0.25">
+      <c r="A87" s="83" t="s">
         <v>150</v>
-      </c>
-[...22 lines deleted...]
-        <v>151</v>
       </c>
       <c r="B87" s="106"/>
       <c r="C87" s="71"/>
       <c r="D87" s="71"/>
       <c r="E87" s="71"/>
       <c r="F87" s="71"/>
       <c r="G87" s="71"/>
       <c r="H87" s="71"/>
     </row>
     <row r="88" spans="1:9" ht="13.5" x14ac:dyDescent="0.25">
-      <c r="A88" s="99" t="s">
-        <v>136</v>
+      <c r="A88" s="98" t="s">
+        <v>135</v>
       </c>
       <c r="B88" s="106"/>
       <c r="C88" s="71"/>
       <c r="D88" s="71"/>
       <c r="E88" s="71"/>
       <c r="F88" s="71"/>
       <c r="G88" s="71"/>
       <c r="H88" s="71"/>
     </row>
     <row r="89" spans="1:9" ht="14.25" x14ac:dyDescent="0.25">
-      <c r="A89" s="100" t="s">
-        <v>169</v>
+      <c r="A89" s="84" t="s">
+        <v>151</v>
       </c>
       <c r="B89" s="106"/>
       <c r="C89" s="71"/>
       <c r="D89" s="71"/>
       <c r="E89" s="71"/>
       <c r="F89" s="71"/>
       <c r="G89" s="71"/>
       <c r="H89" s="71"/>
     </row>
     <row r="90" spans="1:9" ht="13.5" x14ac:dyDescent="0.25">
-      <c r="A90" s="101" t="s">
-        <v>161</v>
+      <c r="A90" s="99" t="s">
+        <v>136</v>
       </c>
       <c r="B90" s="106"/>
       <c r="C90" s="71"/>
       <c r="D90" s="71"/>
       <c r="E90" s="71"/>
       <c r="F90" s="71"/>
       <c r="G90" s="71"/>
       <c r="H90" s="71"/>
     </row>
     <row r="91" spans="1:9" ht="14.25" x14ac:dyDescent="0.25">
-      <c r="A91" s="102" t="s">
-        <v>170</v>
+      <c r="A91" s="100" t="s">
+        <v>169</v>
       </c>
       <c r="B91" s="106"/>
       <c r="C91" s="71"/>
       <c r="D91" s="71"/>
       <c r="E91" s="71"/>
       <c r="F91" s="71"/>
       <c r="G91" s="71"/>
       <c r="H91" s="71"/>
     </row>
     <row r="92" spans="1:9" ht="13.5" x14ac:dyDescent="0.25">
-      <c r="A92" s="102" t="s">
-[...2 lines deleted...]
-      <c r="B92" s="102"/>
+      <c r="A92" s="101" t="s">
+        <v>161</v>
+      </c>
+      <c r="B92" s="106"/>
       <c r="C92" s="71"/>
       <c r="D92" s="71"/>
       <c r="E92" s="71"/>
       <c r="F92" s="71"/>
       <c r="G92" s="71"/>
       <c r="H92" s="71"/>
     </row>
     <row r="93" spans="1:9" ht="14.25" x14ac:dyDescent="0.25">
-      <c r="A93" s="83" t="s">
-        <v>165</v>
+      <c r="A93" s="102" t="s">
+        <v>170</v>
       </c>
       <c r="B93" s="106"/>
       <c r="C93" s="71"/>
       <c r="D93" s="71"/>
       <c r="E93" s="71"/>
       <c r="F93" s="71"/>
       <c r="G93" s="71"/>
       <c r="H93" s="71"/>
     </row>
-    <row r="94" spans="1:9" ht="14.25" x14ac:dyDescent="0.25">
-      <c r="A94" s="84" t="s">
+    <row r="94" spans="1:9" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A94" s="102" t="s">
+        <v>162</v>
+      </c>
+      <c r="B94" s="102"/>
+      <c r="C94" s="71"/>
+      <c r="D94" s="71"/>
+      <c r="E94" s="71"/>
+      <c r="F94" s="71"/>
+      <c r="G94" s="71"/>
+      <c r="H94" s="71"/>
+    </row>
+    <row r="95" spans="1:9" ht="14.25" x14ac:dyDescent="0.25">
+      <c r="A95" s="83" t="s">
+        <v>165</v>
+      </c>
+      <c r="B95" s="106"/>
+      <c r="C95" s="71"/>
+      <c r="D95" s="71"/>
+      <c r="E95" s="71"/>
+      <c r="F95" s="71"/>
+      <c r="G95" s="71"/>
+      <c r="H95" s="71"/>
+    </row>
+    <row r="96" spans="1:9" ht="14.25" x14ac:dyDescent="0.25">
+      <c r="A96" s="84" t="s">
         <v>166</v>
       </c>
-      <c r="B94" s="106"/>
-[...6 lines deleted...]
-      <c r="A96" s="106"/>
       <c r="B96" s="106"/>
     </row>
     <row r="97" spans="1:2" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A97" s="106"/>
       <c r="B97" s="106"/>
     </row>
     <row r="98" spans="1:2" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A98" s="106"/>
       <c r="B98" s="106"/>
     </row>
     <row r="99" spans="1:2" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A99" s="106"/>
       <c r="B99" s="106"/>
     </row>
-    <row r="100" spans="1:2" x14ac:dyDescent="0.2">
-[...5 lines deleted...]
-      <c r="B101" s="25"/>
+    <row r="100" spans="1:2" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A100" s="106"/>
+      <c r="B100" s="106"/>
+    </row>
+    <row r="101" spans="1:2" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A101" s="106"/>
+      <c r="B101" s="106"/>
     </row>
     <row r="102" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A102" s="25"/>
       <c r="B102" s="25"/>
     </row>
     <row r="103" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A103" s="25"/>
       <c r="B103" s="25"/>
     </row>
     <row r="104" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A104" s="25"/>
       <c r="B104" s="25"/>
     </row>
     <row r="105" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A105" s="25"/>
       <c r="B105" s="25"/>
     </row>
     <row r="106" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A106" s="25"/>
       <c r="B106" s="25"/>
     </row>
     <row r="107" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A107" s="6"/>
-      <c r="B107" s="6"/>
+      <c r="A107" s="25"/>
+      <c r="B107" s="25"/>
     </row>
     <row r="108" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A108" s="25"/>
       <c r="B108" s="25"/>
     </row>
     <row r="109" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A109" s="25"/>
-      <c r="B109" s="25"/>
+      <c r="A109" s="6"/>
+      <c r="B109" s="6"/>
     </row>
     <row r="110" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A110" s="25"/>
       <c r="B110" s="25"/>
     </row>
     <row r="111" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A111" s="25"/>
       <c r="B111" s="25"/>
     </row>
     <row r="112" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A112" s="25"/>
       <c r="B112" s="25"/>
     </row>
     <row r="113" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A113" s="25"/>
       <c r="B113" s="25"/>
     </row>
     <row r="114" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A114" s="25"/>
       <c r="B114" s="25"/>
     </row>
     <row r="115" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A115" s="25"/>
       <c r="B115" s="25"/>
     </row>
     <row r="116" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A116" s="25"/>
       <c r="B116" s="25"/>
     </row>
     <row r="117" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A117" s="25"/>
       <c r="B117" s="25"/>
     </row>
     <row r="118" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A118" s="25"/>
       <c r="B118" s="25"/>
     </row>
     <row r="119" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A119" s="25"/>
       <c r="B119" s="25"/>
     </row>
     <row r="120" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A120" s="25"/>
       <c r="B120" s="25"/>
     </row>
     <row r="121" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A121" s="6"/>
-      <c r="B121" s="6"/>
+      <c r="A121" s="25"/>
+      <c r="B121" s="25"/>
     </row>
     <row r="122" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A122" s="25"/>
       <c r="B122" s="25"/>
     </row>
     <row r="123" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A123" s="25"/>
-      <c r="B123" s="25"/>
+      <c r="A123" s="6"/>
+      <c r="B123" s="6"/>
     </row>
     <row r="124" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A124" s="25"/>
       <c r="B124" s="25"/>
     </row>
     <row r="125" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A125" s="25"/>
       <c r="B125" s="25"/>
     </row>
     <row r="126" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A126" s="25"/>
       <c r="B126" s="25"/>
     </row>
     <row r="127" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A127" s="25"/>
       <c r="B127" s="25"/>
     </row>
     <row r="128" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A128" s="25"/>
       <c r="B128" s="25"/>
     </row>
     <row r="129" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A129" s="25"/>
       <c r="B129" s="25"/>
     </row>
     <row r="130" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A130" s="25"/>
       <c r="B130" s="25"/>
     </row>
     <row r="131" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A131" s="25"/>
       <c r="B131" s="25"/>
     </row>
     <row r="132" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A132" s="25"/>
       <c r="B132" s="25"/>
     </row>
     <row r="133" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A133" s="25"/>
       <c r="B133" s="25"/>
     </row>
     <row r="134" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A134" s="6"/>
-      <c r="B134" s="6"/>
+      <c r="A134" s="25"/>
+      <c r="B134" s="25"/>
     </row>
     <row r="135" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A135" s="25"/>
       <c r="B135" s="25"/>
     </row>
     <row r="136" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A136" s="25"/>
-      <c r="B136" s="25"/>
+      <c r="A136" s="6"/>
+      <c r="B136" s="6"/>
     </row>
     <row r="137" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A137" s="25"/>
       <c r="B137" s="25"/>
     </row>
     <row r="138" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A138" s="25"/>
       <c r="B138" s="25"/>
     </row>
     <row r="139" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A139" s="25"/>
       <c r="B139" s="25"/>
     </row>
     <row r="140" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A140" s="25"/>
       <c r="B140" s="25"/>
     </row>
     <row r="141" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A141" s="25"/>
       <c r="B141" s="25"/>
     </row>
     <row r="142" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A142" s="25"/>
       <c r="B142" s="25"/>
     </row>
     <row r="143" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A143" s="25"/>
       <c r="B143" s="25"/>
     </row>
     <row r="144" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A144" s="25"/>
       <c r="B144" s="25"/>
     </row>
     <row r="145" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A145" s="25"/>
       <c r="B145" s="25"/>
     </row>
     <row r="146" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A146" s="25"/>
       <c r="B146" s="25"/>
     </row>
     <row r="147" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A147" s="6"/>
-      <c r="B147" s="6"/>
+      <c r="A147" s="25"/>
+      <c r="B147" s="25"/>
     </row>
     <row r="148" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A148" s="25"/>
       <c r="B148" s="25"/>
     </row>
     <row r="149" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A149" s="25"/>
-      <c r="B149" s="25"/>
+      <c r="A149" s="6"/>
+      <c r="B149" s="6"/>
     </row>
     <row r="150" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A150" s="25"/>
       <c r="B150" s="25"/>
     </row>
     <row r="151" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A151" s="25"/>
       <c r="B151" s="25"/>
     </row>
     <row r="152" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A152" s="25"/>
       <c r="B152" s="25"/>
     </row>
     <row r="153" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A153" s="25"/>
       <c r="B153" s="25"/>
     </row>
     <row r="154" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A154" s="25"/>
       <c r="B154" s="25"/>
     </row>
     <row r="155" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A155" s="25"/>
       <c r="B155" s="25"/>
     </row>
     <row r="156" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A156" s="25"/>
       <c r="B156" s="25"/>
     </row>
     <row r="157" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A157" s="25"/>
       <c r="B157" s="25"/>
     </row>
     <row r="158" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A158" s="25"/>
       <c r="B158" s="25"/>
     </row>
     <row r="159" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A159" s="25"/>
       <c r="B159" s="25"/>
     </row>
     <row r="160" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A160" s="6"/>
-      <c r="B160" s="6"/>
+      <c r="A160" s="25"/>
+      <c r="B160" s="25"/>
     </row>
     <row r="161" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A161" s="25"/>
       <c r="B161" s="25"/>
     </row>
     <row r="162" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A162" s="25"/>
-      <c r="B162" s="25"/>
+      <c r="A162" s="6"/>
+      <c r="B162" s="6"/>
     </row>
     <row r="163" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A163" s="25"/>
       <c r="B163" s="25"/>
     </row>
     <row r="164" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A164" s="25"/>
       <c r="B164" s="25"/>
     </row>
     <row r="165" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A165" s="25"/>
       <c r="B165" s="25"/>
     </row>
     <row r="166" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A166" s="25"/>
       <c r="B166" s="25"/>
     </row>
     <row r="167" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A167" s="25"/>
       <c r="B167" s="25"/>
     </row>
     <row r="168" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A168" s="25"/>
       <c r="B168" s="25"/>
     </row>
     <row r="169" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A169" s="25"/>
       <c r="B169" s="25"/>
     </row>
     <row r="170" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A170" s="25"/>
       <c r="B170" s="25"/>
     </row>
     <row r="171" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A171" s="25"/>
       <c r="B171" s="25"/>
     </row>
     <row r="172" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A172" s="25"/>
       <c r="B172" s="25"/>
     </row>
     <row r="173" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A173" s="6"/>
-      <c r="B173" s="6"/>
+      <c r="A173" s="25"/>
+      <c r="B173" s="25"/>
     </row>
     <row r="174" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A174" s="25"/>
       <c r="B174" s="25"/>
     </row>
     <row r="175" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A175" s="25"/>
-      <c r="B175" s="25"/>
+      <c r="A175" s="6"/>
+      <c r="B175" s="6"/>
     </row>
     <row r="176" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A176" s="25"/>
       <c r="B176" s="25"/>
     </row>
     <row r="177" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A177" s="25"/>
       <c r="B177" s="25"/>
     </row>
     <row r="178" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A178" s="25"/>
       <c r="B178" s="25"/>
     </row>
     <row r="179" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A179" s="25"/>
       <c r="B179" s="25"/>
     </row>
     <row r="180" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A180" s="25"/>
       <c r="B180" s="25"/>
     </row>
     <row r="181" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A181" s="25"/>
       <c r="B181" s="25"/>
     </row>
     <row r="182" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A182" s="25"/>
       <c r="B182" s="25"/>
     </row>
     <row r="183" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A183" s="25"/>
       <c r="B183" s="25"/>
     </row>
     <row r="184" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A184" s="25"/>
       <c r="B184" s="25"/>
     </row>
     <row r="185" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A185" s="25"/>
       <c r="B185" s="25"/>
     </row>
     <row r="186" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A186" s="6"/>
-      <c r="B186" s="6"/>
+      <c r="A186" s="25"/>
+      <c r="B186" s="25"/>
     </row>
     <row r="187" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A187" s="25"/>
       <c r="B187" s="25"/>
     </row>
     <row r="188" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A188" s="25"/>
-      <c r="B188" s="25"/>
+      <c r="A188" s="6"/>
+      <c r="B188" s="6"/>
     </row>
     <row r="189" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A189" s="25"/>
       <c r="B189" s="25"/>
     </row>
     <row r="190" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A190" s="25"/>
       <c r="B190" s="25"/>
     </row>
     <row r="191" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A191" s="25"/>
       <c r="B191" s="25"/>
     </row>
     <row r="192" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A192" s="25"/>
       <c r="B192" s="25"/>
     </row>
     <row r="193" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A193" s="25"/>
       <c r="B193" s="25"/>
     </row>
     <row r="194" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A194" s="25"/>
       <c r="B194" s="25"/>
     </row>
     <row r="195" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A195" s="25"/>
       <c r="B195" s="25"/>
     </row>
     <row r="196" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A196" s="25"/>
       <c r="B196" s="25"/>
     </row>
     <row r="197" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A197" s="25"/>
       <c r="B197" s="25"/>
     </row>
     <row r="198" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A198" s="25"/>
       <c r="B198" s="25"/>
     </row>
     <row r="199" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A199" s="6"/>
-      <c r="B199" s="6"/>
+      <c r="A199" s="25"/>
+      <c r="B199" s="25"/>
     </row>
     <row r="200" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A200" s="25"/>
       <c r="B200" s="25"/>
     </row>
     <row r="201" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A201" s="25"/>
-      <c r="B201" s="25"/>
+      <c r="A201" s="6"/>
+      <c r="B201" s="6"/>
     </row>
     <row r="202" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A202" s="25"/>
       <c r="B202" s="25"/>
     </row>
     <row r="203" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A203" s="25"/>
       <c r="B203" s="25"/>
     </row>
     <row r="204" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A204" s="25"/>
       <c r="B204" s="25"/>
     </row>
     <row r="205" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A205" s="25"/>
       <c r="B205" s="25"/>
     </row>
     <row r="206" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A206" s="25"/>
       <c r="B206" s="25"/>
     </row>
     <row r="207" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A207" s="25"/>
       <c r="B207" s="25"/>
     </row>
     <row r="208" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A208" s="25"/>
       <c r="B208" s="25"/>
     </row>
     <row r="209" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A209" s="25"/>
       <c r="B209" s="25"/>
     </row>
     <row r="210" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A210" s="25"/>
       <c r="B210" s="25"/>
     </row>
     <row r="211" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A211" s="25"/>
       <c r="B211" s="25"/>
     </row>
     <row r="212" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A212" s="6"/>
-      <c r="B212" s="6"/>
+      <c r="A212" s="25"/>
+      <c r="B212" s="25"/>
     </row>
     <row r="213" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A213" s="25"/>
       <c r="B213" s="25"/>
     </row>
     <row r="214" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A214" s="25"/>
-      <c r="B214" s="25"/>
+      <c r="A214" s="6"/>
+      <c r="B214" s="6"/>
     </row>
     <row r="215" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A215" s="25"/>
       <c r="B215" s="25"/>
     </row>
     <row r="216" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A216" s="25"/>
       <c r="B216" s="25"/>
     </row>
     <row r="217" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A217" s="25"/>
       <c r="B217" s="25"/>
     </row>
     <row r="218" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A218" s="25"/>
       <c r="B218" s="25"/>
     </row>
     <row r="219" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A219" s="25"/>
       <c r="B219" s="25"/>
     </row>
     <row r="220" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A220" s="25"/>
       <c r="B220" s="25"/>
     </row>
     <row r="221" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A221" s="25"/>
       <c r="B221" s="25"/>
     </row>
     <row r="222" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A222" s="25"/>
       <c r="B222" s="25"/>
     </row>
     <row r="223" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A223" s="25"/>
       <c r="B223" s="25"/>
     </row>
     <row r="224" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A224" s="25"/>
       <c r="B224" s="25"/>
     </row>
     <row r="225" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A225" s="6"/>
-      <c r="B225" s="6"/>
+      <c r="A225" s="25"/>
+      <c r="B225" s="25"/>
     </row>
     <row r="226" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A226" s="6"/>
-      <c r="B226" s="6"/>
+      <c r="A226" s="25"/>
+      <c r="B226" s="25"/>
     </row>
     <row r="227" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A227" s="25"/>
-      <c r="B227" s="25"/>
+      <c r="A227" s="6"/>
+      <c r="B227" s="6"/>
     </row>
     <row r="228" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A228" s="25"/>
-      <c r="B228" s="25"/>
+      <c r="A228" s="6"/>
+      <c r="B228" s="6"/>
     </row>
     <row r="229" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A229" s="25"/>
       <c r="B229" s="25"/>
     </row>
     <row r="230" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A230" s="25"/>
       <c r="B230" s="25"/>
     </row>
     <row r="231" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A231" s="25"/>
       <c r="B231" s="25"/>
     </row>
     <row r="232" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A232" s="25"/>
       <c r="B232" s="25"/>
     </row>
     <row r="233" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A233" s="25"/>
       <c r="B233" s="25"/>
     </row>
     <row r="234" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A234" s="25"/>
       <c r="B234" s="25"/>
     </row>
     <row r="235" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A235" s="25"/>
       <c r="B235" s="25"/>
     </row>
     <row r="236" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A236" s="25"/>
       <c r="B236" s="25"/>
     </row>
     <row r="237" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A237" s="25"/>
       <c r="B237" s="25"/>
     </row>
     <row r="238" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A238" s="25"/>
       <c r="B238" s="25"/>
     </row>
     <row r="239" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A239" s="6"/>
-      <c r="B239" s="6"/>
+      <c r="A239" s="25"/>
+      <c r="B239" s="25"/>
     </row>
     <row r="240" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A240" s="25"/>
       <c r="B240" s="25"/>
     </row>
     <row r="241" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A241" s="25"/>
-      <c r="B241" s="25"/>
+      <c r="A241" s="6"/>
+      <c r="B241" s="6"/>
     </row>
     <row r="242" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A242" s="25"/>
       <c r="B242" s="25"/>
     </row>
     <row r="243" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A243" s="25"/>
       <c r="B243" s="25"/>
     </row>
     <row r="244" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A244" s="25"/>
       <c r="B244" s="25"/>
     </row>
     <row r="245" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A245" s="25"/>
       <c r="B245" s="25"/>
     </row>
     <row r="246" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A246" s="25"/>
       <c r="B246" s="25"/>
     </row>
     <row r="247" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A247" s="25"/>
       <c r="B247" s="25"/>
     </row>
     <row r="248" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A248" s="25"/>
       <c r="B248" s="25"/>
     </row>
     <row r="249" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A249" s="25"/>
       <c r="B249" s="25"/>
     </row>
     <row r="250" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A250" s="25"/>
       <c r="B250" s="25"/>
     </row>
     <row r="251" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A251" s="25"/>
       <c r="B251" s="25"/>
     </row>
     <row r="252" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A252" s="6"/>
-      <c r="B252" s="6"/>
+      <c r="A252" s="25"/>
+      <c r="B252" s="25"/>
     </row>
     <row r="253" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A253" s="25"/>
       <c r="B253" s="25"/>
     </row>
     <row r="254" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A254" s="25"/>
-      <c r="B254" s="25"/>
+      <c r="A254" s="6"/>
+      <c r="B254" s="6"/>
     </row>
     <row r="255" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A255" s="25"/>
       <c r="B255" s="25"/>
     </row>
     <row r="256" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A256" s="25"/>
       <c r="B256" s="25"/>
     </row>
     <row r="257" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A257" s="25"/>
       <c r="B257" s="25"/>
     </row>
     <row r="258" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A258" s="25"/>
       <c r="B258" s="25"/>
     </row>
     <row r="259" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A259" s="25"/>
       <c r="B259" s="25"/>
     </row>
     <row r="260" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A260" s="25"/>
       <c r="B260" s="25"/>
     </row>
     <row r="261" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A261" s="25"/>
       <c r="B261" s="25"/>
     </row>
     <row r="262" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A262" s="25"/>
       <c r="B262" s="25"/>
     </row>
     <row r="263" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A263" s="25"/>
       <c r="B263" s="25"/>
     </row>
     <row r="264" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A264" s="25"/>
       <c r="B264" s="25"/>
     </row>
     <row r="265" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A265" s="6"/>
-      <c r="B265" s="6"/>
+      <c r="A265" s="25"/>
+      <c r="B265" s="25"/>
     </row>
     <row r="266" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A266" s="25"/>
       <c r="B266" s="25"/>
     </row>
     <row r="267" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A267" s="25"/>
-      <c r="B267" s="25"/>
+      <c r="A267" s="6"/>
+      <c r="B267" s="6"/>
     </row>
     <row r="268" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A268" s="25"/>
       <c r="B268" s="25"/>
     </row>
     <row r="269" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A269" s="25"/>
       <c r="B269" s="25"/>
     </row>
     <row r="270" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A270" s="25"/>
       <c r="B270" s="25"/>
     </row>
     <row r="271" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A271" s="25"/>
       <c r="B271" s="25"/>
     </row>
     <row r="272" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A272" s="25"/>
       <c r="B272" s="25"/>
     </row>
     <row r="273" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A273" s="25"/>
       <c r="B273" s="25"/>
     </row>
@@ -18816,172 +22648,172 @@
     <row r="275" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A275" s="25"/>
       <c r="B275" s="25"/>
     </row>
     <row r="276" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A276" s="25"/>
       <c r="B276" s="25"/>
     </row>
     <row r="277" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A277" s="25"/>
       <c r="B277" s="25"/>
     </row>
     <row r="278" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A278" s="25"/>
       <c r="B278" s="25"/>
     </row>
     <row r="279" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A279" s="25"/>
       <c r="B279" s="25"/>
     </row>
     <row r="280" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A280" s="25"/>
       <c r="B280" s="25"/>
     </row>
     <row r="281" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A281" s="6"/>
-      <c r="B281" s="6"/>
+      <c r="A281" s="25"/>
+      <c r="B281" s="25"/>
     </row>
     <row r="282" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A282" s="25"/>
       <c r="B282" s="25"/>
     </row>
     <row r="283" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A283" s="25"/>
-      <c r="B283" s="25"/>
+      <c r="A283" s="6"/>
+      <c r="B283" s="6"/>
     </row>
     <row r="284" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A284" s="25"/>
       <c r="B284" s="25"/>
     </row>
     <row r="285" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A285" s="25"/>
       <c r="B285" s="25"/>
     </row>
     <row r="286" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A286" s="25"/>
       <c r="B286" s="25"/>
     </row>
     <row r="287" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A287" s="25"/>
       <c r="B287" s="25"/>
     </row>
     <row r="288" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A288" s="25"/>
       <c r="B288" s="25"/>
     </row>
     <row r="289" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A289" s="25"/>
       <c r="B289" s="25"/>
     </row>
     <row r="290" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A290" s="25"/>
       <c r="B290" s="25"/>
     </row>
     <row r="291" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A291" s="25"/>
       <c r="B291" s="25"/>
     </row>
     <row r="292" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A292" s="25"/>
       <c r="B292" s="25"/>
     </row>
     <row r="293" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A293" s="25"/>
       <c r="B293" s="25"/>
     </row>
     <row r="294" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A294" s="25"/>
       <c r="B294" s="25"/>
     </row>
     <row r="295" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A295" s="6"/>
-      <c r="B295" s="6"/>
+      <c r="A295" s="25"/>
+      <c r="B295" s="25"/>
     </row>
     <row r="296" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A296" s="25"/>
       <c r="B296" s="25"/>
     </row>
     <row r="297" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A297" s="25"/>
-      <c r="B297" s="25"/>
+      <c r="A297" s="6"/>
+      <c r="B297" s="6"/>
     </row>
     <row r="298" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A298" s="25"/>
       <c r="B298" s="25"/>
     </row>
     <row r="299" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A299" s="25"/>
       <c r="B299" s="25"/>
     </row>
     <row r="300" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A300" s="25"/>
       <c r="B300" s="25"/>
     </row>
     <row r="301" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A301" s="25"/>
       <c r="B301" s="25"/>
     </row>
     <row r="302" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A302" s="25"/>
       <c r="B302" s="25"/>
     </row>
     <row r="303" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A303" s="25"/>
       <c r="B303" s="25"/>
     </row>
     <row r="304" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A304" s="25"/>
       <c r="B304" s="25"/>
     </row>
     <row r="305" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A305" s="25"/>
       <c r="B305" s="25"/>
     </row>
     <row r="306" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A306" s="25"/>
       <c r="B306" s="25"/>
     </row>
     <row r="307" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A307" s="25"/>
       <c r="B307" s="25"/>
     </row>
     <row r="308" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A308" s="25"/>
       <c r="B308" s="25"/>
     </row>
     <row r="309" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A309" s="25"/>
       <c r="B309" s="25"/>
     </row>
     <row r="310" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A310" s="6"/>
-      <c r="B310" s="6"/>
+      <c r="A310" s="25"/>
+      <c r="B310" s="25"/>
     </row>
     <row r="311" spans="1:2" x14ac:dyDescent="0.2">
-      <c r="A311" s="6"/>
-      <c r="B311" s="6"/>
+      <c r="A311" s="25"/>
+      <c r="B311" s="25"/>
     </row>
     <row r="312" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A312" s="6"/>
       <c r="B312" s="6"/>
     </row>
     <row r="313" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A313" s="6"/>
       <c r="B313" s="6"/>
     </row>
     <row r="314" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A314" s="6"/>
       <c r="B314" s="6"/>
     </row>
     <row r="315" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A315" s="6"/>
       <c r="B315" s="6"/>
     </row>
     <row r="316" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A316" s="6"/>
       <c r="B316" s="6"/>
     </row>
     <row r="317" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A317" s="6"/>
       <c r="B317" s="6"/>
     </row>
@@ -20922,3040 +24754,2764 @@
       <c r="B801" s="6"/>
     </row>
     <row r="802" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A802" s="6"/>
       <c r="B802" s="6"/>
     </row>
     <row r="803" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A803" s="6"/>
       <c r="B803" s="6"/>
     </row>
     <row r="804" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A804" s="6"/>
       <c r="B804" s="6"/>
     </row>
     <row r="805" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A805" s="6"/>
       <c r="B805" s="6"/>
     </row>
     <row r="806" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A806" s="6"/>
       <c r="B806" s="6"/>
     </row>
     <row r="807" spans="1:2" x14ac:dyDescent="0.2">
       <c r="A807" s="6"/>
       <c r="B807" s="6"/>
+    </row>
+    <row r="808" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A808" s="6"/>
+      <c r="B808" s="6"/>
+    </row>
+    <row r="809" spans="1:2" x14ac:dyDescent="0.2">
+      <c r="A809" s="6"/>
+      <c r="B809" s="6"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A7:A9"/>
     <mergeCell ref="C7:E7"/>
     <mergeCell ref="F7:H7"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="E8:E9"/>
     <mergeCell ref="F8:F9"/>
     <mergeCell ref="G8:G9"/>
     <mergeCell ref="H8:H9"/>
   </mergeCells>
   <conditionalFormatting sqref="A10:B10">
-    <cfRule type="expression" dxfId="41" priority="12">
+    <cfRule type="expression" dxfId="45" priority="26">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A10:B49">
-    <cfRule type="expression" dxfId="40" priority="1">
+  <conditionalFormatting sqref="A10:B51">
+    <cfRule type="expression" dxfId="44" priority="17">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="43" priority="18">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="42" priority="15">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="39" priority="3">
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A11:B25">
+    <cfRule type="expression" dxfId="41" priority="1">
+      <formula>COLUMN()&lt;&gt;11</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A26:B40">
+    <cfRule type="expression" dxfId="40" priority="140">
+      <formula>COLUMN()&lt;&gt;9</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A41:B46 A47:A51">
+    <cfRule type="expression" dxfId="39" priority="142">
+      <formula>COLUMN()&lt;&gt;11</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A52:B52">
+    <cfRule type="expression" dxfId="38" priority="73">
+      <formula>COLUMN()&lt;&gt;9</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A53:B54">
+    <cfRule type="expression" dxfId="37" priority="75">
+      <formula>COLUMN()&lt;&gt;11</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A55:B64">
+    <cfRule type="expression" dxfId="36" priority="81">
+      <formula>COLUMN()&lt;&gt;9</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A52:E64">
+    <cfRule type="expression" dxfId="35" priority="68">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="34" priority="67">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="33" priority="66">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="38" priority="4">
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A65:E84">
+    <cfRule type="expression" dxfId="32" priority="132">
+      <formula>COLUMN()&lt;&gt;9</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A65:H84 F14:F51">
+    <cfRule type="expression" dxfId="31" priority="120">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A11:B23">
-[...1 lines deleted...]
-      <formula>COLUMN()&lt;&gt;11</formula>
+  <conditionalFormatting sqref="A65:H84">
+    <cfRule type="expression" dxfId="30" priority="121">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="29" priority="119">
+      <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A24:B38">
-    <cfRule type="expression" dxfId="36" priority="126">
+  <conditionalFormatting sqref="B47:B51">
+    <cfRule type="expression" dxfId="28" priority="51">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A39:B44 A45:A49">
-[...5 lines deleted...]
-    <cfRule type="expression" dxfId="34" priority="59">
+  <conditionalFormatting sqref="C10:E13">
+    <cfRule type="expression" dxfId="27" priority="10">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A51:B52">
-[...1 lines deleted...]
-      <formula>COLUMN()&lt;&gt;11</formula>
+  <conditionalFormatting sqref="C14:E51">
+    <cfRule type="expression" dxfId="26" priority="38">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="25" priority="37">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="24" priority="36">
+      <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A53:B62">
-[...55 lines deleted...]
-    <cfRule type="expression" dxfId="19" priority="25">
+  <conditionalFormatting sqref="C14:E64">
+    <cfRule type="expression" dxfId="23" priority="39">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C10:F11">
-    <cfRule type="expression" dxfId="18" priority="5">
+    <cfRule type="expression" dxfId="22" priority="3">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="21" priority="4">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="20" priority="2">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="17" priority="6">
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C12:F13">
+    <cfRule type="expression" dxfId="19" priority="9">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="18" priority="8">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="16" priority="7">
-      <formula>TRUE()</formula>
+    <cfRule type="expression" dxfId="17" priority="7">
+      <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="D12:F82">
-    <cfRule type="cellIs" dxfId="15" priority="21" stopIfTrue="1" operator="lessThan">
+  <conditionalFormatting sqref="D12:F12">
+    <cfRule type="cellIs" dxfId="16" priority="6" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F10:F11">
-    <cfRule type="expression" dxfId="14" priority="8">
+  <conditionalFormatting sqref="D14:F84">
+    <cfRule type="cellIs" dxfId="15" priority="35" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F10:F13">
+    <cfRule type="expression" dxfId="14" priority="13">
       <formula>COLUMN()&lt;&gt;12</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F12:F62">
-    <cfRule type="expression" dxfId="13" priority="47">
+  <conditionalFormatting sqref="F14:F64">
+    <cfRule type="expression" dxfId="13" priority="63">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="12" priority="61">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="12" priority="49">
-[...1 lines deleted...]
-    </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F12:F82">
-    <cfRule type="expression" dxfId="11" priority="50">
+  <conditionalFormatting sqref="F14:F84">
+    <cfRule type="expression" dxfId="11" priority="64">
       <formula>COLUMN()&lt;&gt;12</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F50:H62">
-    <cfRule type="expression" dxfId="10" priority="48">
+  <conditionalFormatting sqref="F52:H64">
+    <cfRule type="expression" dxfId="10" priority="62">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G10:H49">
-    <cfRule type="expression" dxfId="9" priority="14">
+  <conditionalFormatting sqref="G10:H51">
+    <cfRule type="expression" dxfId="9" priority="28">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="G10:H62">
-    <cfRule type="expression" dxfId="8" priority="13">
+  <conditionalFormatting sqref="G10:H64">
+    <cfRule type="expression" dxfId="8" priority="29">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="7" priority="27">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="7" priority="15">
-      <formula>TRUE()</formula>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G10:H84">
+    <cfRule type="expression" dxfId="6" priority="30">
+      <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A86" r:id="rId1" xr:uid="{6590C524-1243-4244-94C8-694A3108D644}"/>
-    <hyperlink ref="A88" r:id="rId2" xr:uid="{2B32D8C0-F52E-42BA-8010-C5A7E917A20F}"/>
+    <hyperlink ref="A88" r:id="rId1" xr:uid="{6590C524-1243-4244-94C8-694A3108D644}"/>
+    <hyperlink ref="A90" r:id="rId2" xr:uid="{2B32D8C0-F52E-42BA-8010-C5A7E917A20F}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId3"/>
   <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet12.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet14.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{5EF4CF2D-2FF8-4C8A-8B26-1CC31CFFC6D8}">
-  <dimension ref="A1:M41"/>
+  <dimension ref="A1:M42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <sheetData>
     <row r="1" spans="1:13" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="88"/>
     </row>
     <row r="2" spans="1:13" ht="18" x14ac:dyDescent="0.35">
       <c r="A2" s="45" t="s">
-        <v>278</v>
+        <v>322</v>
       </c>
     </row>
     <row r="3" spans="1:13" ht="18" x14ac:dyDescent="0.35">
       <c r="A3" s="117" t="s">
-        <v>279</v>
+        <v>323</v>
       </c>
     </row>
     <row r="4" spans="1:13" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A4" s="118" t="s">
-        <v>248</v>
+        <v>247</v>
       </c>
     </row>
     <row r="5" spans="1:13" ht="15.75" x14ac:dyDescent="0.2">
       <c r="A5" s="21" t="s">
         <v>234</v>
       </c>
     </row>
     <row r="6" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="7" spans="1:13" ht="62.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="157"/>
-      <c r="B7" s="174" t="s">
+      <c r="A7" s="165"/>
+      <c r="B7" s="182" t="s">
+        <v>316</v>
+      </c>
+      <c r="C7" s="184"/>
+      <c r="D7" s="184"/>
+      <c r="E7" s="182" t="s">
         <v>235</v>
       </c>
-      <c r="C7" s="176"/>
-[...5 lines deleted...]
-      <c r="G7" s="176"/>
+      <c r="F7" s="184"/>
+      <c r="G7" s="184"/>
     </row>
     <row r="8" spans="1:13" x14ac:dyDescent="0.2">
-      <c r="A8" s="183"/>
-      <c r="B8" s="169" t="s">
+      <c r="A8" s="191"/>
+      <c r="B8" s="177" t="s">
         <v>6</v>
       </c>
-      <c r="C8" s="169" t="s">
-[...2 lines deleted...]
-      <c r="D8" s="167" t="s">
+      <c r="C8" s="177" t="s">
+        <v>0</v>
+      </c>
+      <c r="D8" s="175" t="s">
         <v>1</v>
       </c>
-      <c r="E8" s="184" t="s">
+      <c r="E8" s="192" t="s">
         <v>6</v>
       </c>
-      <c r="F8" s="184" t="s">
-[...2 lines deleted...]
-      <c r="G8" s="184" t="s">
+      <c r="F8" s="192" t="s">
+        <v>0</v>
+      </c>
+      <c r="G8" s="192" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="9" spans="1:13" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A9" s="159"/>
-[...5 lines deleted...]
-      <c r="G9" s="170"/>
+      <c r="A9" s="167"/>
+      <c r="B9" s="178"/>
+      <c r="C9" s="178"/>
+      <c r="D9" s="176"/>
+      <c r="E9" s="178"/>
+      <c r="F9" s="178"/>
+      <c r="G9" s="178"/>
     </row>
     <row r="10" spans="1:13" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="9">
+      <c r="A10" s="9" t="s">
+        <v>277</v>
+      </c>
+      <c r="B10" s="120">
+        <v>8250</v>
+      </c>
+      <c r="C10" s="120">
+        <v>3436</v>
+      </c>
+      <c r="D10" s="120">
+        <v>4814</v>
+      </c>
+      <c r="E10" s="120">
+        <v>9904</v>
+      </c>
+      <c r="F10" s="120">
+        <v>4950</v>
+      </c>
+      <c r="G10" s="120">
+        <v>4954</v>
+      </c>
+      <c r="I10" s="121"/>
+    </row>
+    <row r="11" spans="1:13" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="9">
         <v>2024</v>
       </c>
-      <c r="B10" s="120">
+      <c r="B11" s="120">
         <v>11665</v>
       </c>
-      <c r="C10" s="120">
+      <c r="C11" s="120">
         <v>4598</v>
       </c>
-      <c r="D10" s="120">
+      <c r="D11" s="120">
         <v>7067</v>
       </c>
-      <c r="E10" s="120">
+      <c r="E11" s="120">
         <v>14254</v>
       </c>
-      <c r="F10" s="120">
+      <c r="F11" s="120">
         <v>7031</v>
       </c>
-      <c r="G10" s="120">
+      <c r="G11" s="120">
         <v>7223</v>
       </c>
-      <c r="I10" s="121"/>
-[...25 lines deleted...]
-      <c r="M11" s="119"/>
+      <c r="I11" s="121"/>
     </row>
     <row r="12" spans="1:13" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="9" t="s">
-        <v>36</v>
+        <v>185</v>
       </c>
       <c r="B12" s="120">
-        <v>23405</v>
+        <v>16782</v>
       </c>
       <c r="C12" s="120">
-        <v>8902</v>
+        <v>6242</v>
       </c>
       <c r="D12" s="120">
-        <v>14503</v>
+        <v>10540</v>
       </c>
       <c r="E12" s="120">
-        <v>38573</v>
+        <v>38533</v>
       </c>
       <c r="F12" s="120">
-        <v>23378</v>
+        <v>21820</v>
       </c>
       <c r="G12" s="120">
-        <v>15195</v>
+        <v>16713</v>
       </c>
       <c r="J12" s="121"/>
       <c r="K12" s="121"/>
       <c r="M12" s="119"/>
     </row>
-    <row r="13" spans="1:13" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="13" spans="1:13" ht="14.25" customHeight="1" x14ac:dyDescent="0.25">
       <c r="A13" s="9" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B13" s="120">
-        <v>24490</v>
+        <v>23405</v>
       </c>
       <c r="C13" s="120">
-        <v>14667</v>
+        <v>8902</v>
       </c>
       <c r="D13" s="120">
-        <v>9823</v>
-[...451 lines deleted...]
-      <c r="A33" s="124" t="s">
+        <v>14503</v>
+      </c>
+      <c r="E13" s="120">
+        <v>38573</v>
+      </c>
+      <c r="F13" s="120">
+        <v>23378</v>
+      </c>
+      <c r="G13" s="120">
+        <v>15195</v>
+      </c>
+      <c r="J13" s="121"/>
+      <c r="K13" s="121"/>
+      <c r="M13" s="119"/>
+    </row>
+    <row r="14" spans="1:13" ht="14.25" x14ac:dyDescent="0.25">
+      <c r="A14" s="122" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="15" spans="1:13" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A15" s="123" t="s">
         <v>237</v>
       </c>
-    </row>
-[...1 lines deleted...]
-      <c r="A34" s="125" t="s">
+      <c r="B15" s="160"/>
+      <c r="C15" s="160"/>
+    </row>
+    <row r="16" spans="1:13" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A16" s="161" t="s">
+        <v>249</v>
+      </c>
+      <c r="B16" s="160"/>
+      <c r="C16" s="160"/>
+    </row>
+    <row r="17" spans="1:3" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A17" s="161" t="s">
+        <v>250</v>
+      </c>
+      <c r="B17" s="160"/>
+      <c r="C17" s="160"/>
+    </row>
+    <row r="18" spans="1:3" ht="14.25" x14ac:dyDescent="0.25">
+      <c r="A18" s="122" t="s">
         <v>238</v>
       </c>
-    </row>
-[...6 lines deleted...]
-      <c r="A36" s="118" t="s">
+      <c r="B18" s="160"/>
+      <c r="C18" s="160"/>
+    </row>
+    <row r="19" spans="1:3" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A19" s="122" t="s">
+        <v>239</v>
+      </c>
+      <c r="B19" s="160"/>
+      <c r="C19" s="160"/>
+    </row>
+    <row r="20" spans="1:3" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A20" s="122" t="s">
         <v>251</v>
       </c>
-    </row>
-[...11 lines deleted...]
-      <c r="A39" s="124" t="s">
+      <c r="B20" s="160"/>
+      <c r="C20" s="160"/>
+    </row>
+    <row r="21" spans="1:3" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A21" s="122" t="s">
         <v>252</v>
       </c>
-    </row>
-[...7 lines deleted...]
-    </row>
+      <c r="B21" s="160"/>
+      <c r="C21" s="160"/>
+    </row>
+    <row r="22" spans="1:3" s="123" customFormat="1" ht="14.25" x14ac:dyDescent="0.25">
+      <c r="A22" s="123" t="s">
+        <v>319</v>
+      </c>
+    </row>
+    <row r="23" spans="1:3" s="55" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A23" s="162" t="s">
+        <v>320</v>
+      </c>
+      <c r="B23" s="163"/>
+      <c r="C23" s="163"/>
+    </row>
+    <row r="24" spans="1:3" ht="14.25" x14ac:dyDescent="0.25">
+      <c r="A24" s="122" t="s">
+        <v>317</v>
+      </c>
+      <c r="B24" s="160"/>
+      <c r="C24" s="160"/>
+    </row>
+    <row r="25" spans="1:3" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A25" s="122" t="s">
+        <v>318</v>
+      </c>
+      <c r="B25" s="160"/>
+      <c r="C25" s="160"/>
+    </row>
+    <row r="26" spans="1:3" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A26" s="164" t="s">
+        <v>321</v>
+      </c>
+      <c r="B26" s="160"/>
+      <c r="C26" s="160"/>
+    </row>
+    <row r="27" spans="1:3" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A27" s="160"/>
+      <c r="B27" s="160"/>
+      <c r="C27" s="160"/>
+    </row>
+    <row r="28" spans="1:3" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A28" s="160"/>
+      <c r="B28" s="160"/>
+      <c r="C28" s="160"/>
+    </row>
+    <row r="33" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="34" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="35" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="36" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="37" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="38" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="39" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="40" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="41" customFormat="1" x14ac:dyDescent="0.2"/>
+    <row r="42" customFormat="1" x14ac:dyDescent="0.2"/>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A7:A9"/>
     <mergeCell ref="B7:D7"/>
     <mergeCell ref="E7:G7"/>
     <mergeCell ref="B8:B9"/>
     <mergeCell ref="C8:C9"/>
     <mergeCell ref="D8:D9"/>
     <mergeCell ref="E8:E9"/>
     <mergeCell ref="F8:F9"/>
     <mergeCell ref="G8:G9"/>
   </mergeCells>
-  <conditionalFormatting sqref="A10:A12">
-    <cfRule type="expression" dxfId="6" priority="10">
+  <conditionalFormatting sqref="A10:A13">
+    <cfRule type="expression" dxfId="5" priority="13">
       <formula>COLUMN()&lt;&gt;11</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A13:E32">
-    <cfRule type="expression" dxfId="5" priority="28">
+  <conditionalFormatting sqref="A10:G13">
+    <cfRule type="expression" dxfId="4" priority="4">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="3" priority="5">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="2" priority="6">
+      <formula>TRUE()</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B10:D13 F10:G13">
+    <cfRule type="expression" dxfId="1" priority="7">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A10:G32">
-[...16 lines deleted...]
-    <cfRule type="expression" dxfId="0" priority="40">
+  <conditionalFormatting sqref="E10:E13">
+    <cfRule type="expression" dxfId="0" priority="43">
       <formula>COLUMN()&lt;&gt;12</formula>
     </cfRule>
   </conditionalFormatting>
+  <hyperlinks>
+    <hyperlink ref="A23" r:id="rId1" xr:uid="{CADAC2CB-47EB-4006-8E3B-8959A3FDF8DF}"/>
+    <hyperlink ref="A26" r:id="rId2" xr:uid="{36B3AC35-097B-4421-99E5-08E6E6DB0889}"/>
+  </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <pageSetup paperSize="9" orientation="portrait" r:id="rId1"/>
-  <drawing r:id="rId2"/>
+  <pageSetup paperSize="9" orientation="portrait" r:id="rId3"/>
+  <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:U807"/>
+  <dimension ref="A1:U809"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane ySplit="7" topLeftCell="A8" activePane="bottomLeft" state="frozen"/>
       <selection activeCell="A3" sqref="A3"/>
       <selection pane="bottomLeft"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultColWidth="8.5703125" defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="8.7109375" style="3" customWidth="1"/>
     <col min="2" max="2" width="16.85546875" style="3" customWidth="1"/>
     <col min="3" max="8" width="10.7109375" style="4" customWidth="1"/>
     <col min="9" max="10" width="0" style="4" hidden="1" customWidth="1"/>
     <col min="11" max="12" width="8.5703125" style="4" hidden="1" customWidth="1"/>
     <col min="13" max="14" width="8.5703125" style="4"/>
     <col min="15" max="15" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="16" max="16" width="11.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="17" max="17" width="10.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="18" max="16384" width="8.5703125" style="4"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:16" ht="45" customHeight="1" x14ac:dyDescent="0.35">
       <c r="C1" s="45"/>
     </row>
     <row r="2" spans="1:16" s="19" customFormat="1" ht="19.5" x14ac:dyDescent="0.35">
       <c r="A2" s="17" t="s">
-        <v>281</v>
+        <v>307</v>
       </c>
       <c r="B2" s="17"/>
       <c r="C2" s="18"/>
       <c r="D2" s="18"/>
       <c r="E2" s="18"/>
       <c r="H2" s="79"/>
     </row>
     <row r="3" spans="1:16" s="78" customFormat="1" ht="19.5" x14ac:dyDescent="0.35">
       <c r="A3" s="76" t="s">
-        <v>295</v>
+        <v>308</v>
       </c>
       <c r="B3" s="76"/>
       <c r="C3" s="77"/>
       <c r="D3" s="77"/>
       <c r="E3" s="77"/>
     </row>
     <row r="4" spans="1:16" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
       <c r="A4" s="4"/>
       <c r="B4" s="4"/>
       <c r="C4" s="1"/>
       <c r="D4" s="1"/>
       <c r="E4" s="1"/>
     </row>
     <row r="5" spans="1:16" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="157"/>
+      <c r="A5" s="165"/>
       <c r="B5" s="48"/>
-      <c r="C5" s="160" t="s">
+      <c r="C5" s="168" t="s">
         <v>152</v>
       </c>
-      <c r="D5" s="161"/>
-[...1 lines deleted...]
-      <c r="F5" s="160" t="s">
+      <c r="D5" s="169"/>
+      <c r="E5" s="169"/>
+      <c r="F5" s="168" t="s">
         <v>160</v>
       </c>
-      <c r="G5" s="161"/>
-      <c r="H5" s="161"/>
+      <c r="G5" s="169"/>
+      <c r="H5" s="169"/>
     </row>
     <row r="6" spans="1:16" s="7" customFormat="1" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="158"/>
+      <c r="A6" s="166"/>
       <c r="B6" s="49"/>
-      <c r="C6" s="164" t="s">
+      <c r="C6" s="172" t="s">
         <v>6</v>
       </c>
-      <c r="D6" s="164" t="s">
-[...2 lines deleted...]
-      <c r="E6" s="165" t="s">
+      <c r="D6" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="E6" s="173" t="s">
         <v>1</v>
       </c>
-      <c r="F6" s="162" t="s">
+      <c r="F6" s="170" t="s">
         <v>6</v>
       </c>
-      <c r="G6" s="162" t="s">
-[...2 lines deleted...]
-      <c r="H6" s="162" t="s">
+      <c r="G6" s="170" t="s">
+        <v>0</v>
+      </c>
+      <c r="H6" s="170" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:16" s="26" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="159"/>
+      <c r="A7" s="167"/>
       <c r="B7" s="50"/>
-      <c r="C7" s="163"/>
-[...4 lines deleted...]
-      <c r="H7" s="163"/>
+      <c r="C7" s="171"/>
+      <c r="D7" s="171"/>
+      <c r="E7" s="174"/>
+      <c r="F7" s="171"/>
+      <c r="G7" s="171"/>
+      <c r="H7" s="171"/>
     </row>
     <row r="8" spans="1:16" s="64" customFormat="1" ht="6.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="62" t="s">
         <v>186</v>
       </c>
       <c r="B8" s="62"/>
       <c r="C8" s="63"/>
       <c r="D8" s="63"/>
       <c r="E8" s="63"/>
       <c r="F8" s="63"/>
       <c r="G8" s="63"/>
       <c r="H8" s="63"/>
     </row>
-    <row r="9" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...3 lines deleted...]
-      <c r="B9" s="133" t="s">
+    <row r="9" spans="1:16" s="19" customFormat="1" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="130" t="s">
+        <v>306</v>
+      </c>
+      <c r="B9" s="131" t="s">
         <v>138</v>
       </c>
-      <c r="C9" s="134">
-[...23 lines deleted...]
-      <c r="O9" s="94"/>
+      <c r="C9" s="132">
+        <v>316</v>
+      </c>
+      <c r="D9" s="132">
+        <v>120</v>
+      </c>
+      <c r="E9" s="132">
+        <v>196</v>
+      </c>
+      <c r="F9" s="132">
+        <v>1665</v>
+      </c>
+      <c r="G9" s="132">
+        <v>875</v>
+      </c>
+      <c r="H9" s="132">
+        <v>790</v>
+      </c>
+      <c r="N9" s="159"/>
+      <c r="O9" s="158"/>
     </row>
     <row r="10" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A10" s="132"/>
-      <c r="B10" s="137" t="s">
+      <c r="A10" s="130"/>
+      <c r="B10" s="135" t="s">
         <v>139</v>
       </c>
       <c r="C10" s="120">
-        <v>735</v>
+        <v>316</v>
       </c>
       <c r="D10" s="120">
-        <v>280</v>
+        <v>120</v>
       </c>
       <c r="E10" s="120">
-        <v>455</v>
+        <v>196</v>
       </c>
       <c r="F10" s="120">
-        <v>614</v>
+        <v>1665</v>
       </c>
       <c r="G10" s="120">
-        <v>322</v>
+        <v>875</v>
       </c>
       <c r="H10" s="120">
-        <v>292</v>
+        <v>790</v>
       </c>
       <c r="I10" s="65"/>
       <c r="J10" s="65"/>
       <c r="K10" s="65"/>
       <c r="L10" s="65"/>
       <c r="M10" s="65"/>
-      <c r="N10" s="142"/>
+      <c r="N10" s="140"/>
       <c r="O10" s="94"/>
     </row>
     <row r="11" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A11" s="87"/>
-[...19 lines deleted...]
-        <v>248</v>
+      <c r="A11" s="130" t="s">
+        <v>277</v>
+      </c>
+      <c r="B11" s="131" t="s">
+        <v>138</v>
+      </c>
+      <c r="C11" s="132">
+        <v>6737</v>
+      </c>
+      <c r="D11" s="132">
+        <v>2772</v>
+      </c>
+      <c r="E11" s="132">
+        <v>3965</v>
+      </c>
+      <c r="F11" s="132">
+        <v>9680</v>
+      </c>
+      <c r="G11" s="132">
+        <v>4765</v>
+      </c>
+      <c r="H11" s="132">
+        <v>4915</v>
       </c>
       <c r="I11" s="65"/>
       <c r="J11" s="65"/>
       <c r="K11" s="65"/>
       <c r="L11" s="65"/>
       <c r="M11" s="65"/>
-      <c r="N11" s="142"/>
-[...1 lines deleted...]
-      <c r="P11" s="153"/>
+      <c r="N11" s="140"/>
+      <c r="O11" s="94"/>
     </row>
     <row r="12" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A12" s="87"/>
-[...1 lines deleted...]
-        <v>141</v>
+      <c r="A12" s="130"/>
+      <c r="B12" s="135" t="s">
+        <v>139</v>
       </c>
       <c r="C12" s="120">
-        <v>735</v>
+        <v>739</v>
       </c>
       <c r="D12" s="120">
-        <v>294</v>
+        <v>281</v>
       </c>
       <c r="E12" s="120">
-        <v>441</v>
+        <v>458</v>
       </c>
       <c r="F12" s="120">
-        <v>871</v>
+        <v>614</v>
       </c>
       <c r="G12" s="120">
-        <v>431</v>
+        <v>322</v>
       </c>
       <c r="H12" s="120">
-        <v>440</v>
+        <v>292</v>
       </c>
       <c r="I12" s="65"/>
       <c r="J12" s="65"/>
       <c r="K12" s="65"/>
       <c r="L12" s="65"/>
       <c r="M12" s="65"/>
-      <c r="N12" s="151"/>
+      <c r="N12" s="140"/>
       <c r="O12" s="94"/>
     </row>
     <row r="13" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="87"/>
       <c r="B13" s="16" t="s">
-        <v>156</v>
+        <v>140</v>
       </c>
       <c r="C13" s="120">
-        <v>497</v>
+        <v>841</v>
       </c>
       <c r="D13" s="120">
-        <v>213</v>
+        <v>352</v>
       </c>
       <c r="E13" s="120">
-        <v>284</v>
+        <v>489</v>
       </c>
       <c r="F13" s="120">
-        <v>703</v>
+        <v>494</v>
       </c>
       <c r="G13" s="120">
-        <v>370</v>
+        <v>246</v>
       </c>
       <c r="H13" s="120">
-        <v>333</v>
+        <v>248</v>
       </c>
       <c r="I13" s="65"/>
       <c r="J13" s="65"/>
       <c r="K13" s="65"/>
       <c r="L13" s="65"/>
       <c r="M13" s="65"/>
-      <c r="N13" s="142"/>
+      <c r="N13" s="149"/>
       <c r="O13" s="155"/>
+      <c r="P13" s="151"/>
     </row>
     <row r="14" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="87"/>
       <c r="B14" s="16" t="s">
-        <v>163</v>
+        <v>141</v>
       </c>
       <c r="C14" s="120">
-        <v>460</v>
+        <v>731</v>
       </c>
       <c r="D14" s="120">
-        <v>170</v>
+        <v>292</v>
       </c>
       <c r="E14" s="120">
-        <v>290</v>
+        <v>439</v>
       </c>
       <c r="F14" s="120">
-        <v>737</v>
+        <v>871</v>
       </c>
       <c r="G14" s="120">
-        <v>464</v>
+        <v>431</v>
       </c>
       <c r="H14" s="120">
-        <v>273</v>
+        <v>440</v>
       </c>
       <c r="I14" s="65"/>
       <c r="J14" s="65"/>
       <c r="K14" s="65"/>
       <c r="L14" s="65"/>
       <c r="M14" s="65"/>
-      <c r="N14" s="142"/>
-      <c r="O14" s="156"/>
+      <c r="N14" s="149"/>
+      <c r="O14" s="94"/>
+      <c r="P14" s="125"/>
     </row>
     <row r="15" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="87"/>
       <c r="B15" s="16" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="C15" s="120">
-        <v>518</v>
+        <v>500</v>
       </c>
       <c r="D15" s="120">
-        <v>220</v>
+        <v>214</v>
       </c>
       <c r="E15" s="120">
-        <v>298</v>
+        <v>286</v>
       </c>
       <c r="F15" s="120">
-        <v>929</v>
+        <v>703</v>
       </c>
       <c r="G15" s="120">
-        <v>543</v>
+        <v>370</v>
       </c>
       <c r="H15" s="120">
-        <v>386</v>
+        <v>333</v>
       </c>
       <c r="I15" s="65"/>
       <c r="J15" s="65"/>
       <c r="K15" s="65"/>
       <c r="L15" s="65"/>
       <c r="M15" s="65"/>
-      <c r="N15" s="142"/>
-      <c r="O15" s="156"/>
+      <c r="N15" s="140"/>
+      <c r="O15" s="153"/>
     </row>
     <row r="16" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="87"/>
       <c r="B16" s="16" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C16" s="120">
-        <v>481</v>
+        <v>462</v>
       </c>
       <c r="D16" s="120">
-        <v>204</v>
+        <v>174</v>
       </c>
       <c r="E16" s="120">
-        <v>277</v>
+        <v>288</v>
       </c>
       <c r="F16" s="120">
-        <v>865</v>
+        <v>737</v>
       </c>
       <c r="G16" s="120">
-        <v>420</v>
+        <v>464</v>
       </c>
       <c r="H16" s="120">
-        <v>445</v>
+        <v>273</v>
       </c>
       <c r="I16" s="65"/>
       <c r="J16" s="65"/>
       <c r="K16" s="65"/>
       <c r="L16" s="65"/>
       <c r="M16" s="65"/>
-      <c r="N16" s="152"/>
-[...3 lines deleted...]
-    <row r="17" spans="1:15" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="N16" s="140"/>
+      <c r="O16" s="154"/>
+    </row>
+    <row r="17" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="87"/>
       <c r="B17" s="16" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C17" s="120">
-        <v>446</v>
+        <v>526</v>
       </c>
       <c r="D17" s="120">
-        <v>183</v>
+        <v>226</v>
       </c>
       <c r="E17" s="120">
-        <v>263</v>
+        <v>300</v>
       </c>
       <c r="F17" s="120">
-        <v>1039</v>
+        <v>929</v>
       </c>
       <c r="G17" s="120">
-        <v>550</v>
+        <v>543</v>
       </c>
       <c r="H17" s="120">
-        <v>489</v>
+        <v>386</v>
       </c>
       <c r="I17" s="65"/>
       <c r="J17" s="65"/>
       <c r="K17" s="65"/>
       <c r="L17" s="65"/>
       <c r="M17" s="65"/>
-      <c r="N17" s="142"/>
-[...2 lines deleted...]
-    <row r="18" spans="1:15" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="N17" s="150"/>
+      <c r="O17" s="154"/>
+    </row>
+    <row r="18" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="87"/>
       <c r="B18" s="16" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C18" s="120">
-        <v>574</v>
+        <v>486</v>
       </c>
       <c r="D18" s="120">
-        <v>227</v>
+        <v>207</v>
       </c>
       <c r="E18" s="120">
-        <v>347</v>
+        <v>279</v>
       </c>
       <c r="F18" s="120">
-        <v>1098</v>
+        <v>864</v>
       </c>
       <c r="G18" s="120">
-        <v>428</v>
+        <v>420</v>
       </c>
       <c r="H18" s="120">
-        <v>670</v>
+        <v>444</v>
       </c>
       <c r="I18" s="65"/>
       <c r="J18" s="65"/>
       <c r="K18" s="65"/>
       <c r="L18" s="65"/>
       <c r="M18" s="65"/>
-      <c r="N18" s="142"/>
-[...2 lines deleted...]
-    <row r="19" spans="1:15" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="N18" s="150"/>
+      <c r="O18" s="149"/>
+      <c r="P18" s="94"/>
+    </row>
+    <row r="19" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="87"/>
       <c r="B19" s="16" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="C19" s="120">
-        <v>546</v>
+        <v>447</v>
       </c>
       <c r="D19" s="120">
-        <v>239</v>
+        <v>184</v>
       </c>
       <c r="E19" s="120">
-        <v>307</v>
+        <v>263</v>
       </c>
       <c r="F19" s="120">
-        <v>906</v>
+        <v>1039</v>
       </c>
       <c r="G19" s="120">
-        <v>373</v>
+        <v>550</v>
       </c>
       <c r="H19" s="120">
-        <v>533</v>
+        <v>489</v>
       </c>
       <c r="I19" s="65"/>
       <c r="J19" s="65"/>
       <c r="K19" s="65"/>
       <c r="L19" s="65"/>
       <c r="M19" s="65"/>
-      <c r="N19" s="142"/>
+      <c r="N19" s="140"/>
       <c r="O19" s="94"/>
     </row>
-    <row r="20" spans="1:15" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="20" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="87"/>
       <c r="B20" s="16" t="s">
-        <v>179</v>
-[...6 lines deleted...]
-      <c r="H20" s="120"/>
+        <v>171</v>
+      </c>
+      <c r="C20" s="120">
+        <v>577</v>
+      </c>
+      <c r="D20" s="120">
+        <v>228</v>
+      </c>
+      <c r="E20" s="120">
+        <v>349</v>
+      </c>
+      <c r="F20" s="120">
+        <v>1097</v>
+      </c>
+      <c r="G20" s="120">
+        <v>428</v>
+      </c>
+      <c r="H20" s="120">
+        <v>669</v>
+      </c>
       <c r="I20" s="65"/>
       <c r="J20" s="65"/>
       <c r="K20" s="65"/>
       <c r="L20" s="65"/>
       <c r="M20" s="65"/>
-      <c r="N20" s="142"/>
-[...2 lines deleted...]
-    <row r="21" spans="1:15" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="N20" s="140"/>
+      <c r="O20" s="154"/>
+    </row>
+    <row r="21" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="87"/>
       <c r="B21" s="16" t="s">
-        <v>180</v>
-[...6 lines deleted...]
-      <c r="H21" s="120"/>
+        <v>174</v>
+      </c>
+      <c r="C21" s="120">
+        <v>547</v>
+      </c>
+      <c r="D21" s="120">
+        <v>239</v>
+      </c>
+      <c r="E21" s="120">
+        <v>308</v>
+      </c>
+      <c r="F21" s="120">
+        <v>907</v>
+      </c>
+      <c r="G21" s="120">
+        <v>376</v>
+      </c>
+      <c r="H21" s="120">
+        <v>531</v>
+      </c>
       <c r="I21" s="65"/>
       <c r="J21" s="65"/>
       <c r="K21" s="65"/>
       <c r="L21" s="65"/>
       <c r="M21" s="65"/>
-      <c r="N21" s="142"/>
+      <c r="N21" s="140"/>
       <c r="O21" s="94"/>
     </row>
-    <row r="22" spans="1:15" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...30 lines deleted...]
-        <v>139</v>
+    <row r="22" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="87"/>
+      <c r="B22" s="16" t="s">
+        <v>179</v>
+      </c>
+      <c r="C22" s="120">
+        <v>447</v>
+      </c>
+      <c r="D22" s="120">
+        <v>191</v>
+      </c>
+      <c r="E22" s="120">
+        <v>256</v>
+      </c>
+      <c r="F22" s="120">
+        <v>642</v>
+      </c>
+      <c r="G22" s="120">
+        <v>262</v>
+      </c>
+      <c r="H22" s="120">
+        <v>380</v>
+      </c>
+      <c r="I22" s="65"/>
+      <c r="J22" s="65"/>
+      <c r="K22" s="65"/>
+      <c r="L22" s="65"/>
+      <c r="M22" s="65"/>
+      <c r="N22" s="140"/>
+      <c r="O22" s="94"/>
+    </row>
+    <row r="23" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="87"/>
+      <c r="B23" s="16" t="s">
+        <v>180</v>
       </c>
       <c r="C23" s="120">
-        <v>942</v>
+        <v>434</v>
       </c>
       <c r="D23" s="120">
-        <v>350</v>
+        <v>184</v>
       </c>
       <c r="E23" s="120">
-        <v>592</v>
+        <v>250</v>
       </c>
       <c r="F23" s="120">
         <v>783</v>
       </c>
       <c r="G23" s="120">
-        <v>402</v>
+        <v>353</v>
       </c>
       <c r="H23" s="120">
-        <v>381</v>
+        <v>430</v>
       </c>
       <c r="I23" s="65"/>
       <c r="J23" s="65"/>
       <c r="K23" s="65"/>
       <c r="L23" s="65"/>
       <c r="M23" s="65"/>
-      <c r="N23" s="142"/>
+      <c r="N23" s="140"/>
       <c r="O23" s="94"/>
     </row>
-    <row r="24" spans="1:15" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-[...29 lines deleted...]
-      <c r="C25" s="10">
+    <row r="24" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="130" t="s">
+        <v>270</v>
+      </c>
+      <c r="B24" s="131" t="s">
+        <v>138</v>
+      </c>
+      <c r="C24" s="132">
+        <v>9645</v>
+      </c>
+      <c r="D24" s="132">
+        <v>3757</v>
+      </c>
+      <c r="E24" s="132">
+        <v>5888</v>
+      </c>
+      <c r="F24" s="132">
+        <v>10682</v>
+      </c>
+      <c r="G24" s="132">
+        <v>5585</v>
+      </c>
+      <c r="H24" s="132">
+        <v>5097</v>
+      </c>
+      <c r="N24" s="141"/>
+      <c r="O24" s="149"/>
+    </row>
+    <row r="25" spans="1:16" ht="14.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="130"/>
+      <c r="B25" s="135" t="s">
+        <v>139</v>
+      </c>
+      <c r="C25" s="120">
+        <v>942</v>
+      </c>
+      <c r="D25" s="120">
+        <v>350</v>
+      </c>
+      <c r="E25" s="120">
+        <v>592</v>
+      </c>
+      <c r="F25" s="120">
         <v>783</v>
       </c>
-      <c r="D25" s="10">
-[...17 lines deleted...]
-    <row r="26" spans="1:15" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="G25" s="120">
+        <v>402</v>
+      </c>
+      <c r="H25" s="120">
+        <v>381</v>
+      </c>
+      <c r="I25" s="65"/>
+      <c r="J25" s="65"/>
+      <c r="K25" s="65"/>
+      <c r="L25" s="65"/>
+      <c r="M25" s="65"/>
+      <c r="N25" s="140"/>
+      <c r="O25" s="94"/>
+    </row>
+    <row r="26" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="87"/>
       <c r="B26" s="16" t="s">
-        <v>156</v>
+        <v>140</v>
       </c>
       <c r="C26" s="10">
-        <v>826</v>
+        <v>956</v>
       </c>
       <c r="D26" s="10">
-        <v>312</v>
+        <v>338</v>
       </c>
       <c r="E26" s="10">
-        <v>514</v>
+        <v>618</v>
       </c>
       <c r="F26" s="10">
-        <v>844</v>
+        <v>717</v>
       </c>
       <c r="G26" s="10">
-        <v>370</v>
+        <v>314</v>
       </c>
       <c r="H26" s="10">
-        <v>474</v>
-[...1 lines deleted...]
-      <c r="N26" s="142"/>
+        <v>403</v>
+      </c>
       <c r="O26" s="109"/>
     </row>
-    <row r="27" spans="1:15" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="27" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="87"/>
       <c r="B27" s="16" t="s">
-        <v>163</v>
+        <v>141</v>
       </c>
       <c r="C27" s="10">
-        <v>839</v>
+        <v>783</v>
       </c>
       <c r="D27" s="10">
-        <v>301</v>
+        <v>278</v>
       </c>
       <c r="E27" s="10">
-        <v>538</v>
+        <v>505</v>
       </c>
       <c r="F27" s="10">
-        <v>1186</v>
+        <v>959</v>
       </c>
       <c r="G27" s="10">
-        <v>686</v>
+        <v>484</v>
       </c>
       <c r="H27" s="10">
-        <v>500</v>
-      </c>
+        <v>475</v>
+      </c>
+      <c r="N27" s="125"/>
       <c r="O27" s="109"/>
     </row>
-    <row r="28" spans="1:15" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="28" spans="1:16" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="87"/>
       <c r="B28" s="16" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="C28" s="10">
-        <v>749</v>
+        <v>826</v>
       </c>
       <c r="D28" s="10">
-        <v>311</v>
+        <v>312</v>
       </c>
       <c r="E28" s="10">
-        <v>438</v>
+        <v>514</v>
       </c>
       <c r="F28" s="10">
-        <v>1155</v>
+        <v>844</v>
       </c>
       <c r="G28" s="10">
-        <v>697</v>
+        <v>370</v>
       </c>
       <c r="H28" s="10">
-        <v>458</v>
-      </c>
+        <v>474</v>
+      </c>
+      <c r="N28" s="140"/>
       <c r="O28" s="109"/>
     </row>
-    <row r="29" spans="1:15" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="29" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="87"/>
       <c r="B29" s="16" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C29" s="10">
-        <v>705</v>
+        <v>839</v>
       </c>
       <c r="D29" s="10">
-        <v>264</v>
+        <v>301</v>
       </c>
       <c r="E29" s="10">
-        <v>441</v>
+        <v>538</v>
       </c>
       <c r="F29" s="10">
-        <v>1177</v>
+        <v>1186</v>
       </c>
       <c r="G29" s="10">
-        <v>630</v>
+        <v>686</v>
       </c>
       <c r="H29" s="10">
-        <v>547</v>
+        <v>500</v>
       </c>
       <c r="O29" s="109"/>
     </row>
-    <row r="30" spans="1:15" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="30" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="87"/>
       <c r="B30" s="16" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C30" s="10">
-        <v>747</v>
+        <v>749</v>
       </c>
       <c r="D30" s="10">
-        <v>288</v>
+        <v>311</v>
       </c>
       <c r="E30" s="10">
-        <v>459</v>
+        <v>438</v>
       </c>
       <c r="F30" s="10">
-        <v>1005</v>
+        <v>1155</v>
       </c>
       <c r="G30" s="10">
-        <v>544</v>
+        <v>697</v>
       </c>
       <c r="H30" s="10">
-        <v>461</v>
+        <v>458</v>
       </c>
       <c r="O30" s="109"/>
     </row>
-    <row r="31" spans="1:15" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="31" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="87"/>
       <c r="B31" s="16" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C31" s="10">
-        <v>828</v>
+        <v>705</v>
       </c>
       <c r="D31" s="10">
-        <v>361</v>
+        <v>264</v>
       </c>
       <c r="E31" s="10">
-        <v>467</v>
+        <v>441</v>
       </c>
       <c r="F31" s="10">
-        <v>828</v>
+        <v>1177</v>
       </c>
       <c r="G31" s="10">
-        <v>445</v>
+        <v>630</v>
       </c>
       <c r="H31" s="10">
-        <v>383</v>
+        <v>547</v>
       </c>
       <c r="O31" s="109"/>
     </row>
-    <row r="32" spans="1:15" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="32" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="87"/>
       <c r="B32" s="16" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="C32" s="10">
-        <v>813</v>
+        <v>747</v>
       </c>
       <c r="D32" s="10">
-        <v>347</v>
+        <v>288</v>
       </c>
       <c r="E32" s="10">
-        <v>466</v>
+        <v>459</v>
       </c>
       <c r="F32" s="10">
-        <v>761</v>
+        <v>1005</v>
       </c>
       <c r="G32" s="10">
-        <v>373</v>
+        <v>544</v>
       </c>
       <c r="H32" s="10">
-        <v>388</v>
+        <v>461</v>
       </c>
       <c r="O32" s="109"/>
     </row>
     <row r="33" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="87"/>
       <c r="B33" s="16" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="C33" s="10">
-        <v>764</v>
+        <v>828</v>
       </c>
       <c r="D33" s="10">
-        <v>348</v>
+        <v>361</v>
       </c>
       <c r="E33" s="10">
-        <v>416</v>
+        <v>467</v>
       </c>
       <c r="F33" s="10">
-        <v>598</v>
+        <v>828</v>
       </c>
       <c r="G33" s="10">
-        <v>294</v>
+        <v>445</v>
       </c>
       <c r="H33" s="10">
-        <v>304</v>
+        <v>383</v>
       </c>
       <c r="O33" s="109"/>
     </row>
     <row r="34" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="87"/>
       <c r="B34" s="16" t="s">
+        <v>174</v>
+      </c>
+      <c r="C34" s="10">
+        <v>813</v>
+      </c>
+      <c r="D34" s="10">
+        <v>347</v>
+      </c>
+      <c r="E34" s="10">
+        <v>466</v>
+      </c>
+      <c r="F34" s="10">
+        <v>761</v>
+      </c>
+      <c r="G34" s="10">
+        <v>373</v>
+      </c>
+      <c r="H34" s="10">
+        <v>388</v>
+      </c>
+      <c r="O34" s="109"/>
+    </row>
+    <row r="35" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="87"/>
+      <c r="B35" s="16" t="s">
+        <v>179</v>
+      </c>
+      <c r="C35" s="10">
+        <v>764</v>
+      </c>
+      <c r="D35" s="10">
+        <v>348</v>
+      </c>
+      <c r="E35" s="10">
+        <v>416</v>
+      </c>
+      <c r="F35" s="10">
+        <v>598</v>
+      </c>
+      <c r="G35" s="10">
+        <v>294</v>
+      </c>
+      <c r="H35" s="10">
+        <v>304</v>
+      </c>
+      <c r="O35" s="109"/>
+    </row>
+    <row r="36" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="87"/>
+      <c r="B36" s="16" t="s">
         <v>180</v>
       </c>
-      <c r="C34" s="10">
+      <c r="C36" s="10">
         <v>693</v>
       </c>
-      <c r="D34" s="10">
+      <c r="D36" s="10">
         <v>259</v>
       </c>
-      <c r="E34" s="10">
+      <c r="E36" s="10">
         <v>434</v>
       </c>
-      <c r="F34" s="10">
+      <c r="F36" s="10">
         <v>669</v>
       </c>
-      <c r="G34" s="10">
+      <c r="G36" s="10">
         <v>346</v>
       </c>
-      <c r="H34" s="10">
+      <c r="H36" s="10">
         <v>323</v>
       </c>
-      <c r="O34" s="109"/>
-[...2 lines deleted...]
-      <c r="A35" s="9" t="s">
+      <c r="O36" s="109"/>
+    </row>
+    <row r="37" spans="1:16" s="19" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="9" t="s">
         <v>185</v>
       </c>
-      <c r="B35" s="53" t="s">
+      <c r="B37" s="53" t="s">
         <v>138</v>
       </c>
-      <c r="C35" s="54">
+      <c r="C37" s="54">
         <v>12644</v>
       </c>
-      <c r="D35" s="54">
+      <c r="D37" s="54">
         <v>4665</v>
       </c>
-      <c r="E35" s="54">
+      <c r="E37" s="54">
         <v>7979</v>
       </c>
-      <c r="F35" s="54">
+      <c r="F37" s="54">
         <v>11272</v>
       </c>
-      <c r="G35" s="54">
+      <c r="G37" s="54">
         <v>5516</v>
       </c>
-      <c r="H35" s="54">
+      <c r="H37" s="54">
         <v>5756</v>
       </c>
-      <c r="N35" s="138"/>
-[...3 lines deleted...]
-      <c r="B36" s="16" t="s">
+      <c r="N37" s="136"/>
+    </row>
+    <row r="38" spans="1:16" s="65" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="57"/>
+      <c r="B38" s="16" t="s">
         <v>139</v>
       </c>
-      <c r="C36" s="10">
+      <c r="C38" s="10">
         <v>1233</v>
       </c>
-      <c r="D36" s="10">
+      <c r="D38" s="10">
         <v>424</v>
       </c>
-      <c r="E36" s="10">
+      <c r="E38" s="10">
         <v>809</v>
       </c>
-      <c r="F36" s="10">
+      <c r="F38" s="10">
         <v>1079</v>
       </c>
-      <c r="G36" s="10">
+      <c r="G38" s="10">
         <v>497</v>
       </c>
-      <c r="H36" s="10">
+      <c r="H38" s="10">
         <v>582</v>
       </c>
-    </row>
-[...48 lines deleted...]
-      <c r="O38" s="109"/>
     </row>
     <row r="39" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="87"/>
       <c r="B39" s="16" t="s">
-        <v>156</v>
+        <v>140</v>
       </c>
       <c r="C39" s="10">
-        <v>930</v>
+        <v>1218</v>
       </c>
       <c r="D39" s="10">
-        <v>339</v>
+        <v>462</v>
       </c>
       <c r="E39" s="10">
-        <v>591</v>
+        <v>756</v>
       </c>
       <c r="F39" s="10">
-        <v>868</v>
+        <v>1043</v>
       </c>
       <c r="G39" s="10">
-        <v>390</v>
+        <v>494</v>
       </c>
       <c r="H39" s="10">
-        <v>478</v>
+        <v>549</v>
       </c>
       <c r="O39" s="109"/>
     </row>
     <row r="40" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="87"/>
       <c r="B40" s="16" t="s">
-        <v>163</v>
+        <v>141</v>
       </c>
       <c r="C40" s="10">
-        <v>1100</v>
+        <v>1209</v>
       </c>
       <c r="D40" s="10">
-        <v>413</v>
+        <v>423</v>
       </c>
       <c r="E40" s="10">
-        <v>687</v>
+        <v>786</v>
       </c>
       <c r="F40" s="10">
-        <v>1239</v>
+        <v>1235</v>
       </c>
       <c r="G40" s="10">
-        <v>681</v>
+        <v>563</v>
       </c>
       <c r="H40" s="10">
-        <v>558</v>
-[...1 lines deleted...]
-      <c r="O40" s="94"/>
+        <v>672</v>
+      </c>
+      <c r="O40" s="109"/>
     </row>
     <row r="41" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="87"/>
       <c r="B41" s="16" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="C41" s="10">
-        <v>1103</v>
+        <v>930</v>
       </c>
       <c r="D41" s="10">
-        <v>440</v>
+        <v>339</v>
       </c>
       <c r="E41" s="10">
-        <v>663</v>
+        <v>591</v>
       </c>
       <c r="F41" s="10">
-        <v>1189</v>
+        <v>868</v>
       </c>
       <c r="G41" s="10">
-        <v>638</v>
+        <v>390</v>
       </c>
       <c r="H41" s="10">
-        <v>551</v>
-[...1 lines deleted...]
-      <c r="N41" s="94"/>
+        <v>478</v>
+      </c>
       <c r="O41" s="109"/>
     </row>
     <row r="42" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="87"/>
       <c r="B42" s="16" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C42" s="10">
-        <v>951</v>
+        <v>1100</v>
       </c>
       <c r="D42" s="10">
-        <v>377</v>
+        <v>413</v>
       </c>
       <c r="E42" s="10">
-        <v>574</v>
+        <v>687</v>
       </c>
       <c r="F42" s="10">
-        <v>1036</v>
+        <v>1239</v>
       </c>
       <c r="G42" s="10">
-        <v>533</v>
+        <v>681</v>
       </c>
       <c r="H42" s="10">
-        <v>503</v>
-[...2 lines deleted...]
-      <c r="P42" s="127"/>
+        <v>558</v>
+      </c>
+      <c r="O42" s="94"/>
     </row>
     <row r="43" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="87"/>
       <c r="B43" s="16" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C43" s="10">
-        <v>1074</v>
+        <v>1103</v>
       </c>
       <c r="D43" s="10">
-        <v>372</v>
+        <v>440</v>
       </c>
       <c r="E43" s="10">
-        <v>702</v>
+        <v>663</v>
       </c>
       <c r="F43" s="10">
-        <v>880</v>
+        <v>1189</v>
       </c>
       <c r="G43" s="10">
-        <v>413</v>
+        <v>638</v>
       </c>
       <c r="H43" s="10">
-        <v>467</v>
-      </c>
+        <v>551</v>
+      </c>
+      <c r="N43" s="94"/>
       <c r="O43" s="109"/>
-      <c r="P43" s="127"/>
     </row>
     <row r="44" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="87"/>
-      <c r="B44" s="57" t="s">
-        <v>171</v>
+      <c r="B44" s="16" t="s">
+        <v>167</v>
       </c>
       <c r="C44" s="10">
-        <v>1031</v>
+        <v>951</v>
       </c>
       <c r="D44" s="10">
-        <v>371</v>
+        <v>377</v>
       </c>
       <c r="E44" s="10">
-        <v>660</v>
+        <v>574</v>
       </c>
       <c r="F44" s="10">
-        <v>770</v>
+        <v>1036</v>
       </c>
       <c r="G44" s="10">
-        <v>349</v>
+        <v>533</v>
       </c>
       <c r="H44" s="10">
-        <v>421</v>
+        <v>503</v>
       </c>
       <c r="O44" s="109"/>
-      <c r="P44" s="127"/>
+      <c r="P44" s="125"/>
     </row>
     <row r="45" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A45" s="87"/>
-      <c r="B45" s="57" t="s">
-        <v>174</v>
+      <c r="B45" s="16" t="s">
+        <v>168</v>
       </c>
       <c r="C45" s="10">
-        <v>956</v>
+        <v>1074</v>
       </c>
       <c r="D45" s="10">
-        <v>343</v>
+        <v>372</v>
       </c>
       <c r="E45" s="10">
-        <v>613</v>
+        <v>702</v>
       </c>
       <c r="F45" s="10">
-        <v>744</v>
+        <v>880</v>
       </c>
       <c r="G45" s="10">
-        <v>368</v>
+        <v>413</v>
       </c>
       <c r="H45" s="10">
-        <v>376</v>
+        <v>467</v>
       </c>
       <c r="O45" s="109"/>
-      <c r="P45" s="127"/>
+      <c r="P45" s="125"/>
     </row>
     <row r="46" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="87"/>
       <c r="B46" s="57" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="C46" s="10">
-        <v>984</v>
+        <v>1031</v>
       </c>
       <c r="D46" s="10">
-        <v>382</v>
+        <v>371</v>
       </c>
       <c r="E46" s="10">
-        <v>602</v>
+        <v>660</v>
       </c>
       <c r="F46" s="10">
-        <v>626</v>
+        <v>770</v>
       </c>
       <c r="G46" s="10">
-        <v>298</v>
+        <v>349</v>
       </c>
       <c r="H46" s="10">
-        <v>328</v>
+        <v>421</v>
       </c>
       <c r="O46" s="109"/>
-      <c r="P46" s="127"/>
+      <c r="P46" s="125"/>
     </row>
     <row r="47" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="87"/>
       <c r="B47" s="57" t="s">
+        <v>174</v>
+      </c>
+      <c r="C47" s="10">
+        <v>956</v>
+      </c>
+      <c r="D47" s="10">
+        <v>343</v>
+      </c>
+      <c r="E47" s="10">
+        <v>613</v>
+      </c>
+      <c r="F47" s="10">
+        <v>744</v>
+      </c>
+      <c r="G47" s="10">
+        <v>368</v>
+      </c>
+      <c r="H47" s="10">
+        <v>376</v>
+      </c>
+      <c r="O47" s="109"/>
+      <c r="P47" s="125"/>
+    </row>
+    <row r="48" spans="1:16" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="87"/>
+      <c r="B48" s="57" t="s">
+        <v>179</v>
+      </c>
+      <c r="C48" s="10">
+        <v>984</v>
+      </c>
+      <c r="D48" s="10">
+        <v>382</v>
+      </c>
+      <c r="E48" s="10">
+        <v>602</v>
+      </c>
+      <c r="F48" s="10">
+        <v>626</v>
+      </c>
+      <c r="G48" s="10">
+        <v>298</v>
+      </c>
+      <c r="H48" s="10">
+        <v>328</v>
+      </c>
+      <c r="O48" s="109"/>
+      <c r="P48" s="125"/>
+    </row>
+    <row r="49" spans="1:17" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="87"/>
+      <c r="B49" s="57" t="s">
         <v>180</v>
       </c>
-      <c r="C47" s="10">
+      <c r="C49" s="10">
         <v>855</v>
       </c>
-      <c r="D47" s="10">
+      <c r="D49" s="10">
         <v>319</v>
       </c>
-      <c r="E47" s="10">
+      <c r="E49" s="10">
         <v>536</v>
       </c>
-      <c r="F47" s="10">
+      <c r="F49" s="10">
         <v>563</v>
       </c>
-      <c r="G47" s="10">
+      <c r="G49" s="10">
         <v>292</v>
       </c>
-      <c r="H47" s="10">
+      <c r="H49" s="10">
         <v>271</v>
       </c>
-      <c r="O47" s="109"/>
-[...3 lines deleted...]
-      <c r="A48" s="9" t="s">
+      <c r="O49" s="109"/>
+      <c r="P49" s="125"/>
+    </row>
+    <row r="50" spans="1:17" s="55" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="9" t="s">
         <v>36</v>
       </c>
-      <c r="B48" s="53" t="s">
+      <c r="B50" s="53" t="s">
         <v>138</v>
       </c>
-      <c r="C48" s="54">
+      <c r="C50" s="54">
         <v>16825</v>
       </c>
-      <c r="D48" s="54">
+      <c r="D50" s="54">
         <v>6036</v>
       </c>
-      <c r="E48" s="54">
+      <c r="E50" s="54">
         <v>10789</v>
       </c>
-      <c r="F48" s="54">
+      <c r="F50" s="54">
         <v>50280</v>
       </c>
-      <c r="G48" s="54">
+      <c r="G50" s="54">
         <v>30819</v>
       </c>
-      <c r="H48" s="54">
+      <c r="H50" s="54">
         <v>19461</v>
       </c>
-      <c r="N48" s="139"/>
-[...4 lines deleted...]
-      <c r="B49" s="16" t="s">
+      <c r="N50" s="137"/>
+      <c r="O50" s="139"/>
+    </row>
+    <row r="51" spans="1:17" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="87"/>
+      <c r="B51" s="16" t="s">
         <v>139</v>
       </c>
-      <c r="C49" s="10">
+      <c r="C51" s="10">
         <v>1022</v>
       </c>
-      <c r="D49" s="10">
+      <c r="D51" s="10">
         <v>400</v>
       </c>
-      <c r="E49" s="10">
+      <c r="E51" s="10">
         <v>622</v>
       </c>
-      <c r="F49" s="10">
+      <c r="F51" s="10">
         <v>21</v>
       </c>
-      <c r="G49" s="10">
+      <c r="G51" s="10">
         <v>12</v>
       </c>
-      <c r="H49" s="10">
+      <c r="H51" s="10">
         <v>9</v>
       </c>
-      <c r="O49" s="114"/>
-[...3 lines deleted...]
-      <c r="B50" s="16" t="s">
+      <c r="O51" s="114"/>
+    </row>
+    <row r="52" spans="1:17" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="87"/>
+      <c r="B52" s="16" t="s">
         <v>140</v>
       </c>
-      <c r="C50" s="10">
+      <c r="C52" s="10">
         <v>1157</v>
       </c>
-      <c r="D50" s="10">
+      <c r="D52" s="10">
         <v>427</v>
       </c>
-      <c r="E50" s="10">
+      <c r="E52" s="10">
         <v>730</v>
       </c>
-      <c r="F50" s="10">
+      <c r="F52" s="10">
         <v>298</v>
       </c>
-      <c r="G50" s="10">
+      <c r="G52" s="10">
         <v>170</v>
       </c>
-      <c r="H50" s="10">
+      <c r="H52" s="10">
         <v>128</v>
       </c>
-      <c r="O50" s="97"/>
-[...4 lines deleted...]
-      <c r="B51" s="56" t="s">
+      <c r="O52" s="97"/>
+      <c r="P52" s="94"/>
+    </row>
+    <row r="53" spans="1:17" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A53" s="56"/>
+      <c r="B53" s="56" t="s">
         <v>141</v>
       </c>
-      <c r="C51" s="10">
+      <c r="C53" s="10">
         <v>2564</v>
       </c>
-      <c r="D51" s="10">
+      <c r="D53" s="10">
         <v>1040</v>
       </c>
-      <c r="E51" s="10">
+      <c r="E53" s="10">
         <v>1524</v>
       </c>
-      <c r="F51" s="10">
+      <c r="F53" s="10">
         <v>26931</v>
       </c>
-      <c r="G51" s="10">
+      <c r="G53" s="10">
         <v>18227</v>
       </c>
-      <c r="H51" s="10">
+      <c r="H53" s="10">
         <v>8704</v>
       </c>
-      <c r="O51" s="94"/>
-[...49 lines deleted...]
-      </c>
       <c r="O53" s="94"/>
-      <c r="P53" s="96"/>
+      <c r="Q53" s="94"/>
     </row>
     <row r="54" spans="1:17" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A54" s="57"/>
       <c r="B54" s="57" t="s">
-        <v>164</v>
+        <v>156</v>
       </c>
       <c r="C54" s="11">
-        <v>1463</v>
+        <v>1199</v>
       </c>
       <c r="D54" s="11">
-        <v>479</v>
+        <v>409</v>
       </c>
       <c r="E54" s="11">
-        <v>984</v>
+        <v>790</v>
       </c>
       <c r="F54" s="11">
-        <v>2224</v>
+        <v>7518</v>
       </c>
       <c r="G54" s="11">
-        <v>1188</v>
+        <v>4693</v>
       </c>
       <c r="H54" s="11">
-        <v>1036</v>
-      </c>
+        <v>2825</v>
+      </c>
+      <c r="O54" s="126"/>
     </row>
     <row r="55" spans="1:17" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A55" s="57"/>
       <c r="B55" s="57" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="C55" s="11">
-        <v>1232</v>
+        <v>1454</v>
       </c>
       <c r="D55" s="11">
-        <v>420</v>
+        <v>520</v>
       </c>
       <c r="E55" s="11">
-        <v>812</v>
+        <v>934</v>
       </c>
       <c r="F55" s="11">
-        <v>2006</v>
+        <v>3705</v>
       </c>
       <c r="G55" s="11">
-        <v>949</v>
+        <v>1989</v>
       </c>
       <c r="H55" s="11">
-        <v>1057</v>
-      </c>
+        <v>1716</v>
+      </c>
+      <c r="O55" s="94"/>
+      <c r="P55" s="96"/>
     </row>
     <row r="56" spans="1:17" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A56" s="57"/>
       <c r="B56" s="57" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C56" s="11">
-        <v>1384</v>
+        <v>1463</v>
       </c>
       <c r="D56" s="11">
-        <v>467</v>
+        <v>479</v>
       </c>
       <c r="E56" s="11">
-        <v>917</v>
+        <v>984</v>
       </c>
       <c r="F56" s="11">
-        <v>2005</v>
+        <v>2224</v>
       </c>
       <c r="G56" s="11">
-        <v>926</v>
+        <v>1188</v>
       </c>
       <c r="H56" s="11">
-        <v>1079</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="57" spans="1:17" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A57" s="57"/>
       <c r="B57" s="57" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="C57" s="11">
-        <v>1593</v>
+        <v>1232</v>
       </c>
       <c r="D57" s="11">
-        <v>572</v>
+        <v>420</v>
       </c>
       <c r="E57" s="11">
-        <v>1021</v>
+        <v>812</v>
       </c>
       <c r="F57" s="11">
-        <v>1607</v>
+        <v>2006</v>
       </c>
       <c r="G57" s="11">
-        <v>753</v>
+        <v>949</v>
       </c>
       <c r="H57" s="11">
-        <v>854</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="58" spans="1:17" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A58" s="57"/>
       <c r="B58" s="57" t="s">
-        <v>174</v>
+        <v>168</v>
       </c>
       <c r="C58" s="11">
-        <v>1307</v>
+        <v>1384</v>
       </c>
       <c r="D58" s="11">
-        <v>428</v>
+        <v>467</v>
       </c>
       <c r="E58" s="11">
-        <v>879</v>
+        <v>917</v>
       </c>
       <c r="F58" s="11">
-        <v>1592</v>
+        <v>2005</v>
       </c>
       <c r="G58" s="11">
-        <v>725</v>
+        <v>926</v>
       </c>
       <c r="H58" s="11">
-        <v>867</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="59" spans="1:17" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A59" s="57"/>
       <c r="B59" s="57" t="s">
-        <v>179</v>
+        <v>171</v>
       </c>
       <c r="C59" s="11">
-        <v>1297</v>
+        <v>1593</v>
       </c>
       <c r="D59" s="11">
-        <v>464</v>
+        <v>572</v>
       </c>
       <c r="E59" s="11">
-        <v>833</v>
+        <v>1021</v>
       </c>
       <c r="F59" s="11">
-        <v>1244</v>
+        <v>1607</v>
       </c>
       <c r="G59" s="11">
-        <v>608</v>
+        <v>753</v>
       </c>
       <c r="H59" s="11">
-        <v>636</v>
-[...2 lines deleted...]
-    <row r="60" spans="1:17" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+        <v>854</v>
+      </c>
+    </row>
+    <row r="60" spans="1:17" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A60" s="57"/>
       <c r="B60" s="57" t="s">
+        <v>174</v>
+      </c>
+      <c r="C60" s="11">
+        <v>1307</v>
+      </c>
+      <c r="D60" s="11">
+        <v>428</v>
+      </c>
+      <c r="E60" s="11">
+        <v>879</v>
+      </c>
+      <c r="F60" s="11">
+        <v>1592</v>
+      </c>
+      <c r="G60" s="11">
+        <v>725</v>
+      </c>
+      <c r="H60" s="11">
+        <v>867</v>
+      </c>
+    </row>
+    <row r="61" spans="1:17" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A61" s="57"/>
+      <c r="B61" s="57" t="s">
+        <v>179</v>
+      </c>
+      <c r="C61" s="11">
+        <v>1297</v>
+      </c>
+      <c r="D61" s="11">
+        <v>464</v>
+      </c>
+      <c r="E61" s="11">
+        <v>833</v>
+      </c>
+      <c r="F61" s="11">
+        <v>1244</v>
+      </c>
+      <c r="G61" s="11">
+        <v>608</v>
+      </c>
+      <c r="H61" s="11">
+        <v>636</v>
+      </c>
+    </row>
+    <row r="62" spans="1:17" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="57"/>
+      <c r="B62" s="57" t="s">
         <v>180</v>
       </c>
-      <c r="C60" s="11">
+      <c r="C62" s="11">
         <v>1153</v>
       </c>
-      <c r="D60" s="11">
+      <c r="D62" s="11">
         <v>410</v>
       </c>
-      <c r="E60" s="11">
+      <c r="E62" s="11">
         <v>743</v>
       </c>
-      <c r="F60" s="11">
+      <c r="F62" s="11">
         <v>1129</v>
       </c>
-      <c r="G60" s="11">
+      <c r="G62" s="11">
         <v>579</v>
       </c>
-      <c r="H60" s="11">
+      <c r="H62" s="11">
         <v>550</v>
       </c>
     </row>
-    <row r="61" spans="1:17" s="65" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
-      <c r="A61" s="110" t="s">
+    <row r="63" spans="1:17" s="65" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A63" s="110" t="s">
         <v>37</v>
       </c>
-      <c r="B61" s="56"/>
-      <c r="C61" s="10">
+      <c r="B63" s="56"/>
+      <c r="C63" s="10">
         <v>11425</v>
       </c>
-      <c r="D61" s="10">
+      <c r="D63" s="10">
         <v>4224</v>
       </c>
-      <c r="E61" s="10">
+      <c r="E63" s="10">
         <v>7201</v>
       </c>
-      <c r="F61" s="10" t="s">
+      <c r="F63" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="G61" s="10" t="s">
+      <c r="G63" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="H61" s="10" t="s">
+      <c r="H63" s="10" t="s">
         <v>12</v>
       </c>
-      <c r="O61" s="94"/>
-[...48 lines deleted...]
-      </c>
       <c r="O63" s="94"/>
-      <c r="P63" s="96"/>
+      <c r="Q63" s="94"/>
     </row>
     <row r="64" spans="1:17" s="65" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A64" s="111" t="s">
-        <v>40</v>
+        <v>38</v>
       </c>
       <c r="B64" s="92"/>
       <c r="C64" s="93">
-        <v>21502</v>
+        <v>12991</v>
       </c>
       <c r="D64" s="93">
-        <v>8573</v>
+        <v>5081</v>
       </c>
       <c r="E64" s="93">
-        <v>12929</v>
+        <v>7910</v>
       </c>
       <c r="F64" s="93" t="s">
         <v>12</v>
       </c>
       <c r="G64" s="93" t="s">
         <v>12</v>
       </c>
       <c r="H64" s="93" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="65" spans="1:21" s="65" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A65" s="111" t="s">
-        <v>41</v>
+        <v>39</v>
       </c>
       <c r="B65" s="92"/>
       <c r="C65" s="93">
-        <v>25666</v>
+        <v>21958</v>
       </c>
       <c r="D65" s="93">
-        <v>10031</v>
+        <v>8825</v>
       </c>
       <c r="E65" s="93">
-        <v>15635</v>
+        <v>13133</v>
       </c>
       <c r="F65" s="93" t="s">
         <v>12</v>
       </c>
       <c r="G65" s="93" t="s">
         <v>12</v>
       </c>
       <c r="H65" s="93" t="s">
         <v>12</v>
       </c>
+      <c r="O65" s="94"/>
+      <c r="P65" s="96"/>
     </row>
     <row r="66" spans="1:21" s="65" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A66" s="111" t="s">
-        <v>42</v>
+        <v>40</v>
       </c>
       <c r="B66" s="92"/>
       <c r="C66" s="93">
-        <v>28939</v>
+        <v>21502</v>
       </c>
       <c r="D66" s="93">
-        <v>11587</v>
+        <v>8573</v>
       </c>
       <c r="E66" s="93">
-        <v>17352</v>
+        <v>12929</v>
       </c>
       <c r="F66" s="93" t="s">
         <v>12</v>
       </c>
       <c r="G66" s="93" t="s">
         <v>12</v>
       </c>
       <c r="H66" s="93" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="67" spans="1:21" s="65" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A67" s="111" t="s">
-        <v>43</v>
+        <v>41</v>
       </c>
       <c r="B67" s="92"/>
       <c r="C67" s="93">
-        <v>162877</v>
+        <v>25666</v>
       </c>
       <c r="D67" s="93">
-        <v>48149</v>
+        <v>10031</v>
       </c>
       <c r="E67" s="93">
-        <v>114728</v>
+        <v>15635</v>
       </c>
       <c r="F67" s="93" t="s">
         <v>12</v>
       </c>
       <c r="G67" s="93" t="s">
         <v>12</v>
       </c>
       <c r="H67" s="93" t="s">
         <v>12</v>
       </c>
-      <c r="O67" s="94"/>
     </row>
     <row r="68" spans="1:21" s="65" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A68" s="111" t="s">
-        <v>44</v>
+        <v>42</v>
       </c>
       <c r="B68" s="92"/>
       <c r="C68" s="93">
-        <v>81301</v>
+        <v>28939</v>
       </c>
       <c r="D68" s="93">
-        <v>26484</v>
+        <v>11587</v>
       </c>
       <c r="E68" s="93">
-        <v>54817</v>
+        <v>17352</v>
       </c>
       <c r="F68" s="93" t="s">
         <v>12</v>
       </c>
       <c r="G68" s="93" t="s">
         <v>12</v>
       </c>
       <c r="H68" s="93" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="69" spans="1:21" s="65" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A69" s="111" t="s">
-        <v>45</v>
+        <v>43</v>
       </c>
       <c r="B69" s="92"/>
       <c r="C69" s="93">
-        <v>54259</v>
+        <v>162877</v>
       </c>
       <c r="D69" s="93">
-        <v>19496</v>
+        <v>48149</v>
       </c>
       <c r="E69" s="93">
-        <v>34763</v>
+        <v>114728</v>
       </c>
       <c r="F69" s="93" t="s">
         <v>12</v>
       </c>
       <c r="G69" s="93" t="s">
         <v>12</v>
       </c>
       <c r="H69" s="93" t="s">
         <v>12</v>
       </c>
+      <c r="O69" s="94"/>
     </row>
     <row r="70" spans="1:21" s="65" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A70" s="111" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B70" s="92"/>
       <c r="C70" s="93">
-        <v>43887</v>
+        <v>81301</v>
       </c>
       <c r="D70" s="93">
-        <v>16142</v>
+        <v>26484</v>
       </c>
       <c r="E70" s="93">
-        <v>27745</v>
+        <v>54817</v>
       </c>
       <c r="F70" s="93" t="s">
         <v>12</v>
       </c>
       <c r="G70" s="93" t="s">
         <v>12</v>
       </c>
       <c r="H70" s="93" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="71" spans="1:21" ht="13.5" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="F71" s="11" t="s">
+    <row r="71" spans="1:21" s="65" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A71" s="111" t="s">
+        <v>45</v>
+      </c>
+      <c r="B71" s="92"/>
+      <c r="C71" s="93">
+        <v>54259</v>
+      </c>
+      <c r="D71" s="93">
+        <v>19496</v>
+      </c>
+      <c r="E71" s="93">
+        <v>34763</v>
+      </c>
+      <c r="F71" s="93" t="s">
         <v>12</v>
       </c>
-      <c r="G71" s="11" t="s">
+      <c r="G71" s="93" t="s">
         <v>12</v>
       </c>
-      <c r="H71" s="11" t="s">
+      <c r="H71" s="93" t="s">
         <v>12</v>
       </c>
     </row>
-    <row r="72" spans="1:21" ht="13.5" x14ac:dyDescent="0.25">
-[...13 lines deleted...]
-      <c r="F72" s="11" t="s">
+    <row r="72" spans="1:21" s="65" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A72" s="111" t="s">
+        <v>46</v>
+      </c>
+      <c r="B72" s="92"/>
+      <c r="C72" s="93">
+        <v>43887</v>
+      </c>
+      <c r="D72" s="93">
+        <v>16142</v>
+      </c>
+      <c r="E72" s="93">
+        <v>27745</v>
+      </c>
+      <c r="F72" s="93" t="s">
         <v>12</v>
       </c>
-      <c r="G72" s="11" t="s">
+      <c r="G72" s="93" t="s">
         <v>12</v>
       </c>
-      <c r="H72" s="11" t="s">
+      <c r="H72" s="93" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="73" spans="1:21" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A73" s="9" t="s">
-        <v>49</v>
+        <v>47</v>
       </c>
       <c r="B73" s="9"/>
       <c r="C73" s="11">
-        <v>24194</v>
+        <v>29648</v>
       </c>
       <c r="D73" s="11">
-        <v>8474</v>
+        <v>10708</v>
       </c>
       <c r="E73" s="11">
-        <v>15720</v>
+        <v>18940</v>
       </c>
       <c r="F73" s="11" t="s">
         <v>12</v>
       </c>
       <c r="G73" s="11" t="s">
         <v>12</v>
       </c>
       <c r="H73" s="11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="74" spans="1:21" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A74" s="9" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="B74" s="9"/>
       <c r="C74" s="11">
-        <v>24353</v>
+        <v>31819</v>
       </c>
       <c r="D74" s="11">
-        <v>8428</v>
+        <v>12013</v>
       </c>
       <c r="E74" s="11">
-        <v>15925</v>
+        <v>19806</v>
       </c>
       <c r="F74" s="11" t="s">
         <v>12</v>
       </c>
       <c r="G74" s="11" t="s">
         <v>12</v>
       </c>
       <c r="H74" s="11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="75" spans="1:21" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A75" s="9" t="s">
-        <v>50</v>
+        <v>49</v>
       </c>
       <c r="B75" s="9"/>
       <c r="C75" s="11">
-        <v>36207</v>
+        <v>24194</v>
       </c>
       <c r="D75" s="11">
-        <v>11079</v>
+        <v>8474</v>
       </c>
       <c r="E75" s="11">
-        <v>25128</v>
+        <v>15720</v>
       </c>
       <c r="F75" s="11" t="s">
         <v>12</v>
       </c>
       <c r="G75" s="11" t="s">
         <v>12</v>
       </c>
       <c r="H75" s="11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="76" spans="1:21" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A76" s="9" t="s">
-        <v>51</v>
+        <v>13</v>
       </c>
       <c r="B76" s="9"/>
       <c r="C76" s="11">
-        <v>24322</v>
+        <v>24353</v>
       </c>
       <c r="D76" s="11">
-        <v>8388</v>
+        <v>8428</v>
       </c>
       <c r="E76" s="11">
-        <v>15934</v>
+        <v>15925</v>
       </c>
       <c r="F76" s="11" t="s">
         <v>12</v>
       </c>
       <c r="G76" s="11" t="s">
         <v>12</v>
       </c>
       <c r="H76" s="11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="77" spans="1:21" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A77" s="9" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B77" s="9"/>
       <c r="C77" s="11">
-        <v>17530</v>
+        <v>36207</v>
       </c>
       <c r="D77" s="11">
-        <v>6334</v>
+        <v>11079</v>
       </c>
       <c r="E77" s="11">
-        <v>11196</v>
+        <v>25128</v>
       </c>
       <c r="F77" s="11" t="s">
         <v>12</v>
       </c>
       <c r="G77" s="11" t="s">
         <v>12</v>
       </c>
       <c r="H77" s="11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="78" spans="1:21" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A78" s="9" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B78" s="9"/>
       <c r="C78" s="11">
-        <v>23161</v>
+        <v>24322</v>
       </c>
       <c r="D78" s="11">
-        <v>8345</v>
+        <v>8388</v>
       </c>
       <c r="E78" s="11">
-        <v>14816</v>
+        <v>15934</v>
       </c>
       <c r="F78" s="11" t="s">
         <v>12</v>
       </c>
       <c r="G78" s="11" t="s">
         <v>12</v>
       </c>
       <c r="H78" s="11" t="s">
         <v>12</v>
       </c>
-      <c r="T78" s="127"/>
-      <c r="U78" s="94"/>
     </row>
     <row r="79" spans="1:21" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A79" s="9" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B79" s="9"/>
       <c r="C79" s="11">
-        <v>31355</v>
+        <v>17530</v>
       </c>
       <c r="D79" s="11">
-        <v>11235</v>
+        <v>6334</v>
       </c>
       <c r="E79" s="11">
-        <v>20120</v>
+        <v>11196</v>
       </c>
       <c r="F79" s="11" t="s">
         <v>12</v>
       </c>
       <c r="G79" s="11" t="s">
         <v>12</v>
       </c>
       <c r="H79" s="11" t="s">
         <v>12</v>
       </c>
     </row>
     <row r="80" spans="1:21" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A80" s="9" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B80" s="9"/>
       <c r="C80" s="11">
-        <v>33016</v>
+        <v>23161</v>
       </c>
       <c r="D80" s="11">
-        <v>12257</v>
+        <v>8345</v>
       </c>
       <c r="E80" s="11">
-        <v>20759</v>
+        <v>14816</v>
       </c>
       <c r="F80" s="11" t="s">
         <v>12</v>
       </c>
       <c r="G80" s="11" t="s">
         <v>12</v>
       </c>
       <c r="H80" s="11" t="s">
         <v>12</v>
       </c>
-    </row>
-[...20 lines deleted...]
-        <v>150</v>
+      <c r="T80" s="125"/>
+      <c r="U80" s="94"/>
+    </row>
+    <row r="81" spans="1:8" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A81" s="9" t="s">
+        <v>54</v>
+      </c>
+      <c r="B81" s="9"/>
+      <c r="C81" s="11">
+        <v>31355</v>
+      </c>
+      <c r="D81" s="11">
+        <v>11235</v>
+      </c>
+      <c r="E81" s="11">
+        <v>20120</v>
+      </c>
+      <c r="F81" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G81" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="H81" s="11" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="82" spans="1:8" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A82" s="9" t="s">
+        <v>55</v>
+      </c>
+      <c r="B82" s="9"/>
+      <c r="C82" s="11">
+        <v>33016</v>
+      </c>
+      <c r="D82" s="11">
+        <v>12257</v>
+      </c>
+      <c r="E82" s="11">
+        <v>20759</v>
+      </c>
+      <c r="F82" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="G82" s="11" t="s">
+        <v>12</v>
+      </c>
+      <c r="H82" s="11" t="s">
+        <v>12</v>
+      </c>
+    </row>
+    <row r="83" spans="1:8" ht="14.25" x14ac:dyDescent="0.25">
+      <c r="A83" s="103" t="s">
+        <v>313</v>
       </c>
       <c r="B83" s="102"/>
       <c r="C83" s="5"/>
       <c r="D83" s="5"/>
       <c r="E83" s="5"/>
     </row>
-    <row r="84" spans="1:5" s="19" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-        <v>151</v>
+    <row r="84" spans="1:8" s="2" customFormat="1" ht="14.25" x14ac:dyDescent="0.25">
+      <c r="A84" s="105" t="s">
+        <v>314</v>
+      </c>
+      <c r="B84" s="108"/>
+      <c r="C84" s="85"/>
+      <c r="D84" s="85"/>
+      <c r="E84" s="85"/>
+    </row>
+    <row r="85" spans="1:8" ht="14.25" x14ac:dyDescent="0.25">
+      <c r="A85" s="83" t="s">
+        <v>150</v>
       </c>
       <c r="B85" s="102"/>
       <c r="C85" s="5"/>
       <c r="D85" s="5"/>
       <c r="E85" s="5"/>
     </row>
-    <row r="86" spans="1:5" ht="13.5" x14ac:dyDescent="0.25">
-[...10 lines deleted...]
-        <v>169</v>
+    <row r="86" spans="1:8" s="19" customFormat="1" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A86" s="107" t="s">
+        <v>135</v>
+      </c>
+      <c r="B86" s="100"/>
+      <c r="C86" s="18"/>
+      <c r="D86" s="18"/>
+      <c r="E86" s="18"/>
+    </row>
+    <row r="87" spans="1:8" ht="14.25" x14ac:dyDescent="0.25">
+      <c r="A87" s="84" t="s">
+        <v>151</v>
       </c>
       <c r="B87" s="102"/>
       <c r="C87" s="5"/>
       <c r="D87" s="5"/>
       <c r="E87" s="5"/>
     </row>
-    <row r="88" spans="1:5" ht="13.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>161</v>
+    <row r="88" spans="1:8" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A88" s="99" t="s">
+        <v>136</v>
       </c>
       <c r="B88" s="102"/>
       <c r="C88" s="5"/>
       <c r="D88" s="5"/>
       <c r="E88" s="5"/>
     </row>
-    <row r="89" spans="1:5" ht="14.25" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>170</v>
+    <row r="89" spans="1:8" ht="14.25" x14ac:dyDescent="0.25">
+      <c r="A89" s="100" t="s">
+        <v>169</v>
       </c>
       <c r="B89" s="102"/>
       <c r="C89" s="5"/>
       <c r="D89" s="5"/>
       <c r="E89" s="5"/>
     </row>
-    <row r="90" spans="1:5" ht="13.5" x14ac:dyDescent="0.25">
-[...1 lines deleted...]
-        <v>162</v>
+    <row r="90" spans="1:8" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A90" s="101" t="s">
+        <v>161</v>
       </c>
       <c r="B90" s="102"/>
       <c r="C90" s="5"/>
       <c r="D90" s="5"/>
       <c r="E90" s="5"/>
     </row>
-    <row r="91" spans="1:5" ht="13.5" x14ac:dyDescent="0.25">
-      <c r="A91" s="102"/>
+    <row r="91" spans="1:8" ht="14.25" x14ac:dyDescent="0.25">
+      <c r="A91" s="102" t="s">
+        <v>170</v>
+      </c>
       <c r="B91" s="102"/>
       <c r="C91" s="5"/>
       <c r="D91" s="5"/>
       <c r="E91" s="5"/>
     </row>
-    <row r="92" spans="1:5" ht="13.5" x14ac:dyDescent="0.25">
-      <c r="A92" s="102"/>
+    <row r="92" spans="1:8" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A92" s="102" t="s">
+        <v>162</v>
+      </c>
       <c r="B92" s="102"/>
       <c r="C92" s="5"/>
       <c r="D92" s="5"/>
       <c r="E92" s="5"/>
     </row>
-    <row r="93" spans="1:5" ht="13.5" x14ac:dyDescent="0.25">
+    <row r="93" spans="1:8" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A93" s="102"/>
       <c r="B93" s="102"/>
       <c r="C93" s="5"/>
       <c r="D93" s="5"/>
       <c r="E93" s="5"/>
     </row>
-    <row r="94" spans="1:5" ht="13.5" x14ac:dyDescent="0.25">
+    <row r="94" spans="1:8" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A94" s="102"/>
       <c r="B94" s="102"/>
       <c r="C94" s="5"/>
       <c r="D94" s="5"/>
       <c r="E94" s="5"/>
     </row>
-    <row r="95" spans="1:5" ht="13.5" x14ac:dyDescent="0.25">
+    <row r="95" spans="1:8" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A95" s="102"/>
       <c r="B95" s="102"/>
       <c r="C95" s="5"/>
       <c r="D95" s="5"/>
       <c r="E95" s="5"/>
     </row>
-    <row r="96" spans="1:5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B96" s="6"/>
+    <row r="96" spans="1:8" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A96" s="102"/>
+      <c r="B96" s="102"/>
       <c r="C96" s="5"/>
       <c r="D96" s="5"/>
       <c r="E96" s="5"/>
     </row>
-    <row r="97" spans="1:5" x14ac:dyDescent="0.2">
-[...1 lines deleted...]
-      <c r="B97" s="6"/>
+    <row r="97" spans="1:5" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A97" s="102"/>
+      <c r="B97" s="102"/>
       <c r="C97" s="5"/>
       <c r="D97" s="5"/>
       <c r="E97" s="5"/>
     </row>
     <row r="98" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A98" s="6"/>
       <c r="B98" s="6"/>
       <c r="C98" s="5"/>
       <c r="D98" s="5"/>
       <c r="E98" s="5"/>
     </row>
     <row r="99" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A99" s="6"/>
       <c r="B99" s="6"/>
       <c r="C99" s="5"/>
       <c r="D99" s="5"/>
       <c r="E99" s="5"/>
     </row>
     <row r="100" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A100" s="6"/>
       <c r="B100" s="6"/>
       <c r="C100" s="5"/>
       <c r="D100" s="5"/>
       <c r="E100" s="5"/>
     </row>
@@ -28885,236 +32441,250 @@
       <c r="B804" s="6"/>
       <c r="C804" s="5"/>
       <c r="D804" s="5"/>
       <c r="E804" s="5"/>
     </row>
     <row r="805" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A805" s="6"/>
       <c r="B805" s="6"/>
       <c r="C805" s="5"/>
       <c r="D805" s="5"/>
       <c r="E805" s="5"/>
     </row>
     <row r="806" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A806" s="6"/>
       <c r="B806" s="6"/>
       <c r="C806" s="5"/>
       <c r="D806" s="5"/>
       <c r="E806" s="5"/>
     </row>
     <row r="807" spans="1:5" x14ac:dyDescent="0.2">
       <c r="A807" s="6"/>
       <c r="B807" s="6"/>
       <c r="C807" s="5"/>
       <c r="D807" s="5"/>
       <c r="E807" s="5"/>
+    </row>
+    <row r="808" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A808" s="6"/>
+      <c r="B808" s="6"/>
+      <c r="C808" s="5"/>
+      <c r="D808" s="5"/>
+      <c r="E808" s="5"/>
+    </row>
+    <row r="809" spans="1:5" x14ac:dyDescent="0.2">
+      <c r="A809" s="6"/>
+      <c r="B809" s="6"/>
+      <c r="C809" s="5"/>
+      <c r="D809" s="5"/>
+      <c r="E809" s="5"/>
     </row>
   </sheetData>
   <mergeCells count="9">
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="F5:H5"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="H6:H7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="E6:E7"/>
     <mergeCell ref="C5:E5"/>
   </mergeCells>
   <phoneticPr fontId="26" type="noConversion"/>
-  <conditionalFormatting sqref="A44:A47">
-    <cfRule type="expression" dxfId="317" priority="82">
+  <conditionalFormatting sqref="A46:A49">
+    <cfRule type="expression" dxfId="409" priority="83">
       <formula>COLUMN()&lt;&gt;11</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A8:B8">
-    <cfRule type="expression" dxfId="316" priority="80">
+    <cfRule type="expression" dxfId="408" priority="81">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A9:B43">
-    <cfRule type="expression" dxfId="315" priority="2">
+  <conditionalFormatting sqref="A9:B45">
+    <cfRule type="expression" dxfId="407" priority="1">
       <formula>COLUMN()&lt;&gt;11</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A48:B50">
-    <cfRule type="expression" dxfId="314" priority="50">
+  <conditionalFormatting sqref="A50:B52">
+    <cfRule type="expression" dxfId="406" priority="51">
       <formula>COLUMN()&lt;&gt;11</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A61:E80">
-    <cfRule type="expression" dxfId="313" priority="103">
+  <conditionalFormatting sqref="A63:E82">
+    <cfRule type="expression" dxfId="405" priority="104">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="A8:H80">
-    <cfRule type="expression" dxfId="312" priority="1">
+  <conditionalFormatting sqref="A8:H82">
+    <cfRule type="expression" dxfId="404" priority="2">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="311" priority="3">
+    <cfRule type="expression" dxfId="403" priority="4">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="310" priority="4">
+    <cfRule type="expression" dxfId="402" priority="5">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="B44:B47">
-    <cfRule type="expression" dxfId="309" priority="40">
+  <conditionalFormatting sqref="B46:B49">
+    <cfRule type="expression" dxfId="401" priority="41">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="C8:E60 G8:H80 A51:B60">
-    <cfRule type="expression" dxfId="308" priority="56">
+  <conditionalFormatting sqref="C8:E62 G8:H82 A53:B62">
+    <cfRule type="expression" dxfId="400" priority="57">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
-  <conditionalFormatting sqref="F8:F80">
-    <cfRule type="expression" dxfId="307" priority="48">
+  <conditionalFormatting sqref="F8:F82">
+    <cfRule type="expression" dxfId="399" priority="49">
       <formula>COLUMN()&lt;&gt;12</formula>
     </cfRule>
   </conditionalFormatting>
   <hyperlinks>
-    <hyperlink ref="A84" r:id="rId1" xr:uid="{0C343D0F-D99B-44CE-BAB8-FB73D56F4088}"/>
-    <hyperlink ref="A86" r:id="rId2" xr:uid="{C4E733E7-77F9-40F0-B45C-8D4AADA157E9}"/>
+    <hyperlink ref="A86" r:id="rId1" xr:uid="{0C343D0F-D99B-44CE-BAB8-FB73D56F4088}"/>
+    <hyperlink ref="A88" r:id="rId2" xr:uid="{C4E733E7-77F9-40F0-B45C-8D4AADA157E9}"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId3"/>
   <drawing r:id="rId4"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{3B2DCA7D-D72B-4C0C-A8C5-9E828D6D0B3E}">
   <dimension ref="A1:O89"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="7" topLeftCell="B8" activePane="bottomRight" state="frozen"/>
       <selection activeCell="A3" sqref="A3"/>
       <selection pane="topRight" activeCell="A3" sqref="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="30.7109375" customWidth="1"/>
     <col min="2" max="4" width="12.140625" customWidth="1"/>
     <col min="5" max="5" width="2.140625" customWidth="1"/>
     <col min="6" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="2" customWidth="1"/>
     <col min="10" max="12" width="12.140625" customWidth="1"/>
     <col min="13" max="13" width="0" hidden="1" customWidth="1"/>
     <col min="14" max="15" width="9.140625" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="88"/>
     </row>
     <row r="2" spans="1:14" ht="18" x14ac:dyDescent="0.2">
       <c r="A2" s="46" t="s">
-        <v>282</v>
+        <v>278</v>
       </c>
       <c r="B2" s="89"/>
       <c r="C2" s="89"/>
       <c r="D2" s="89"/>
     </row>
     <row r="3" spans="1:14" ht="18" x14ac:dyDescent="0.2">
       <c r="A3" s="90" t="s">
-        <v>283</v>
+        <v>279</v>
       </c>
       <c r="B3" s="89"/>
       <c r="C3" s="89"/>
       <c r="D3" s="89"/>
     </row>
     <row r="4" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:14" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="171" t="s">
+      <c r="A5" s="179" t="s">
         <v>133</v>
       </c>
-      <c r="B5" s="174" t="s">
+      <c r="B5" s="182" t="s">
         <v>157</v>
       </c>
-      <c r="C5" s="175"/>
-      <c r="D5" s="175"/>
+      <c r="C5" s="183"/>
+      <c r="D5" s="183"/>
       <c r="E5" s="115"/>
-      <c r="F5" s="176" t="s">
+      <c r="F5" s="184" t="s">
         <v>153</v>
       </c>
-      <c r="G5" s="175"/>
-      <c r="H5" s="177"/>
+      <c r="G5" s="183"/>
+      <c r="H5" s="185"/>
       <c r="I5" s="59"/>
-      <c r="J5" s="176" t="s">
+      <c r="J5" s="184" t="s">
         <v>146</v>
       </c>
-      <c r="K5" s="175"/>
-      <c r="L5" s="177"/>
+      <c r="K5" s="183"/>
+      <c r="L5" s="185"/>
     </row>
     <row r="6" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="172"/>
-      <c r="B6" s="169" t="s">
+      <c r="A6" s="180"/>
+      <c r="B6" s="177" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="169" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="167" t="s">
+      <c r="C6" s="177" t="s">
+        <v>0</v>
+      </c>
+      <c r="D6" s="175" t="s">
         <v>1</v>
       </c>
       <c r="E6" s="112"/>
-      <c r="F6" s="169" t="s">
+      <c r="F6" s="177" t="s">
         <v>6</v>
       </c>
-      <c r="G6" s="169" t="s">
-[...2 lines deleted...]
-      <c r="H6" s="167" t="s">
+      <c r="G6" s="177" t="s">
+        <v>0</v>
+      </c>
+      <c r="H6" s="175" t="s">
         <v>1</v>
       </c>
-      <c r="I6" s="167"/>
-      <c r="J6" s="169" t="s">
+      <c r="I6" s="175"/>
+      <c r="J6" s="177" t="s">
         <v>6</v>
       </c>
-      <c r="K6" s="169" t="s">
-[...2 lines deleted...]
-      <c r="L6" s="167" t="s">
+      <c r="K6" s="177" t="s">
+        <v>0</v>
+      </c>
+      <c r="L6" s="175" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:14" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="173"/>
-[...2 lines deleted...]
-      <c r="D7" s="168"/>
+      <c r="A7" s="181"/>
+      <c r="B7" s="178"/>
+      <c r="C7" s="178"/>
+      <c r="D7" s="176"/>
       <c r="E7" s="113"/>
-      <c r="F7" s="170"/>
-[...5 lines deleted...]
-      <c r="L7" s="168"/>
+      <c r="F7" s="178"/>
+      <c r="G7" s="178"/>
+      <c r="H7" s="176"/>
+      <c r="I7" s="176"/>
+      <c r="J7" s="178"/>
+      <c r="K7" s="178"/>
+      <c r="L7" s="176"/>
     </row>
     <row r="8" spans="1:14" s="55" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="13" t="s">
         <v>142</v>
       </c>
       <c r="B8" s="72">
         <v>50280</v>
       </c>
       <c r="C8" s="73">
         <v>30819</v>
       </c>
       <c r="D8" s="73">
         <v>19461</v>
       </c>
       <c r="E8" s="73"/>
       <c r="F8" s="73">
         <v>49195</v>
       </c>
       <c r="G8" s="73">
         <v>30474</v>
       </c>
       <c r="H8" s="73">
         <v>18721</v>
       </c>
       <c r="I8" s="73"/>
@@ -31885,304 +35455,304 @@
       <c r="K89" s="69">
         <v>2</v>
       </c>
       <c r="L89" s="69">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="I6:I7"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="L6:L7"/>
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="F5:H5"/>
     <mergeCell ref="J5:L5"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="H6:H7"/>
   </mergeCells>
   <conditionalFormatting sqref="A8:H30">
-    <cfRule type="expression" dxfId="306" priority="165">
+    <cfRule type="expression" dxfId="398" priority="165">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="305" priority="166">
+    <cfRule type="expression" dxfId="397" priority="166">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="304" priority="167">
+    <cfRule type="expression" dxfId="396" priority="167">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A31:H89">
-    <cfRule type="expression" dxfId="303" priority="75">
+    <cfRule type="expression" dxfId="395" priority="75">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="302" priority="76">
+    <cfRule type="expression" dxfId="394" priority="76">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="301" priority="77">
+    <cfRule type="expression" dxfId="393" priority="77">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A8:L89">
-    <cfRule type="expression" dxfId="300" priority="5">
+    <cfRule type="expression" dxfId="392" priority="5">
       <formula>COLUMN()&lt;&gt;13</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B8:B89">
-    <cfRule type="cellIs" dxfId="299" priority="72" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="391" priority="72" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D24:E24">
-    <cfRule type="cellIs" dxfId="298" priority="164" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="390" priority="164" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G8:H89">
-    <cfRule type="cellIs" dxfId="297" priority="74" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="389" priority="74" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I24">
-    <cfRule type="cellIs" dxfId="296" priority="61" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="388" priority="61" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I87:I89">
-    <cfRule type="expression" dxfId="295" priority="9">
+    <cfRule type="expression" dxfId="387" priority="9">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I8:L30">
-    <cfRule type="expression" dxfId="294" priority="62">
+    <cfRule type="expression" dxfId="386" priority="62">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="293" priority="63">
+    <cfRule type="expression" dxfId="385" priority="63">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="292" priority="64">
+    <cfRule type="expression" dxfId="384" priority="64">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I31:L86">
-    <cfRule type="expression" dxfId="291" priority="11">
+    <cfRule type="expression" dxfId="383" priority="11">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="290" priority="12">
+    <cfRule type="expression" dxfId="382" priority="12">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="289" priority="13">
+    <cfRule type="expression" dxfId="381" priority="13">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I37:L86">
-    <cfRule type="expression" dxfId="288" priority="14">
+    <cfRule type="expression" dxfId="380" priority="14">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I87:L89">
-    <cfRule type="expression" dxfId="287" priority="2">
+    <cfRule type="expression" dxfId="379" priority="2">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="286" priority="3">
+    <cfRule type="expression" dxfId="378" priority="3">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="285" priority="4">
+    <cfRule type="expression" dxfId="377" priority="4">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K8:L86">
-    <cfRule type="cellIs" dxfId="284" priority="10" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="376" priority="10" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K87:L89">
-    <cfRule type="cellIs" dxfId="283" priority="1" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="375" priority="1" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M46:O46">
-    <cfRule type="expression" dxfId="282" priority="86">
+    <cfRule type="expression" dxfId="374" priority="86">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="281" priority="87">
+    <cfRule type="expression" dxfId="373" priority="87">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="280" priority="88">
+    <cfRule type="expression" dxfId="372" priority="88">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="279" priority="89">
+    <cfRule type="expression" dxfId="371" priority="89">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet4.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{FD41C4C7-130E-4E1C-A8B1-3C33CC054F33}">
   <dimension ref="A1:O89"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="7" topLeftCell="B8" activePane="bottomRight" state="frozen"/>
       <selection activeCell="A3" sqref="A3"/>
       <selection pane="topRight" activeCell="A3" sqref="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="30.7109375" customWidth="1"/>
     <col min="2" max="4" width="12.140625" customWidth="1"/>
     <col min="5" max="5" width="2.140625" customWidth="1"/>
     <col min="6" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="2" customWidth="1"/>
     <col min="10" max="12" width="12.140625" customWidth="1"/>
     <col min="13" max="13" width="0" hidden="1" customWidth="1"/>
     <col min="14" max="15" width="9.140625" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="3"/>
       <c r="B1" s="4"/>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="4"/>
     </row>
     <row r="2" spans="1:14" ht="18" x14ac:dyDescent="0.2">
       <c r="A2" s="46" t="s">
-        <v>261</v>
+        <v>260</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
     </row>
     <row r="3" spans="1:14" ht="18" x14ac:dyDescent="0.2">
       <c r="A3" s="80" t="s">
-        <v>262</v>
+        <v>261</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
     </row>
     <row r="4" spans="1:14" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:14" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="171" t="s">
+      <c r="A5" s="179" t="s">
         <v>133</v>
       </c>
-      <c r="B5" s="160" t="s">
+      <c r="B5" s="168" t="s">
         <v>157</v>
       </c>
-      <c r="C5" s="175"/>
-      <c r="D5" s="175"/>
+      <c r="C5" s="183"/>
+      <c r="D5" s="183"/>
       <c r="E5" s="60"/>
-      <c r="F5" s="161" t="s">
+      <c r="F5" s="169" t="s">
         <v>153</v>
       </c>
-      <c r="G5" s="175"/>
-      <c r="H5" s="177"/>
+      <c r="G5" s="183"/>
+      <c r="H5" s="185"/>
       <c r="I5" s="59"/>
-      <c r="J5" s="161" t="s">
+      <c r="J5" s="169" t="s">
         <v>146</v>
       </c>
-      <c r="K5" s="175"/>
-      <c r="L5" s="177"/>
+      <c r="K5" s="183"/>
+      <c r="L5" s="185"/>
     </row>
     <row r="6" spans="1:14" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="178"/>
-      <c r="B6" s="164" t="s">
+      <c r="A6" s="186"/>
+      <c r="B6" s="172" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="164" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="165" t="s">
+      <c r="C6" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="D6" s="173" t="s">
         <v>1</v>
       </c>
       <c r="E6" s="52"/>
-      <c r="F6" s="164" t="s">
+      <c r="F6" s="172" t="s">
         <v>6</v>
       </c>
-      <c r="G6" s="164" t="s">
-[...2 lines deleted...]
-      <c r="H6" s="165" t="s">
+      <c r="G6" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="H6" s="173" t="s">
         <v>1</v>
       </c>
-      <c r="I6" s="165"/>
-      <c r="J6" s="164" t="s">
+      <c r="I6" s="173"/>
+      <c r="J6" s="172" t="s">
         <v>6</v>
       </c>
-      <c r="K6" s="164" t="s">
-[...2 lines deleted...]
-      <c r="L6" s="165" t="s">
+      <c r="K6" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="L6" s="173" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:14" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="173"/>
-[...2 lines deleted...]
-      <c r="D7" s="166"/>
+      <c r="A7" s="181"/>
+      <c r="B7" s="171"/>
+      <c r="C7" s="171"/>
+      <c r="D7" s="174"/>
       <c r="E7" s="51"/>
-      <c r="F7" s="163"/>
-[...5 lines deleted...]
-      <c r="L7" s="166"/>
+      <c r="F7" s="171"/>
+      <c r="G7" s="171"/>
+      <c r="H7" s="174"/>
+      <c r="I7" s="174"/>
+      <c r="J7" s="171"/>
+      <c r="K7" s="171"/>
+      <c r="L7" s="174"/>
     </row>
     <row r="8" spans="1:14" s="55" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="13" t="s">
         <v>142</v>
       </c>
       <c r="B8" s="72">
         <v>11272</v>
       </c>
       <c r="C8" s="73">
         <v>5516</v>
       </c>
       <c r="D8" s="73">
         <v>5756</v>
       </c>
       <c r="E8" s="73"/>
       <c r="F8" s="73">
         <v>11172</v>
       </c>
       <c r="G8" s="73">
         <v>5485</v>
       </c>
       <c r="H8" s="73">
         <v>5687</v>
       </c>
       <c r="I8" s="73"/>
@@ -34955,8689 +38525,12904 @@
       <c r="K89" s="70">
         <v>0</v>
       </c>
       <c r="L89" s="70">
         <v>1</v>
       </c>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="J5:L5"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="L6:L7"/>
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="F5:H5"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="H6:H7"/>
     <mergeCell ref="I6:I7"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="K6:K7"/>
   </mergeCells>
   <conditionalFormatting sqref="A8:H30">
-    <cfRule type="expression" dxfId="278" priority="438">
+    <cfRule type="expression" dxfId="370" priority="438">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="277" priority="439">
+    <cfRule type="expression" dxfId="369" priority="439">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="276" priority="440">
+    <cfRule type="expression" dxfId="368" priority="440">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A31:H89">
-    <cfRule type="expression" dxfId="275" priority="13">
+    <cfRule type="expression" dxfId="367" priority="13">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="274" priority="14">
+    <cfRule type="expression" dxfId="366" priority="14">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="273" priority="15">
+    <cfRule type="expression" dxfId="365" priority="15">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A8:L89">
-    <cfRule type="expression" dxfId="272" priority="5">
+    <cfRule type="expression" dxfId="364" priority="5">
       <formula>COLUMN()&lt;&gt;13</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B8:B89">
-    <cfRule type="cellIs" dxfId="271" priority="10" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="363" priority="10" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D24:E24">
-    <cfRule type="cellIs" dxfId="270" priority="437" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="362" priority="437" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G8:H89">
-    <cfRule type="cellIs" dxfId="269" priority="12" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="361" priority="12" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I24">
-    <cfRule type="cellIs" dxfId="268" priority="94" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="360" priority="94" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I87:I89">
-    <cfRule type="expression" dxfId="267" priority="9">
+    <cfRule type="expression" dxfId="359" priority="9">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I8:L30">
-    <cfRule type="expression" dxfId="266" priority="95">
+    <cfRule type="expression" dxfId="358" priority="95">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="265" priority="96">
+    <cfRule type="expression" dxfId="357" priority="96">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="264" priority="97">
+    <cfRule type="expression" dxfId="356" priority="97">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I31:L86">
-    <cfRule type="expression" dxfId="263" priority="32">
+    <cfRule type="expression" dxfId="355" priority="32">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="262" priority="33">
+    <cfRule type="expression" dxfId="354" priority="33">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="261" priority="34">
+    <cfRule type="expression" dxfId="353" priority="34">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I37:L86">
-    <cfRule type="expression" dxfId="260" priority="35">
+    <cfRule type="expression" dxfId="352" priority="35">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I87:L89">
-    <cfRule type="expression" dxfId="259" priority="2">
+    <cfRule type="expression" dxfId="351" priority="2">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="258" priority="3">
+    <cfRule type="expression" dxfId="350" priority="3">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="257" priority="4">
+    <cfRule type="expression" dxfId="349" priority="4">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K8:L86">
-    <cfRule type="cellIs" dxfId="256" priority="31" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="348" priority="31" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K87:L89">
-    <cfRule type="cellIs" dxfId="255" priority="1" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="347" priority="1" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M46:O46">
-    <cfRule type="expression" dxfId="254" priority="298">
+    <cfRule type="expression" dxfId="346" priority="298">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="253" priority="299">
+    <cfRule type="expression" dxfId="345" priority="299">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="252" priority="300">
+    <cfRule type="expression" dxfId="344" priority="300">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="251" priority="301">
+    <cfRule type="expression" dxfId="343" priority="301">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" r:id="rId1"/>
   <drawing r:id="rId2"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet5.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{06514D86-6C2C-45D9-BF5B-5E6C2D0726C3}">
   <dimension ref="A1:BA89"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="30.7109375" customWidth="1"/>
     <col min="2" max="4" width="12.140625" customWidth="1"/>
     <col min="5" max="5" width="2.140625" customWidth="1"/>
     <col min="6" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="2" customWidth="1"/>
     <col min="10" max="12" width="12.140625" customWidth="1"/>
     <col min="13" max="13" width="0" hidden="1" customWidth="1"/>
     <col min="14" max="15" width="9.140625" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:53" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="3"/>
       <c r="B1" s="4"/>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="4"/>
     </row>
     <row r="2" spans="1:53" ht="18" x14ac:dyDescent="0.2">
       <c r="A2" s="46" t="s">
-        <v>284</v>
+        <v>280</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
     </row>
     <row r="3" spans="1:53" ht="18" x14ac:dyDescent="0.2">
       <c r="A3" s="80" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
     </row>
     <row r="4" spans="1:53" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:53" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="171" t="s">
+      <c r="A5" s="179" t="s">
         <v>133</v>
       </c>
-      <c r="B5" s="160" t="s">
+      <c r="B5" s="168" t="s">
         <v>157</v>
       </c>
-      <c r="C5" s="175"/>
-      <c r="D5" s="175"/>
+      <c r="C5" s="183"/>
+      <c r="D5" s="183"/>
       <c r="E5" s="60"/>
-      <c r="F5" s="161" t="s">
+      <c r="F5" s="169" t="s">
         <v>153</v>
       </c>
-      <c r="G5" s="175"/>
-      <c r="H5" s="177"/>
+      <c r="G5" s="183"/>
+      <c r="H5" s="185"/>
       <c r="I5" s="59"/>
-      <c r="J5" s="161" t="s">
+      <c r="J5" s="169" t="s">
         <v>146</v>
       </c>
-      <c r="K5" s="175"/>
-      <c r="L5" s="177"/>
+      <c r="K5" s="183"/>
+      <c r="L5" s="185"/>
     </row>
     <row r="6" spans="1:53" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="178"/>
-      <c r="B6" s="164" t="s">
+      <c r="A6" s="186"/>
+      <c r="B6" s="172" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="164" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="165" t="s">
+      <c r="C6" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="D6" s="173" t="s">
         <v>1</v>
       </c>
-      <c r="E6" s="131"/>
-      <c r="F6" s="164" t="s">
+      <c r="E6" s="129"/>
+      <c r="F6" s="172" t="s">
         <v>6</v>
       </c>
-      <c r="G6" s="164" t="s">
-[...2 lines deleted...]
-      <c r="H6" s="165" t="s">
+      <c r="G6" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="H6" s="173" t="s">
         <v>1</v>
       </c>
-      <c r="I6" s="165"/>
-      <c r="J6" s="164" t="s">
+      <c r="I6" s="173"/>
+      <c r="J6" s="172" t="s">
         <v>6</v>
       </c>
-      <c r="K6" s="164" t="s">
-[...2 lines deleted...]
-      <c r="L6" s="165" t="s">
+      <c r="K6" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="L6" s="173" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:53" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="173"/>
-[...10 lines deleted...]
-      <c r="L7" s="166"/>
+      <c r="A7" s="181"/>
+      <c r="B7" s="171"/>
+      <c r="C7" s="171"/>
+      <c r="D7" s="174"/>
+      <c r="E7" s="128"/>
+      <c r="F7" s="171"/>
+      <c r="G7" s="171"/>
+      <c r="H7" s="174"/>
+      <c r="I7" s="174"/>
+      <c r="J7" s="171"/>
+      <c r="K7" s="171"/>
+      <c r="L7" s="174"/>
     </row>
     <row r="8" spans="1:53" s="55" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="13" t="s">
         <v>142</v>
       </c>
       <c r="B8" s="72">
         <v>10682</v>
       </c>
       <c r="C8" s="73">
         <v>5585</v>
       </c>
       <c r="D8" s="73">
         <v>5097</v>
       </c>
       <c r="E8" s="73"/>
       <c r="F8" s="73">
         <v>10597</v>
       </c>
       <c r="G8" s="73">
         <v>5552</v>
       </c>
       <c r="H8" s="73">
         <v>5045</v>
       </c>
       <c r="I8" s="73"/>
       <c r="J8" s="73">
         <v>85</v>
       </c>
       <c r="K8" s="73">
         <v>33</v>
       </c>
       <c r="L8" s="73">
         <v>52</v>
       </c>
-      <c r="Q8" s="140"/>
-[...13 lines deleted...]
-      <c r="BA8" s="140"/>
+      <c r="Q8" s="138"/>
+      <c r="AE8" s="142"/>
+      <c r="AO8" s="138"/>
+      <c r="AP8" s="138"/>
+      <c r="AQ8" s="138"/>
+      <c r="AR8" s="138"/>
+      <c r="AS8" s="138"/>
+      <c r="AT8" s="138"/>
+      <c r="AU8" s="138"/>
+      <c r="AV8" s="138"/>
+      <c r="AW8" s="138"/>
+      <c r="AX8" s="138"/>
+      <c r="AY8" s="138"/>
+      <c r="AZ8" s="138"/>
+      <c r="BA8" s="138"/>
     </row>
     <row r="9" spans="1:53" s="14" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="61">
         <v>0</v>
       </c>
       <c r="B9" s="69">
         <v>333</v>
       </c>
       <c r="C9" s="67">
         <v>175</v>
       </c>
       <c r="D9" s="67">
         <v>158</v>
       </c>
       <c r="E9" s="67"/>
       <c r="F9" s="68">
         <v>328</v>
       </c>
       <c r="G9" s="68">
         <v>172</v>
       </c>
       <c r="H9" s="68">
         <v>156</v>
       </c>
       <c r="I9" s="67"/>
       <c r="J9" s="68">
         <v>5</v>
       </c>
       <c r="K9" s="68">
         <v>3</v>
       </c>
       <c r="L9" s="68">
         <v>2</v>
       </c>
-      <c r="AO9" s="140"/>
-      <c r="AZ9" s="140"/>
+      <c r="AO9" s="138"/>
+      <c r="AZ9" s="138"/>
     </row>
     <row r="10" spans="1:53" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="61">
         <v>1</v>
       </c>
       <c r="B10" s="69">
         <v>93</v>
       </c>
       <c r="C10" s="67">
         <v>41</v>
       </c>
       <c r="D10" s="67">
         <v>52</v>
       </c>
       <c r="E10" s="67"/>
       <c r="F10" s="68">
         <v>91</v>
       </c>
       <c r="G10" s="68">
         <v>40</v>
       </c>
       <c r="H10" s="68">
         <v>51</v>
       </c>
       <c r="I10" s="67"/>
       <c r="J10" s="68">
         <v>2</v>
       </c>
       <c r="K10" s="68">
         <v>1</v>
       </c>
       <c r="L10" s="68">
         <v>1</v>
       </c>
-      <c r="AO10" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ10" s="140"/>
+      <c r="AO10" s="138"/>
+      <c r="AP10" s="138"/>
+      <c r="AQ10" s="138"/>
+      <c r="AR10" s="138"/>
+      <c r="AS10" s="138"/>
+      <c r="AT10" s="138"/>
+      <c r="AU10" s="138"/>
+      <c r="AV10" s="138"/>
+      <c r="AW10" s="138"/>
+      <c r="AX10" s="138"/>
+      <c r="AY10" s="138"/>
+      <c r="AZ10" s="138"/>
     </row>
     <row r="11" spans="1:53" s="15" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="56" t="s">
         <v>57</v>
       </c>
       <c r="B11" s="67">
         <v>95</v>
       </c>
       <c r="C11" s="67">
         <v>48</v>
       </c>
       <c r="D11" s="67">
         <v>47</v>
       </c>
       <c r="E11" s="67"/>
       <c r="F11" s="67">
         <v>94</v>
       </c>
       <c r="G11" s="67">
         <v>48</v>
       </c>
       <c r="H11" s="67">
         <v>46</v>
       </c>
       <c r="I11" s="67"/>
       <c r="J11" s="67">
         <v>1</v>
       </c>
       <c r="K11" s="67">
         <v>0</v>
       </c>
       <c r="L11" s="67">
         <v>1</v>
       </c>
-      <c r="AO11" s="140"/>
+      <c r="AO11" s="138"/>
       <c r="AP11" s="14"/>
       <c r="AQ11" s="14"/>
       <c r="AR11" s="14"/>
       <c r="AS11" s="14"/>
       <c r="AT11" s="14"/>
       <c r="AU11" s="14"/>
       <c r="AV11" s="14"/>
       <c r="AW11" s="14"/>
       <c r="AX11" s="14"/>
       <c r="AY11" s="14"/>
-      <c r="AZ11" s="140"/>
+      <c r="AZ11" s="138"/>
     </row>
     <row r="12" spans="1:53" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="57" t="s">
         <v>58</v>
       </c>
       <c r="B12" s="69">
         <v>77</v>
       </c>
       <c r="C12" s="67">
         <v>37</v>
       </c>
       <c r="D12" s="67">
         <v>40</v>
       </c>
       <c r="E12" s="67"/>
       <c r="F12" s="69">
         <v>76</v>
       </c>
       <c r="G12" s="69">
         <v>36</v>
       </c>
       <c r="H12" s="69">
         <v>40</v>
       </c>
       <c r="I12" s="67"/>
       <c r="J12" s="69">
         <v>1</v>
       </c>
       <c r="K12" s="69">
         <v>1</v>
       </c>
       <c r="L12" s="69">
         <v>0</v>
       </c>
-      <c r="AO12" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ12" s="140"/>
+      <c r="AO12" s="138"/>
+      <c r="AP12" s="138"/>
+      <c r="AQ12" s="138"/>
+      <c r="AR12" s="138"/>
+      <c r="AS12" s="138"/>
+      <c r="AT12" s="138"/>
+      <c r="AU12" s="138"/>
+      <c r="AV12" s="138"/>
+      <c r="AW12" s="138"/>
+      <c r="AX12" s="138"/>
+      <c r="AY12" s="138"/>
+      <c r="AZ12" s="138"/>
     </row>
     <row r="13" spans="1:53" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="57" t="s">
         <v>59</v>
       </c>
       <c r="B13" s="69">
         <v>93</v>
       </c>
       <c r="C13" s="67">
         <v>45</v>
       </c>
       <c r="D13" s="67">
         <v>48</v>
       </c>
       <c r="E13" s="67"/>
       <c r="F13" s="69">
         <v>91</v>
       </c>
       <c r="G13" s="69">
         <v>45</v>
       </c>
       <c r="H13" s="69">
         <v>46</v>
       </c>
       <c r="I13" s="67"/>
       <c r="J13" s="69">
         <v>2</v>
       </c>
       <c r="K13" s="69">
         <v>0</v>
       </c>
       <c r="L13" s="69">
         <v>2</v>
       </c>
-      <c r="AO13" s="140"/>
+      <c r="AO13" s="138"/>
       <c r="AP13" s="14"/>
       <c r="AQ13" s="14"/>
       <c r="AR13" s="14"/>
       <c r="AS13" s="14"/>
       <c r="AT13" s="14"/>
       <c r="AU13" s="14"/>
       <c r="AV13" s="14"/>
       <c r="AW13" s="14"/>
       <c r="AX13" s="14"/>
       <c r="AY13" s="14"/>
-      <c r="AZ13" s="140"/>
+      <c r="AZ13" s="138"/>
     </row>
     <row r="14" spans="1:53" s="14" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="57" t="s">
         <v>60</v>
       </c>
       <c r="B14" s="69">
         <v>99</v>
       </c>
       <c r="C14" s="67">
         <v>40</v>
       </c>
       <c r="D14" s="67">
         <v>59</v>
       </c>
       <c r="E14" s="67"/>
       <c r="F14" s="69">
         <v>99</v>
       </c>
       <c r="G14" s="69">
         <v>40</v>
       </c>
       <c r="H14" s="69">
         <v>59</v>
       </c>
       <c r="I14" s="67"/>
       <c r="J14" s="69">
         <v>0</v>
       </c>
       <c r="K14" s="69">
         <v>0</v>
       </c>
       <c r="L14" s="69">
         <v>0</v>
       </c>
-      <c r="AO14" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ14" s="140"/>
+      <c r="AO14" s="138"/>
+      <c r="AP14" s="138"/>
+      <c r="AQ14" s="138"/>
+      <c r="AR14" s="138"/>
+      <c r="AS14" s="138"/>
+      <c r="AT14" s="138"/>
+      <c r="AU14" s="138"/>
+      <c r="AV14" s="138"/>
+      <c r="AW14" s="138"/>
+      <c r="AX14" s="138"/>
+      <c r="AY14" s="138"/>
+      <c r="AZ14" s="138"/>
     </row>
     <row r="15" spans="1:53" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="57" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="69">
         <v>87</v>
       </c>
       <c r="C15" s="67">
         <v>45</v>
       </c>
       <c r="D15" s="67">
         <v>42</v>
       </c>
       <c r="E15" s="67"/>
       <c r="F15" s="69">
         <v>87</v>
       </c>
       <c r="G15" s="69">
         <v>45</v>
       </c>
       <c r="H15" s="69">
         <v>42</v>
       </c>
       <c r="I15" s="67"/>
       <c r="J15" s="69">
         <v>0</v>
       </c>
       <c r="K15" s="69">
         <v>0</v>
       </c>
       <c r="L15" s="69">
         <v>0</v>
       </c>
-      <c r="AO15" s="140"/>
+      <c r="AO15" s="138"/>
       <c r="AP15" s="14"/>
       <c r="AQ15" s="14"/>
       <c r="AR15" s="14"/>
       <c r="AS15" s="14"/>
       <c r="AT15" s="14"/>
       <c r="AU15" s="14"/>
       <c r="AV15" s="14"/>
       <c r="AW15" s="14"/>
       <c r="AX15" s="14"/>
       <c r="AY15" s="14"/>
-      <c r="AZ15" s="140"/>
+      <c r="AZ15" s="138"/>
     </row>
     <row r="16" spans="1:53" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="57" t="s">
         <v>62</v>
       </c>
       <c r="B16" s="69">
         <v>116</v>
       </c>
       <c r="C16" s="67">
         <v>54</v>
       </c>
       <c r="D16" s="67">
         <v>62</v>
       </c>
       <c r="E16" s="67"/>
       <c r="F16" s="69">
         <v>113</v>
       </c>
       <c r="G16" s="69">
         <v>53</v>
       </c>
       <c r="H16" s="69">
         <v>60</v>
       </c>
       <c r="I16" s="67"/>
       <c r="J16" s="69">
         <v>3</v>
       </c>
       <c r="K16" s="69">
         <v>1</v>
       </c>
       <c r="L16" s="69">
         <v>2</v>
       </c>
       <c r="N16" s="12"/>
-      <c r="AO16" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ16" s="140"/>
+      <c r="AO16" s="138"/>
+      <c r="AP16" s="138"/>
+      <c r="AQ16" s="138"/>
+      <c r="AR16" s="138"/>
+      <c r="AS16" s="138"/>
+      <c r="AT16" s="138"/>
+      <c r="AU16" s="138"/>
+      <c r="AV16" s="138"/>
+      <c r="AW16" s="138"/>
+      <c r="AX16" s="138"/>
+      <c r="AY16" s="138"/>
+      <c r="AZ16" s="138"/>
     </row>
     <row r="17" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="57" t="s">
         <v>63</v>
       </c>
       <c r="B17" s="69">
         <v>114</v>
       </c>
       <c r="C17" s="67">
         <v>63</v>
       </c>
       <c r="D17" s="67">
         <v>51</v>
       </c>
       <c r="E17" s="67"/>
       <c r="F17" s="69">
         <v>113</v>
       </c>
       <c r="G17" s="69">
         <v>62</v>
       </c>
       <c r="H17" s="69">
         <v>51</v>
       </c>
       <c r="I17" s="67"/>
       <c r="J17" s="69">
         <v>1</v>
       </c>
       <c r="K17" s="69">
         <v>1</v>
       </c>
       <c r="L17" s="69">
         <v>0</v>
       </c>
-      <c r="AO17" s="140"/>
+      <c r="AO17" s="138"/>
       <c r="AP17" s="14"/>
       <c r="AQ17" s="14"/>
       <c r="AR17" s="14"/>
       <c r="AS17" s="14"/>
       <c r="AT17" s="14"/>
       <c r="AU17" s="14"/>
       <c r="AV17" s="14"/>
       <c r="AW17" s="14"/>
       <c r="AX17" s="14"/>
       <c r="AY17" s="14"/>
-      <c r="AZ17" s="140"/>
+      <c r="AZ17" s="138"/>
     </row>
     <row r="18" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="57" t="s">
         <v>64</v>
       </c>
       <c r="B18" s="69">
         <v>125</v>
       </c>
       <c r="C18" s="67">
         <v>45</v>
       </c>
       <c r="D18" s="67">
         <v>80</v>
       </c>
       <c r="E18" s="67"/>
       <c r="F18" s="69">
         <v>124</v>
       </c>
       <c r="G18" s="69">
         <v>44</v>
       </c>
       <c r="H18" s="69">
         <v>80</v>
       </c>
       <c r="I18" s="67"/>
       <c r="J18" s="69">
         <v>1</v>
       </c>
       <c r="K18" s="69">
         <v>1</v>
       </c>
       <c r="L18" s="69">
         <v>0</v>
       </c>
       <c r="N18" s="12"/>
-      <c r="AO18" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ18" s="140"/>
+      <c r="AO18" s="138"/>
+      <c r="AP18" s="138"/>
+      <c r="AQ18" s="138"/>
+      <c r="AR18" s="138"/>
+      <c r="AS18" s="138"/>
+      <c r="AT18" s="138"/>
+      <c r="AU18" s="138"/>
+      <c r="AV18" s="138"/>
+      <c r="AW18" s="138"/>
+      <c r="AX18" s="138"/>
+      <c r="AY18" s="138"/>
+      <c r="AZ18" s="138"/>
     </row>
     <row r="19" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="57" t="s">
         <v>65</v>
       </c>
       <c r="B19" s="69">
         <v>105</v>
       </c>
       <c r="C19" s="67">
         <v>47</v>
       </c>
       <c r="D19" s="67">
         <v>58</v>
       </c>
       <c r="E19" s="67"/>
       <c r="F19" s="69">
         <v>105</v>
       </c>
       <c r="G19" s="69">
         <v>47</v>
       </c>
       <c r="H19" s="69">
         <v>58</v>
       </c>
       <c r="I19" s="67"/>
       <c r="J19" s="69">
         <v>0</v>
       </c>
       <c r="K19" s="69">
         <v>0</v>
       </c>
       <c r="L19" s="69">
         <v>0</v>
       </c>
-      <c r="AO19" s="140"/>
+      <c r="AO19" s="138"/>
       <c r="AP19" s="14"/>
       <c r="AQ19" s="14"/>
       <c r="AR19" s="14"/>
       <c r="AS19" s="14"/>
       <c r="AT19" s="14"/>
       <c r="AU19" s="14"/>
       <c r="AV19" s="14"/>
       <c r="AW19" s="14"/>
       <c r="AX19" s="14"/>
       <c r="AY19" s="14"/>
-      <c r="AZ19" s="140"/>
+      <c r="AZ19" s="138"/>
     </row>
     <row r="20" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="57" t="s">
         <v>66</v>
       </c>
       <c r="B20" s="69">
         <v>138</v>
       </c>
       <c r="C20" s="67">
         <v>57</v>
       </c>
       <c r="D20" s="67">
         <v>81</v>
       </c>
       <c r="E20" s="67"/>
       <c r="F20" s="69">
         <v>138</v>
       </c>
       <c r="G20" s="69">
         <v>57</v>
       </c>
       <c r="H20" s="69">
         <v>81</v>
       </c>
       <c r="I20" s="67"/>
       <c r="J20" s="69">
         <v>0</v>
       </c>
       <c r="K20" s="69">
         <v>0</v>
       </c>
       <c r="L20" s="69">
         <v>0</v>
       </c>
       <c r="N20" s="12"/>
-      <c r="AO20" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ20" s="140"/>
+      <c r="AO20" s="138"/>
+      <c r="AP20" s="138"/>
+      <c r="AQ20" s="138"/>
+      <c r="AR20" s="138"/>
+      <c r="AS20" s="138"/>
+      <c r="AT20" s="138"/>
+      <c r="AU20" s="138"/>
+      <c r="AV20" s="138"/>
+      <c r="AW20" s="138"/>
+      <c r="AX20" s="138"/>
+      <c r="AY20" s="138"/>
+      <c r="AZ20" s="138"/>
     </row>
     <row r="21" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="57" t="s">
         <v>67</v>
       </c>
       <c r="B21" s="69">
         <v>122</v>
       </c>
       <c r="C21" s="67">
         <v>60</v>
       </c>
       <c r="D21" s="67">
         <v>62</v>
       </c>
       <c r="E21" s="67"/>
       <c r="F21" s="69">
         <v>122</v>
       </c>
       <c r="G21" s="69">
         <v>60</v>
       </c>
       <c r="H21" s="69">
         <v>62</v>
       </c>
       <c r="I21" s="67"/>
       <c r="J21" s="69">
         <v>0</v>
       </c>
       <c r="K21" s="69">
         <v>0</v>
       </c>
       <c r="L21" s="69">
         <v>0</v>
       </c>
-      <c r="AO21" s="140"/>
+      <c r="AO21" s="138"/>
       <c r="AP21" s="14"/>
       <c r="AQ21" s="14"/>
       <c r="AR21" s="14"/>
       <c r="AS21" s="14"/>
       <c r="AT21" s="14"/>
       <c r="AU21" s="14"/>
       <c r="AV21" s="14"/>
       <c r="AW21" s="14"/>
       <c r="AX21" s="14"/>
       <c r="AY21" s="14"/>
-      <c r="AZ21" s="140"/>
+      <c r="AZ21" s="138"/>
     </row>
     <row r="22" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="57" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="69">
         <v>117</v>
       </c>
       <c r="C22" s="67">
         <v>51</v>
       </c>
       <c r="D22" s="67">
         <v>66</v>
       </c>
       <c r="E22" s="67"/>
       <c r="F22" s="69">
         <v>117</v>
       </c>
       <c r="G22" s="69">
         <v>51</v>
       </c>
       <c r="H22" s="69">
         <v>66</v>
       </c>
       <c r="I22" s="67"/>
       <c r="J22" s="69">
         <v>0</v>
       </c>
       <c r="K22" s="69">
         <v>0</v>
       </c>
       <c r="L22" s="69">
         <v>0</v>
       </c>
-      <c r="AO22" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ22" s="140"/>
+      <c r="AO22" s="138"/>
+      <c r="AP22" s="138"/>
+      <c r="AQ22" s="138"/>
+      <c r="AR22" s="138"/>
+      <c r="AS22" s="138"/>
+      <c r="AT22" s="138"/>
+      <c r="AU22" s="138"/>
+      <c r="AV22" s="138"/>
+      <c r="AW22" s="138"/>
+      <c r="AX22" s="138"/>
+      <c r="AY22" s="138"/>
+      <c r="AZ22" s="138"/>
     </row>
     <row r="23" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="57" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="69">
         <v>126</v>
       </c>
       <c r="C23" s="67">
         <v>59</v>
       </c>
       <c r="D23" s="67">
         <v>67</v>
       </c>
       <c r="E23" s="67"/>
       <c r="F23" s="69">
         <v>126</v>
       </c>
       <c r="G23" s="69">
         <v>59</v>
       </c>
       <c r="H23" s="69">
         <v>67</v>
       </c>
       <c r="I23" s="67"/>
       <c r="J23" s="69">
         <v>0</v>
       </c>
       <c r="K23" s="69">
         <v>0</v>
       </c>
       <c r="L23" s="69">
         <v>0</v>
       </c>
-      <c r="AO23" s="140"/>
+      <c r="AO23" s="138"/>
       <c r="AP23" s="14"/>
       <c r="AQ23" s="14"/>
       <c r="AR23" s="14"/>
       <c r="AS23" s="14"/>
       <c r="AT23" s="14"/>
       <c r="AU23" s="14"/>
       <c r="AV23" s="14"/>
       <c r="AW23" s="14"/>
       <c r="AX23" s="14"/>
       <c r="AY23" s="14"/>
-      <c r="AZ23" s="140"/>
+      <c r="AZ23" s="138"/>
     </row>
     <row r="24" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="57" t="s">
         <v>70</v>
       </c>
       <c r="B24" s="69">
         <v>164</v>
       </c>
       <c r="C24" s="67">
         <v>62</v>
       </c>
       <c r="D24" s="69">
         <v>102</v>
       </c>
       <c r="E24" s="69"/>
       <c r="F24" s="69">
         <v>164</v>
       </c>
       <c r="G24" s="69">
         <v>62</v>
       </c>
       <c r="H24" s="69">
         <v>102</v>
       </c>
       <c r="I24" s="69"/>
       <c r="J24" s="69">
         <v>0</v>
       </c>
       <c r="K24" s="69">
         <v>0</v>
       </c>
       <c r="L24" s="69">
         <v>0</v>
       </c>
       <c r="M24" s="14"/>
-      <c r="AO24" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ24" s="140"/>
+      <c r="AO24" s="138"/>
+      <c r="AP24" s="138"/>
+      <c r="AQ24" s="138"/>
+      <c r="AR24" s="138"/>
+      <c r="AS24" s="138"/>
+      <c r="AT24" s="138"/>
+      <c r="AU24" s="138"/>
+      <c r="AV24" s="138"/>
+      <c r="AW24" s="138"/>
+      <c r="AX24" s="138"/>
+      <c r="AY24" s="138"/>
+      <c r="AZ24" s="138"/>
     </row>
     <row r="25" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="57" t="s">
         <v>71</v>
       </c>
       <c r="B25" s="69">
         <v>209</v>
       </c>
       <c r="C25" s="67">
         <v>62</v>
       </c>
       <c r="D25" s="67">
         <v>147</v>
       </c>
       <c r="E25" s="67"/>
       <c r="F25" s="69">
         <v>209</v>
       </c>
       <c r="G25" s="69">
         <v>62</v>
       </c>
       <c r="H25" s="69">
         <v>147</v>
       </c>
       <c r="I25" s="67"/>
       <c r="J25" s="69">
         <v>0</v>
       </c>
       <c r="K25" s="69">
         <v>0</v>
       </c>
       <c r="L25" s="69">
         <v>0</v>
       </c>
-      <c r="AO25" s="140"/>
+      <c r="AO25" s="138"/>
       <c r="AP25" s="14"/>
       <c r="AQ25" s="14"/>
       <c r="AR25" s="14"/>
       <c r="AS25" s="14"/>
       <c r="AT25" s="14"/>
       <c r="AU25" s="14"/>
       <c r="AV25" s="14"/>
       <c r="AW25" s="14"/>
       <c r="AX25" s="14"/>
       <c r="AY25" s="14"/>
-      <c r="AZ25" s="140"/>
+      <c r="AZ25" s="138"/>
     </row>
     <row r="26" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="57" t="s">
         <v>72</v>
       </c>
       <c r="B26" s="69">
         <v>332</v>
       </c>
       <c r="C26" s="67">
         <v>60</v>
       </c>
       <c r="D26" s="67">
         <v>272</v>
       </c>
       <c r="E26" s="67"/>
       <c r="F26" s="69">
         <v>332</v>
       </c>
       <c r="G26" s="69">
         <v>60</v>
       </c>
       <c r="H26" s="69">
         <v>272</v>
       </c>
       <c r="I26" s="67"/>
       <c r="J26" s="69">
         <v>0</v>
       </c>
       <c r="K26" s="69">
         <v>0</v>
       </c>
       <c r="L26" s="69">
         <v>0</v>
       </c>
       <c r="M26" s="15"/>
-      <c r="AO26" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ26" s="140"/>
+      <c r="AO26" s="138"/>
+      <c r="AP26" s="138"/>
+      <c r="AQ26" s="138"/>
+      <c r="AR26" s="138"/>
+      <c r="AS26" s="138"/>
+      <c r="AT26" s="138"/>
+      <c r="AU26" s="138"/>
+      <c r="AV26" s="138"/>
+      <c r="AW26" s="138"/>
+      <c r="AX26" s="138"/>
+      <c r="AY26" s="138"/>
+      <c r="AZ26" s="138"/>
     </row>
     <row r="27" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="57" t="s">
         <v>73</v>
       </c>
       <c r="B27" s="69">
         <v>268</v>
       </c>
       <c r="C27" s="67">
         <v>125</v>
       </c>
       <c r="D27" s="67">
         <v>143</v>
       </c>
       <c r="E27" s="67"/>
       <c r="F27" s="69">
         <v>268</v>
       </c>
       <c r="G27" s="69">
         <v>125</v>
       </c>
       <c r="H27" s="69">
         <v>143</v>
       </c>
       <c r="I27" s="67"/>
       <c r="J27" s="69">
         <v>0</v>
       </c>
       <c r="K27" s="69">
         <v>0</v>
       </c>
       <c r="L27" s="69">
         <v>0</v>
       </c>
-      <c r="AO27" s="140"/>
+      <c r="AO27" s="138"/>
       <c r="AP27" s="14"/>
       <c r="AQ27" s="14"/>
       <c r="AR27" s="14"/>
       <c r="AS27" s="14"/>
       <c r="AT27" s="14"/>
       <c r="AU27" s="14"/>
       <c r="AV27" s="14"/>
       <c r="AW27" s="14"/>
       <c r="AX27" s="14"/>
       <c r="AY27" s="14"/>
-      <c r="AZ27" s="140"/>
+      <c r="AZ27" s="138"/>
     </row>
     <row r="28" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="57" t="s">
         <v>74</v>
       </c>
       <c r="B28" s="69">
         <v>221</v>
       </c>
       <c r="C28" s="67">
         <v>141</v>
       </c>
       <c r="D28" s="67">
         <v>80</v>
       </c>
       <c r="E28" s="67"/>
       <c r="F28" s="69">
         <v>221</v>
       </c>
       <c r="G28" s="69">
         <v>141</v>
       </c>
       <c r="H28" s="69">
         <v>80</v>
       </c>
       <c r="I28" s="67"/>
       <c r="J28" s="69">
         <v>0</v>
       </c>
       <c r="K28" s="69">
         <v>0</v>
       </c>
       <c r="L28" s="69">
         <v>0</v>
       </c>
-      <c r="AO28" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ28" s="140"/>
+      <c r="AO28" s="138"/>
+      <c r="AP28" s="138"/>
+      <c r="AQ28" s="138"/>
+      <c r="AR28" s="138"/>
+      <c r="AS28" s="138"/>
+      <c r="AT28" s="138"/>
+      <c r="AU28" s="138"/>
+      <c r="AV28" s="138"/>
+      <c r="AW28" s="138"/>
+      <c r="AX28" s="138"/>
+      <c r="AY28" s="138"/>
+      <c r="AZ28" s="138"/>
     </row>
     <row r="29" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="57" t="s">
         <v>75</v>
       </c>
       <c r="B29" s="69">
         <v>187</v>
       </c>
       <c r="C29" s="67">
         <v>116</v>
       </c>
       <c r="D29" s="67">
         <v>71</v>
       </c>
       <c r="E29" s="67"/>
       <c r="F29" s="69">
         <v>187</v>
       </c>
       <c r="G29" s="69">
         <v>116</v>
       </c>
       <c r="H29" s="69">
         <v>71</v>
       </c>
       <c r="I29" s="67"/>
       <c r="J29" s="69">
         <v>0</v>
       </c>
       <c r="K29" s="69">
         <v>0</v>
       </c>
       <c r="L29" s="69">
         <v>0</v>
       </c>
       <c r="M29" s="14"/>
-      <c r="AO29" s="140"/>
+      <c r="AO29" s="138"/>
       <c r="AP29" s="14"/>
       <c r="AQ29" s="14"/>
       <c r="AR29" s="14"/>
       <c r="AS29" s="14"/>
       <c r="AT29" s="14"/>
       <c r="AU29" s="14"/>
       <c r="AV29" s="14"/>
       <c r="AW29" s="14"/>
       <c r="AX29" s="14"/>
       <c r="AY29" s="14"/>
-      <c r="AZ29" s="140"/>
+      <c r="AZ29" s="138"/>
     </row>
     <row r="30" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="58" t="s">
         <v>76</v>
       </c>
       <c r="B30" s="70">
         <v>221</v>
       </c>
       <c r="C30" s="67">
         <v>146</v>
       </c>
       <c r="D30" s="67">
         <v>75</v>
       </c>
       <c r="E30" s="67"/>
       <c r="F30" s="70">
         <v>221</v>
       </c>
       <c r="G30" s="70">
         <v>146</v>
       </c>
       <c r="H30" s="70">
         <v>75</v>
       </c>
       <c r="I30" s="67"/>
       <c r="J30" s="70">
         <v>0</v>
       </c>
       <c r="K30" s="70">
         <v>0</v>
       </c>
       <c r="L30" s="70">
         <v>0</v>
       </c>
-      <c r="AO30" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ30" s="140"/>
+      <c r="AO30" s="138"/>
+      <c r="AP30" s="138"/>
+      <c r="AQ30" s="138"/>
+      <c r="AR30" s="138"/>
+      <c r="AS30" s="138"/>
+      <c r="AT30" s="138"/>
+      <c r="AU30" s="138"/>
+      <c r="AV30" s="138"/>
+      <c r="AW30" s="138"/>
+      <c r="AX30" s="138"/>
+      <c r="AY30" s="138"/>
+      <c r="AZ30" s="138"/>
     </row>
     <row r="31" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="58" t="s">
         <v>77</v>
       </c>
       <c r="B31" s="70">
         <v>169</v>
       </c>
       <c r="C31" s="67">
         <v>103</v>
       </c>
       <c r="D31" s="67">
         <v>66</v>
       </c>
       <c r="E31" s="67"/>
       <c r="F31" s="70">
         <v>167</v>
       </c>
       <c r="G31" s="70">
         <v>102</v>
       </c>
       <c r="H31" s="70">
         <v>65</v>
       </c>
       <c r="I31" s="67"/>
       <c r="J31" s="70">
         <v>2</v>
       </c>
       <c r="K31" s="70">
         <v>1</v>
       </c>
       <c r="L31" s="70">
         <v>1</v>
       </c>
-      <c r="AO31" s="140"/>
+      <c r="AO31" s="138"/>
       <c r="AP31" s="14"/>
       <c r="AQ31" s="14"/>
       <c r="AR31" s="14"/>
       <c r="AS31" s="14"/>
       <c r="AT31" s="14"/>
       <c r="AU31" s="14"/>
       <c r="AV31" s="14"/>
       <c r="AW31" s="14"/>
       <c r="AX31" s="14"/>
       <c r="AY31" s="14"/>
-      <c r="AZ31" s="140"/>
+      <c r="AZ31" s="138"/>
     </row>
     <row r="32" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="58" t="s">
         <v>78</v>
       </c>
       <c r="B32" s="70">
         <v>155</v>
       </c>
       <c r="C32" s="67">
         <v>94</v>
       </c>
       <c r="D32" s="67">
         <v>61</v>
       </c>
       <c r="E32" s="67"/>
       <c r="F32" s="70">
         <v>153</v>
       </c>
       <c r="G32" s="70">
         <v>93</v>
       </c>
       <c r="H32" s="70">
         <v>60</v>
       </c>
       <c r="I32" s="67"/>
       <c r="J32" s="70">
         <v>2</v>
       </c>
       <c r="K32" s="70">
         <v>1</v>
       </c>
       <c r="L32" s="70">
         <v>1</v>
       </c>
-      <c r="AO32" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ32" s="140"/>
+      <c r="AO32" s="138"/>
+      <c r="AP32" s="138"/>
+      <c r="AQ32" s="138"/>
+      <c r="AR32" s="138"/>
+      <c r="AS32" s="138"/>
+      <c r="AT32" s="138"/>
+      <c r="AU32" s="138"/>
+      <c r="AV32" s="138"/>
+      <c r="AW32" s="138"/>
+      <c r="AX32" s="138"/>
+      <c r="AY32" s="138"/>
+      <c r="AZ32" s="138"/>
     </row>
     <row r="33" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="58" t="s">
         <v>79</v>
       </c>
       <c r="B33" s="70">
         <v>184</v>
       </c>
       <c r="C33" s="67">
         <v>89</v>
       </c>
       <c r="D33" s="67">
         <v>95</v>
       </c>
       <c r="E33" s="67"/>
       <c r="F33" s="70">
         <v>183</v>
       </c>
       <c r="G33" s="70">
         <v>89</v>
       </c>
       <c r="H33" s="70">
         <v>94</v>
       </c>
       <c r="I33" s="67"/>
       <c r="J33" s="70">
         <v>1</v>
       </c>
       <c r="K33" s="70">
         <v>0</v>
       </c>
       <c r="L33" s="70">
         <v>1</v>
       </c>
-      <c r="AO33" s="140"/>
+      <c r="AO33" s="138"/>
       <c r="AP33" s="14"/>
       <c r="AQ33" s="14"/>
       <c r="AR33" s="14"/>
       <c r="AS33" s="14"/>
       <c r="AT33" s="14"/>
       <c r="AU33" s="14"/>
       <c r="AV33" s="14"/>
       <c r="AW33" s="14"/>
       <c r="AX33" s="14"/>
       <c r="AY33" s="14"/>
-      <c r="AZ33" s="140"/>
+      <c r="AZ33" s="138"/>
     </row>
     <row r="34" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="58" t="s">
         <v>80</v>
       </c>
       <c r="B34" s="70">
         <v>195</v>
       </c>
       <c r="C34" s="67">
         <v>102</v>
       </c>
       <c r="D34" s="67">
         <v>93</v>
       </c>
       <c r="E34" s="67"/>
       <c r="F34" s="70">
         <v>193</v>
       </c>
       <c r="G34" s="70">
         <v>101</v>
       </c>
       <c r="H34" s="70">
         <v>92</v>
       </c>
       <c r="I34" s="67"/>
       <c r="J34" s="70">
         <v>2</v>
       </c>
       <c r="K34" s="70">
         <v>1</v>
       </c>
       <c r="L34" s="70">
         <v>1</v>
       </c>
-      <c r="AO34" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ34" s="140"/>
+      <c r="AO34" s="138"/>
+      <c r="AP34" s="138"/>
+      <c r="AQ34" s="138"/>
+      <c r="AR34" s="138"/>
+      <c r="AS34" s="138"/>
+      <c r="AT34" s="138"/>
+      <c r="AU34" s="138"/>
+      <c r="AV34" s="138"/>
+      <c r="AW34" s="138"/>
+      <c r="AX34" s="138"/>
+      <c r="AY34" s="138"/>
+      <c r="AZ34" s="138"/>
     </row>
     <row r="35" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="58" t="s">
         <v>81</v>
       </c>
       <c r="B35" s="70">
         <v>182</v>
       </c>
       <c r="C35" s="67">
         <v>99</v>
       </c>
       <c r="D35" s="67">
         <v>83</v>
       </c>
       <c r="E35" s="67"/>
       <c r="F35" s="70">
         <v>177</v>
       </c>
       <c r="G35" s="70">
         <v>98</v>
       </c>
       <c r="H35" s="70">
         <v>79</v>
       </c>
       <c r="I35" s="67"/>
       <c r="J35" s="70">
         <v>5</v>
       </c>
       <c r="K35" s="70">
         <v>1</v>
       </c>
       <c r="L35" s="70">
         <v>4</v>
       </c>
-      <c r="AO35" s="140"/>
+      <c r="AO35" s="138"/>
       <c r="AP35" s="14"/>
       <c r="AQ35" s="14"/>
       <c r="AR35" s="14"/>
       <c r="AS35" s="14"/>
       <c r="AT35" s="14"/>
       <c r="AU35" s="14"/>
       <c r="AV35" s="14"/>
       <c r="AW35" s="14"/>
       <c r="AX35" s="14"/>
       <c r="AY35" s="14"/>
-      <c r="AZ35" s="140"/>
+      <c r="AZ35" s="138"/>
     </row>
     <row r="36" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="58" t="s">
         <v>82</v>
       </c>
       <c r="B36" s="70">
         <v>186</v>
       </c>
       <c r="C36" s="67">
         <v>93</v>
       </c>
       <c r="D36" s="67">
         <v>93</v>
       </c>
       <c r="E36" s="67"/>
       <c r="F36" s="70">
         <v>185</v>
       </c>
       <c r="G36" s="70">
         <v>92</v>
       </c>
       <c r="H36" s="70">
         <v>93</v>
       </c>
       <c r="I36" s="67"/>
       <c r="J36" s="70">
         <v>1</v>
       </c>
       <c r="K36" s="70">
         <v>1</v>
       </c>
       <c r="L36" s="70">
         <v>0</v>
       </c>
-      <c r="AO36" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ36" s="140"/>
+      <c r="AO36" s="138"/>
+      <c r="AP36" s="138"/>
+      <c r="AQ36" s="138"/>
+      <c r="AR36" s="138"/>
+      <c r="AS36" s="138"/>
+      <c r="AT36" s="138"/>
+      <c r="AU36" s="138"/>
+      <c r="AV36" s="138"/>
+      <c r="AW36" s="138"/>
+      <c r="AX36" s="138"/>
+      <c r="AY36" s="138"/>
+      <c r="AZ36" s="138"/>
     </row>
     <row r="37" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="58" t="s">
         <v>83</v>
       </c>
       <c r="B37" s="70">
         <v>175</v>
       </c>
       <c r="C37" s="67">
         <v>84</v>
       </c>
       <c r="D37" s="67">
         <v>91</v>
       </c>
       <c r="E37" s="67"/>
       <c r="F37" s="70">
         <v>173</v>
       </c>
       <c r="G37" s="70">
         <v>82</v>
       </c>
       <c r="H37" s="70">
         <v>91</v>
       </c>
       <c r="I37" s="67"/>
       <c r="J37" s="70">
         <v>2</v>
       </c>
       <c r="K37" s="70">
         <v>2</v>
       </c>
       <c r="L37" s="70">
         <v>0</v>
       </c>
-      <c r="AO37" s="140"/>
+      <c r="AO37" s="138"/>
       <c r="AP37" s="14"/>
       <c r="AQ37" s="14"/>
       <c r="AR37" s="14"/>
       <c r="AS37" s="14"/>
       <c r="AT37" s="14"/>
       <c r="AU37" s="14"/>
       <c r="AV37" s="14"/>
       <c r="AW37" s="14"/>
       <c r="AX37" s="14"/>
       <c r="AY37" s="14"/>
-      <c r="AZ37" s="140"/>
+      <c r="AZ37" s="138"/>
     </row>
     <row r="38" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="58" t="s">
         <v>84</v>
       </c>
       <c r="B38" s="70">
         <v>182</v>
       </c>
       <c r="C38" s="67">
         <v>93</v>
       </c>
       <c r="D38" s="67">
         <v>89</v>
       </c>
       <c r="E38" s="67"/>
       <c r="F38" s="70">
         <v>182</v>
       </c>
       <c r="G38" s="70">
         <v>93</v>
       </c>
       <c r="H38" s="70">
         <v>89</v>
       </c>
       <c r="I38" s="67"/>
       <c r="J38" s="70">
         <v>0</v>
       </c>
       <c r="K38" s="70">
         <v>0</v>
       </c>
       <c r="L38" s="70">
         <v>0</v>
       </c>
-      <c r="AO38" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ38" s="140"/>
+      <c r="AO38" s="138"/>
+      <c r="AP38" s="138"/>
+      <c r="AQ38" s="138"/>
+      <c r="AR38" s="138"/>
+      <c r="AS38" s="138"/>
+      <c r="AT38" s="138"/>
+      <c r="AU38" s="138"/>
+      <c r="AV38" s="138"/>
+      <c r="AW38" s="138"/>
+      <c r="AX38" s="138"/>
+      <c r="AY38" s="138"/>
+      <c r="AZ38" s="138"/>
     </row>
     <row r="39" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="58" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="70">
         <v>190</v>
       </c>
       <c r="C39" s="67">
         <v>100</v>
       </c>
       <c r="D39" s="67">
         <v>90</v>
       </c>
       <c r="E39" s="67"/>
       <c r="F39" s="70">
         <v>186</v>
       </c>
       <c r="G39" s="70">
         <v>98</v>
       </c>
       <c r="H39" s="70">
         <v>88</v>
       </c>
       <c r="I39" s="67"/>
       <c r="J39" s="70">
         <v>4</v>
       </c>
       <c r="K39" s="70">
         <v>2</v>
       </c>
       <c r="L39" s="70">
         <v>2</v>
       </c>
-      <c r="AO39" s="140"/>
+      <c r="AO39" s="138"/>
       <c r="AP39" s="14"/>
       <c r="AQ39" s="14"/>
       <c r="AR39" s="14"/>
       <c r="AS39" s="14"/>
       <c r="AT39" s="14"/>
       <c r="AU39" s="14"/>
       <c r="AV39" s="14"/>
       <c r="AW39" s="14"/>
       <c r="AX39" s="14"/>
       <c r="AY39" s="14"/>
-      <c r="AZ39" s="140"/>
+      <c r="AZ39" s="138"/>
     </row>
     <row r="40" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="58" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="70">
         <v>233</v>
       </c>
       <c r="C40" s="67">
         <v>111</v>
       </c>
       <c r="D40" s="67">
         <v>122</v>
       </c>
       <c r="E40" s="67"/>
       <c r="F40" s="70">
         <v>231</v>
       </c>
       <c r="G40" s="70">
         <v>110</v>
       </c>
       <c r="H40" s="70">
         <v>121</v>
       </c>
       <c r="I40" s="67"/>
       <c r="J40" s="70">
         <v>2</v>
       </c>
       <c r="K40" s="70">
         <v>1</v>
       </c>
       <c r="L40" s="70">
         <v>1</v>
       </c>
-      <c r="AO40" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ40" s="140"/>
+      <c r="AO40" s="138"/>
+      <c r="AP40" s="138"/>
+      <c r="AQ40" s="138"/>
+      <c r="AR40" s="138"/>
+      <c r="AS40" s="138"/>
+      <c r="AT40" s="138"/>
+      <c r="AU40" s="138"/>
+      <c r="AV40" s="138"/>
+      <c r="AW40" s="138"/>
+      <c r="AX40" s="138"/>
+      <c r="AY40" s="138"/>
+      <c r="AZ40" s="138"/>
     </row>
     <row r="41" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="58" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="70">
         <v>220</v>
       </c>
       <c r="C41" s="67">
         <v>122</v>
       </c>
       <c r="D41" s="67">
         <v>98</v>
       </c>
       <c r="E41" s="67"/>
       <c r="F41" s="70">
         <v>217</v>
       </c>
       <c r="G41" s="70">
         <v>121</v>
       </c>
       <c r="H41" s="70">
         <v>96</v>
       </c>
       <c r="I41" s="67"/>
       <c r="J41" s="70">
         <v>3</v>
       </c>
       <c r="K41" s="70">
         <v>1</v>
       </c>
       <c r="L41" s="70">
         <v>2</v>
       </c>
-      <c r="AO41" s="140"/>
+      <c r="AO41" s="138"/>
       <c r="AP41" s="14"/>
       <c r="AQ41" s="14"/>
       <c r="AR41" s="14"/>
       <c r="AS41" s="14"/>
       <c r="AT41" s="14"/>
       <c r="AU41" s="14"/>
       <c r="AV41" s="14"/>
       <c r="AW41" s="14"/>
       <c r="AX41" s="14"/>
       <c r="AY41" s="14"/>
-      <c r="AZ41" s="140"/>
+      <c r="AZ41" s="138"/>
     </row>
     <row r="42" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="58" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="70">
         <v>202</v>
       </c>
       <c r="C42" s="67">
         <v>97</v>
       </c>
       <c r="D42" s="67">
         <v>105</v>
       </c>
       <c r="E42" s="67"/>
       <c r="F42" s="70">
         <v>199</v>
       </c>
       <c r="G42" s="70">
         <v>97</v>
       </c>
       <c r="H42" s="70">
         <v>102</v>
       </c>
       <c r="I42" s="67"/>
       <c r="J42" s="70">
         <v>3</v>
       </c>
       <c r="K42" s="70">
         <v>0</v>
       </c>
       <c r="L42" s="70">
         <v>3</v>
       </c>
-      <c r="AO42" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ42" s="140"/>
+      <c r="AO42" s="138"/>
+      <c r="AP42" s="138"/>
+      <c r="AQ42" s="138"/>
+      <c r="AR42" s="138"/>
+      <c r="AS42" s="138"/>
+      <c r="AT42" s="138"/>
+      <c r="AU42" s="138"/>
+      <c r="AV42" s="138"/>
+      <c r="AW42" s="138"/>
+      <c r="AX42" s="138"/>
+      <c r="AY42" s="138"/>
+      <c r="AZ42" s="138"/>
     </row>
     <row r="43" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="58" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="70">
         <v>215</v>
       </c>
       <c r="C43" s="67">
         <v>112</v>
       </c>
       <c r="D43" s="67">
         <v>103</v>
       </c>
       <c r="E43" s="67"/>
       <c r="F43" s="70">
         <v>211</v>
       </c>
       <c r="G43" s="70">
         <v>111</v>
       </c>
       <c r="H43" s="70">
         <v>100</v>
       </c>
       <c r="I43" s="67"/>
       <c r="J43" s="70">
         <v>4</v>
       </c>
       <c r="K43" s="70">
         <v>1</v>
       </c>
       <c r="L43" s="70">
         <v>3</v>
       </c>
-      <c r="AO43" s="140"/>
+      <c r="AO43" s="138"/>
       <c r="AP43" s="14"/>
       <c r="AQ43" s="14"/>
       <c r="AR43" s="14"/>
       <c r="AS43" s="14"/>
       <c r="AT43" s="14"/>
       <c r="AU43" s="14"/>
       <c r="AV43" s="14"/>
       <c r="AW43" s="14"/>
       <c r="AX43" s="14"/>
       <c r="AY43" s="14"/>
-      <c r="AZ43" s="140"/>
+      <c r="AZ43" s="138"/>
     </row>
     <row r="44" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="58" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="70">
         <v>240</v>
       </c>
       <c r="C44" s="67">
         <v>130</v>
       </c>
       <c r="D44" s="67">
         <v>110</v>
       </c>
       <c r="E44" s="67"/>
       <c r="F44" s="70">
         <v>239</v>
       </c>
       <c r="G44" s="70">
         <v>129</v>
       </c>
       <c r="H44" s="70">
         <v>110</v>
       </c>
       <c r="I44" s="67"/>
       <c r="J44" s="70">
         <v>1</v>
       </c>
       <c r="K44" s="70">
         <v>1</v>
       </c>
       <c r="L44" s="70">
         <v>0</v>
       </c>
-      <c r="AO44" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ44" s="140"/>
+      <c r="AO44" s="138"/>
+      <c r="AP44" s="138"/>
+      <c r="AQ44" s="138"/>
+      <c r="AR44" s="138"/>
+      <c r="AS44" s="138"/>
+      <c r="AT44" s="138"/>
+      <c r="AU44" s="138"/>
+      <c r="AV44" s="138"/>
+      <c r="AW44" s="138"/>
+      <c r="AX44" s="138"/>
+      <c r="AY44" s="138"/>
+      <c r="AZ44" s="138"/>
     </row>
     <row r="45" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A45" s="58" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="70">
         <v>235</v>
       </c>
       <c r="C45" s="67">
         <v>121</v>
       </c>
       <c r="D45" s="67">
         <v>114</v>
       </c>
       <c r="E45" s="67"/>
       <c r="F45" s="70">
         <v>232</v>
       </c>
       <c r="G45" s="70">
         <v>120</v>
       </c>
       <c r="H45" s="70">
         <v>112</v>
       </c>
       <c r="I45" s="67"/>
       <c r="J45" s="70">
         <v>3</v>
       </c>
       <c r="K45" s="70">
         <v>1</v>
       </c>
       <c r="L45" s="70">
         <v>2</v>
       </c>
-      <c r="AO45" s="140"/>
+      <c r="AO45" s="138"/>
       <c r="AP45" s="14"/>
       <c r="AQ45" s="14"/>
       <c r="AR45" s="14"/>
       <c r="AS45" s="14"/>
       <c r="AT45" s="14"/>
       <c r="AU45" s="14"/>
       <c r="AV45" s="14"/>
       <c r="AW45" s="14"/>
       <c r="AX45" s="14"/>
       <c r="AY45" s="14"/>
-      <c r="AZ45" s="140"/>
+      <c r="AZ45" s="138"/>
     </row>
     <row r="46" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="58" t="s">
         <v>92</v>
       </c>
       <c r="B46" s="70">
         <v>235</v>
       </c>
       <c r="C46" s="67">
         <v>117</v>
       </c>
       <c r="D46" s="67">
         <v>118</v>
       </c>
       <c r="E46" s="67"/>
       <c r="F46" s="70">
         <v>234</v>
       </c>
       <c r="G46" s="70">
         <v>117</v>
       </c>
       <c r="H46" s="70">
         <v>117</v>
       </c>
       <c r="I46" s="67"/>
       <c r="J46" s="70">
         <v>1</v>
       </c>
       <c r="K46" s="70">
         <v>0</v>
       </c>
       <c r="L46" s="70">
         <v>1</v>
       </c>
       <c r="M46" s="8"/>
       <c r="N46" s="8"/>
       <c r="O46" s="10"/>
-      <c r="AO46" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ46" s="140"/>
+      <c r="AO46" s="138"/>
+      <c r="AP46" s="138"/>
+      <c r="AQ46" s="138"/>
+      <c r="AR46" s="138"/>
+      <c r="AS46" s="138"/>
+      <c r="AT46" s="138"/>
+      <c r="AU46" s="138"/>
+      <c r="AV46" s="138"/>
+      <c r="AW46" s="138"/>
+      <c r="AX46" s="138"/>
+      <c r="AY46" s="138"/>
+      <c r="AZ46" s="138"/>
     </row>
     <row r="47" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="58" t="s">
         <v>93</v>
       </c>
       <c r="B47" s="70">
         <v>236</v>
       </c>
       <c r="C47" s="67">
         <v>107</v>
       </c>
       <c r="D47" s="67">
         <v>129</v>
       </c>
       <c r="E47" s="67"/>
       <c r="F47" s="70">
         <v>236</v>
       </c>
       <c r="G47" s="70">
         <v>107</v>
       </c>
       <c r="H47" s="70">
         <v>129</v>
       </c>
       <c r="I47" s="67"/>
       <c r="J47" s="70">
         <v>0</v>
       </c>
       <c r="K47" s="70">
         <v>0</v>
       </c>
       <c r="L47" s="70">
         <v>0</v>
       </c>
-      <c r="AO47" s="140"/>
+      <c r="AO47" s="138"/>
       <c r="AP47" s="14"/>
       <c r="AQ47" s="14"/>
       <c r="AR47" s="14"/>
       <c r="AS47" s="14"/>
       <c r="AT47" s="14"/>
       <c r="AU47" s="14"/>
       <c r="AV47" s="14"/>
       <c r="AW47" s="14"/>
       <c r="AX47" s="14"/>
       <c r="AY47" s="14"/>
-      <c r="AZ47" s="140"/>
+      <c r="AZ47" s="138"/>
     </row>
     <row r="48" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A48" s="58" t="s">
         <v>94</v>
       </c>
       <c r="B48" s="70">
         <v>248</v>
       </c>
       <c r="C48" s="67">
         <v>113</v>
       </c>
       <c r="D48" s="67">
         <v>135</v>
       </c>
       <c r="E48" s="67"/>
       <c r="F48" s="70">
         <v>244</v>
       </c>
       <c r="G48" s="70">
         <v>112</v>
       </c>
       <c r="H48" s="70">
         <v>132</v>
       </c>
       <c r="I48" s="67"/>
       <c r="J48" s="70">
         <v>4</v>
       </c>
       <c r="K48" s="70">
         <v>1</v>
       </c>
       <c r="L48" s="70">
         <v>3</v>
       </c>
-      <c r="AO48" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ48" s="140"/>
+      <c r="AO48" s="138"/>
+      <c r="AP48" s="138"/>
+      <c r="AQ48" s="138"/>
+      <c r="AR48" s="138"/>
+      <c r="AS48" s="138"/>
+      <c r="AT48" s="138"/>
+      <c r="AU48" s="138"/>
+      <c r="AV48" s="138"/>
+      <c r="AW48" s="138"/>
+      <c r="AX48" s="138"/>
+      <c r="AY48" s="138"/>
+      <c r="AZ48" s="138"/>
     </row>
     <row r="49" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="58" t="s">
         <v>95</v>
       </c>
       <c r="B49" s="70">
         <v>207</v>
       </c>
       <c r="C49" s="67">
         <v>112</v>
       </c>
       <c r="D49" s="67">
         <v>95</v>
       </c>
       <c r="E49" s="67"/>
       <c r="F49" s="70">
         <v>204</v>
       </c>
       <c r="G49" s="70">
         <v>111</v>
       </c>
       <c r="H49" s="70">
         <v>93</v>
       </c>
       <c r="I49" s="67"/>
       <c r="J49" s="70">
         <v>3</v>
       </c>
       <c r="K49" s="70">
         <v>1</v>
       </c>
       <c r="L49" s="70">
         <v>2</v>
       </c>
-      <c r="AO49" s="140"/>
+      <c r="AO49" s="138"/>
       <c r="AP49" s="14"/>
       <c r="AQ49" s="14"/>
       <c r="AR49" s="14"/>
       <c r="AS49" s="14"/>
       <c r="AT49" s="14"/>
       <c r="AU49" s="14"/>
       <c r="AV49" s="14"/>
       <c r="AW49" s="14"/>
       <c r="AX49" s="14"/>
       <c r="AY49" s="14"/>
-      <c r="AZ49" s="140"/>
+      <c r="AZ49" s="138"/>
     </row>
     <row r="50" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A50" s="58" t="s">
         <v>96</v>
       </c>
       <c r="B50" s="70">
         <v>225</v>
       </c>
       <c r="C50" s="67">
         <v>121</v>
       </c>
       <c r="D50" s="67">
         <v>104</v>
       </c>
       <c r="E50" s="67"/>
       <c r="F50" s="70">
         <v>221</v>
       </c>
       <c r="G50" s="70">
         <v>120</v>
       </c>
       <c r="H50" s="70">
         <v>101</v>
       </c>
       <c r="I50" s="67"/>
       <c r="J50" s="70">
         <v>4</v>
       </c>
       <c r="K50" s="70">
         <v>1</v>
       </c>
       <c r="L50" s="70">
         <v>3</v>
       </c>
-      <c r="AO50" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ50" s="140"/>
+      <c r="AO50" s="138"/>
+      <c r="AP50" s="138"/>
+      <c r="AQ50" s="138"/>
+      <c r="AR50" s="138"/>
+      <c r="AS50" s="138"/>
+      <c r="AT50" s="138"/>
+      <c r="AU50" s="138"/>
+      <c r="AV50" s="138"/>
+      <c r="AW50" s="138"/>
+      <c r="AX50" s="138"/>
+      <c r="AY50" s="138"/>
+      <c r="AZ50" s="138"/>
     </row>
     <row r="51" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A51" s="58" t="s">
         <v>97</v>
       </c>
       <c r="B51" s="70">
         <v>196</v>
       </c>
       <c r="C51" s="67">
         <v>108</v>
       </c>
       <c r="D51" s="67">
         <v>88</v>
       </c>
       <c r="E51" s="67"/>
       <c r="F51" s="70">
         <v>195</v>
       </c>
       <c r="G51" s="70">
         <v>108</v>
       </c>
       <c r="H51" s="70">
         <v>87</v>
       </c>
       <c r="I51" s="67"/>
       <c r="J51" s="70">
         <v>1</v>
       </c>
       <c r="K51" s="70">
         <v>0</v>
       </c>
       <c r="L51" s="70">
         <v>1</v>
       </c>
-      <c r="AO51" s="140"/>
+      <c r="AO51" s="138"/>
       <c r="AP51" s="14"/>
       <c r="AQ51" s="14"/>
       <c r="AR51" s="14"/>
       <c r="AS51" s="14"/>
       <c r="AT51" s="14"/>
       <c r="AU51" s="14"/>
       <c r="AV51" s="14"/>
       <c r="AW51" s="14"/>
       <c r="AX51" s="14"/>
       <c r="AY51" s="14"/>
-      <c r="AZ51" s="140"/>
+      <c r="AZ51" s="138"/>
     </row>
     <row r="52" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A52" s="58" t="s">
         <v>98</v>
       </c>
       <c r="B52" s="70">
         <v>206</v>
       </c>
       <c r="C52" s="67">
         <v>107</v>
       </c>
       <c r="D52" s="67">
         <v>99</v>
       </c>
       <c r="E52" s="67"/>
       <c r="F52" s="70">
         <v>205</v>
       </c>
       <c r="G52" s="70">
         <v>107</v>
       </c>
       <c r="H52" s="70">
         <v>98</v>
       </c>
       <c r="I52" s="67"/>
       <c r="J52" s="70">
         <v>1</v>
       </c>
       <c r="K52" s="70">
         <v>0</v>
       </c>
       <c r="L52" s="70">
         <v>1</v>
       </c>
-      <c r="AO52" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ52" s="140"/>
+      <c r="AO52" s="138"/>
+      <c r="AP52" s="138"/>
+      <c r="AQ52" s="138"/>
+      <c r="AR52" s="138"/>
+      <c r="AS52" s="138"/>
+      <c r="AT52" s="138"/>
+      <c r="AU52" s="138"/>
+      <c r="AV52" s="138"/>
+      <c r="AW52" s="138"/>
+      <c r="AX52" s="138"/>
+      <c r="AY52" s="138"/>
+      <c r="AZ52" s="138"/>
     </row>
     <row r="53" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A53" s="58" t="s">
         <v>99</v>
       </c>
       <c r="B53" s="70">
         <v>186</v>
       </c>
       <c r="C53" s="67">
         <v>103</v>
       </c>
       <c r="D53" s="67">
         <v>83</v>
       </c>
       <c r="E53" s="67"/>
       <c r="F53" s="70">
         <v>184</v>
       </c>
       <c r="G53" s="70">
         <v>103</v>
       </c>
       <c r="H53" s="70">
         <v>81</v>
       </c>
       <c r="I53" s="67"/>
       <c r="J53" s="70">
         <v>2</v>
       </c>
       <c r="K53" s="70">
         <v>0</v>
       </c>
       <c r="L53" s="70">
         <v>2</v>
       </c>
-      <c r="AO53" s="140"/>
+      <c r="AO53" s="138"/>
       <c r="AP53" s="14"/>
       <c r="AQ53" s="14"/>
       <c r="AR53" s="14"/>
       <c r="AS53" s="14"/>
       <c r="AT53" s="14"/>
       <c r="AU53" s="14"/>
       <c r="AV53" s="14"/>
       <c r="AW53" s="14"/>
       <c r="AX53" s="14"/>
       <c r="AY53" s="14"/>
-      <c r="AZ53" s="140"/>
+      <c r="AZ53" s="138"/>
     </row>
     <row r="54" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="58" t="s">
         <v>100</v>
       </c>
       <c r="B54" s="70">
         <v>193</v>
       </c>
       <c r="C54" s="67">
         <v>107</v>
       </c>
       <c r="D54" s="67">
         <v>86</v>
       </c>
       <c r="E54" s="67"/>
       <c r="F54" s="70">
         <v>190</v>
       </c>
       <c r="G54" s="70">
         <v>105</v>
       </c>
       <c r="H54" s="70">
         <v>85</v>
       </c>
       <c r="I54" s="67"/>
       <c r="J54" s="70">
         <v>3</v>
       </c>
       <c r="K54" s="70">
         <v>2</v>
       </c>
       <c r="L54" s="70">
         <v>1</v>
       </c>
-      <c r="AO54" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ54" s="140"/>
+      <c r="AO54" s="138"/>
+      <c r="AP54" s="138"/>
+      <c r="AQ54" s="138"/>
+      <c r="AR54" s="138"/>
+      <c r="AS54" s="138"/>
+      <c r="AT54" s="138"/>
+      <c r="AU54" s="138"/>
+      <c r="AV54" s="138"/>
+      <c r="AW54" s="138"/>
+      <c r="AX54" s="138"/>
+      <c r="AY54" s="138"/>
+      <c r="AZ54" s="138"/>
     </row>
     <row r="55" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="58" t="s">
         <v>101</v>
       </c>
       <c r="B55" s="70">
         <v>163</v>
       </c>
       <c r="C55" s="67">
         <v>89</v>
       </c>
       <c r="D55" s="67">
         <v>74</v>
       </c>
       <c r="E55" s="67"/>
       <c r="F55" s="70">
         <v>162</v>
       </c>
       <c r="G55" s="70">
         <v>88</v>
       </c>
       <c r="H55" s="70">
         <v>74</v>
       </c>
       <c r="I55" s="67"/>
       <c r="J55" s="70">
         <v>1</v>
       </c>
       <c r="K55" s="70">
         <v>1</v>
       </c>
       <c r="L55" s="70">
         <v>0</v>
       </c>
-      <c r="AO55" s="140"/>
+      <c r="AO55" s="138"/>
       <c r="AP55" s="14"/>
       <c r="AQ55" s="14"/>
       <c r="AR55" s="14"/>
       <c r="AS55" s="14"/>
       <c r="AT55" s="14"/>
       <c r="AU55" s="14"/>
       <c r="AV55" s="14"/>
       <c r="AW55" s="14"/>
       <c r="AX55" s="14"/>
       <c r="AY55" s="14"/>
-      <c r="AZ55" s="140"/>
+      <c r="AZ55" s="138"/>
     </row>
     <row r="56" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A56" s="58" t="s">
         <v>102</v>
       </c>
       <c r="B56" s="70">
         <v>123</v>
       </c>
       <c r="C56" s="67">
         <v>70</v>
       </c>
       <c r="D56" s="67">
         <v>53</v>
       </c>
       <c r="E56" s="67"/>
       <c r="F56" s="70">
         <v>121</v>
       </c>
       <c r="G56" s="70">
         <v>70</v>
       </c>
       <c r="H56" s="70">
         <v>51</v>
       </c>
       <c r="I56" s="67"/>
       <c r="J56" s="70">
         <v>2</v>
       </c>
       <c r="K56" s="70">
         <v>0</v>
       </c>
       <c r="L56" s="70">
         <v>2</v>
       </c>
-      <c r="AO56" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ56" s="140"/>
+      <c r="AO56" s="138"/>
+      <c r="AP56" s="138"/>
+      <c r="AQ56" s="138"/>
+      <c r="AR56" s="138"/>
+      <c r="AS56" s="138"/>
+      <c r="AT56" s="138"/>
+      <c r="AU56" s="138"/>
+      <c r="AV56" s="138"/>
+      <c r="AW56" s="138"/>
+      <c r="AX56" s="138"/>
+      <c r="AY56" s="138"/>
+      <c r="AZ56" s="138"/>
     </row>
     <row r="57" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A57" s="58" t="s">
         <v>103</v>
       </c>
       <c r="B57" s="70">
         <v>165</v>
       </c>
       <c r="C57" s="67">
         <v>109</v>
       </c>
       <c r="D57" s="67">
         <v>56</v>
       </c>
       <c r="E57" s="67"/>
       <c r="F57" s="70">
         <v>164</v>
       </c>
       <c r="G57" s="70">
         <v>108</v>
       </c>
       <c r="H57" s="70">
         <v>56</v>
       </c>
       <c r="I57" s="67"/>
       <c r="J57" s="70">
         <v>1</v>
       </c>
       <c r="K57" s="70">
         <v>1</v>
       </c>
       <c r="L57" s="70">
         <v>0</v>
       </c>
-      <c r="AO57" s="140"/>
+      <c r="AO57" s="138"/>
       <c r="AP57" s="14"/>
       <c r="AQ57" s="14"/>
       <c r="AR57" s="14"/>
       <c r="AS57" s="14"/>
       <c r="AT57" s="14"/>
       <c r="AU57" s="14"/>
       <c r="AV57" s="14"/>
       <c r="AW57" s="14"/>
       <c r="AX57" s="14"/>
       <c r="AY57" s="14"/>
-      <c r="AZ57" s="140"/>
+      <c r="AZ57" s="138"/>
     </row>
     <row r="58" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="58" t="s">
         <v>104</v>
       </c>
       <c r="B58" s="70">
         <v>149</v>
       </c>
       <c r="C58" s="67">
         <v>87</v>
       </c>
       <c r="D58" s="67">
         <v>62</v>
       </c>
       <c r="E58" s="67"/>
       <c r="F58" s="70">
         <v>148</v>
       </c>
       <c r="G58" s="70">
         <v>87</v>
       </c>
       <c r="H58" s="70">
         <v>61</v>
       </c>
       <c r="I58" s="67"/>
       <c r="J58" s="70">
         <v>1</v>
       </c>
       <c r="K58" s="70">
         <v>0</v>
       </c>
       <c r="L58" s="70">
         <v>1</v>
       </c>
-      <c r="AO58" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ58" s="140"/>
+      <c r="AO58" s="138"/>
+      <c r="AP58" s="138"/>
+      <c r="AQ58" s="138"/>
+      <c r="AR58" s="138"/>
+      <c r="AS58" s="138"/>
+      <c r="AT58" s="138"/>
+      <c r="AU58" s="138"/>
+      <c r="AV58" s="138"/>
+      <c r="AW58" s="138"/>
+      <c r="AX58" s="138"/>
+      <c r="AY58" s="138"/>
+      <c r="AZ58" s="138"/>
     </row>
     <row r="59" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A59" s="58" t="s">
         <v>105</v>
       </c>
       <c r="B59" s="70">
         <v>119</v>
       </c>
       <c r="C59" s="67">
         <v>73</v>
       </c>
       <c r="D59" s="67">
         <v>46</v>
       </c>
       <c r="E59" s="67"/>
       <c r="F59" s="70">
         <v>119</v>
       </c>
       <c r="G59" s="70">
         <v>73</v>
       </c>
       <c r="H59" s="70">
         <v>46</v>
       </c>
       <c r="I59" s="67"/>
       <c r="J59" s="70">
         <v>0</v>
       </c>
       <c r="K59" s="70">
         <v>0</v>
       </c>
       <c r="L59" s="70">
         <v>0</v>
       </c>
-      <c r="AO59" s="140"/>
+      <c r="AO59" s="138"/>
       <c r="AP59" s="14"/>
       <c r="AQ59" s="14"/>
       <c r="AR59" s="14"/>
       <c r="AS59" s="14"/>
       <c r="AT59" s="14"/>
       <c r="AU59" s="14"/>
       <c r="AV59" s="14"/>
       <c r="AW59" s="14"/>
       <c r="AX59" s="14"/>
       <c r="AY59" s="14"/>
-      <c r="AZ59" s="140"/>
+      <c r="AZ59" s="138"/>
     </row>
     <row r="60" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A60" s="58" t="s">
         <v>106</v>
       </c>
       <c r="B60" s="70">
         <v>115</v>
       </c>
       <c r="C60" s="67">
         <v>61</v>
       </c>
       <c r="D60" s="67">
         <v>54</v>
       </c>
       <c r="E60" s="67"/>
       <c r="F60" s="70">
         <v>115</v>
       </c>
       <c r="G60" s="70">
         <v>61</v>
       </c>
       <c r="H60" s="70">
         <v>54</v>
       </c>
       <c r="I60" s="67"/>
       <c r="J60" s="70">
         <v>0</v>
       </c>
       <c r="K60" s="70">
         <v>0</v>
       </c>
       <c r="L60" s="70">
         <v>0</v>
       </c>
-      <c r="AO60" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ60" s="140"/>
+      <c r="AO60" s="138"/>
+      <c r="AP60" s="138"/>
+      <c r="AQ60" s="138"/>
+      <c r="AR60" s="138"/>
+      <c r="AS60" s="138"/>
+      <c r="AT60" s="138"/>
+      <c r="AU60" s="138"/>
+      <c r="AV60" s="138"/>
+      <c r="AW60" s="138"/>
+      <c r="AX60" s="138"/>
+      <c r="AY60" s="138"/>
+      <c r="AZ60" s="138"/>
     </row>
     <row r="61" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="58" t="s">
         <v>107</v>
       </c>
       <c r="B61" s="70">
         <v>104</v>
       </c>
       <c r="C61" s="67">
         <v>62</v>
       </c>
       <c r="D61" s="67">
         <v>42</v>
       </c>
       <c r="E61" s="67"/>
       <c r="F61" s="70">
         <v>103</v>
       </c>
       <c r="G61" s="70">
         <v>62</v>
       </c>
       <c r="H61" s="70">
         <v>41</v>
       </c>
       <c r="I61" s="67"/>
       <c r="J61" s="70">
         <v>1</v>
       </c>
       <c r="K61" s="70">
         <v>0</v>
       </c>
       <c r="L61" s="70">
         <v>1</v>
       </c>
-      <c r="AO61" s="140"/>
+      <c r="AO61" s="138"/>
       <c r="AP61" s="14"/>
       <c r="AQ61" s="14"/>
       <c r="AR61" s="14"/>
       <c r="AS61" s="14"/>
       <c r="AT61" s="14"/>
       <c r="AU61" s="14"/>
       <c r="AV61" s="14"/>
       <c r="AW61" s="14"/>
       <c r="AX61" s="14"/>
       <c r="AY61" s="14"/>
-      <c r="AZ61" s="140"/>
+      <c r="AZ61" s="138"/>
     </row>
     <row r="62" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A62" s="58" t="s">
         <v>108</v>
       </c>
       <c r="B62" s="70">
         <v>86</v>
       </c>
       <c r="C62" s="67">
         <v>54</v>
       </c>
       <c r="D62" s="67">
         <v>32</v>
       </c>
       <c r="E62" s="67"/>
       <c r="F62" s="70">
         <v>86</v>
       </c>
       <c r="G62" s="70">
         <v>54</v>
       </c>
       <c r="H62" s="70">
         <v>32</v>
       </c>
       <c r="I62" s="67"/>
       <c r="J62" s="70">
         <v>0</v>
       </c>
       <c r="K62" s="70">
         <v>0</v>
       </c>
       <c r="L62" s="70">
         <v>0</v>
       </c>
-      <c r="AO62" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ62" s="140"/>
+      <c r="AO62" s="138"/>
+      <c r="AP62" s="138"/>
+      <c r="AQ62" s="138"/>
+      <c r="AR62" s="138"/>
+      <c r="AS62" s="138"/>
+      <c r="AT62" s="138"/>
+      <c r="AU62" s="138"/>
+      <c r="AV62" s="138"/>
+      <c r="AW62" s="138"/>
+      <c r="AX62" s="138"/>
+      <c r="AY62" s="138"/>
+      <c r="AZ62" s="138"/>
     </row>
     <row r="63" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A63" s="58" t="s">
         <v>109</v>
       </c>
       <c r="B63" s="70">
         <v>99</v>
       </c>
       <c r="C63" s="67">
         <v>61</v>
       </c>
       <c r="D63" s="67">
         <v>38</v>
       </c>
       <c r="E63" s="67"/>
       <c r="F63" s="70">
         <v>98</v>
       </c>
       <c r="G63" s="70">
         <v>61</v>
       </c>
       <c r="H63" s="70">
         <v>37</v>
       </c>
       <c r="I63" s="67"/>
       <c r="J63" s="70">
         <v>1</v>
       </c>
       <c r="K63" s="70">
         <v>0</v>
       </c>
       <c r="L63" s="70">
         <v>1</v>
       </c>
-      <c r="AO63" s="140"/>
+      <c r="AO63" s="138"/>
       <c r="AP63" s="14"/>
       <c r="AQ63" s="14"/>
       <c r="AR63" s="14"/>
       <c r="AS63" s="14"/>
       <c r="AT63" s="14"/>
       <c r="AU63" s="14"/>
       <c r="AV63" s="14"/>
       <c r="AW63" s="14"/>
       <c r="AX63" s="14"/>
       <c r="AY63" s="14"/>
-      <c r="AZ63" s="140"/>
+      <c r="AZ63" s="138"/>
     </row>
     <row r="64" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A64" s="58" t="s">
         <v>110</v>
       </c>
       <c r="B64" s="70">
         <v>69</v>
       </c>
       <c r="C64" s="67">
         <v>47</v>
       </c>
       <c r="D64" s="67">
         <v>22</v>
       </c>
       <c r="E64" s="67"/>
       <c r="F64" s="70">
         <v>68</v>
       </c>
       <c r="G64" s="70">
         <v>46</v>
       </c>
       <c r="H64" s="70">
         <v>22</v>
       </c>
       <c r="I64" s="67"/>
       <c r="J64" s="70">
         <v>1</v>
       </c>
       <c r="K64" s="70">
         <v>1</v>
       </c>
       <c r="L64" s="70">
         <v>0</v>
       </c>
-      <c r="AO64" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ64" s="140"/>
+      <c r="AO64" s="138"/>
+      <c r="AP64" s="138"/>
+      <c r="AQ64" s="138"/>
+      <c r="AR64" s="138"/>
+      <c r="AS64" s="138"/>
+      <c r="AT64" s="138"/>
+      <c r="AU64" s="138"/>
+      <c r="AV64" s="138"/>
+      <c r="AW64" s="138"/>
+      <c r="AX64" s="138"/>
+      <c r="AY64" s="138"/>
+      <c r="AZ64" s="138"/>
     </row>
     <row r="65" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A65" s="58" t="s">
         <v>111</v>
       </c>
       <c r="B65" s="70">
         <v>89</v>
       </c>
       <c r="C65" s="67">
         <v>66</v>
       </c>
       <c r="D65" s="67">
         <v>23</v>
       </c>
       <c r="E65" s="67"/>
       <c r="F65" s="70">
         <v>89</v>
       </c>
       <c r="G65" s="70">
         <v>66</v>
       </c>
       <c r="H65" s="70">
         <v>23</v>
       </c>
       <c r="I65" s="67"/>
       <c r="J65" s="70">
         <v>0</v>
       </c>
       <c r="K65" s="70">
         <v>0</v>
       </c>
       <c r="L65" s="70">
         <v>0</v>
       </c>
-      <c r="AO65" s="140"/>
+      <c r="AO65" s="138"/>
       <c r="AP65" s="14"/>
       <c r="AQ65" s="14"/>
       <c r="AR65" s="14"/>
       <c r="AS65" s="14"/>
       <c r="AT65" s="14"/>
       <c r="AU65" s="14"/>
       <c r="AV65" s="14"/>
       <c r="AW65" s="14"/>
       <c r="AX65" s="14"/>
       <c r="AY65" s="14"/>
-      <c r="AZ65" s="140"/>
+      <c r="AZ65" s="138"/>
     </row>
     <row r="66" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A66" s="58" t="s">
         <v>112</v>
       </c>
       <c r="B66" s="70">
         <v>62</v>
       </c>
       <c r="C66" s="67">
         <v>38</v>
       </c>
       <c r="D66" s="67">
         <v>24</v>
       </c>
       <c r="E66" s="67"/>
       <c r="F66" s="70">
         <v>61</v>
       </c>
       <c r="G66" s="70">
         <v>38</v>
       </c>
       <c r="H66" s="70">
         <v>23</v>
       </c>
       <c r="I66" s="67"/>
       <c r="J66" s="70">
         <v>1</v>
       </c>
       <c r="K66" s="70">
         <v>0</v>
       </c>
       <c r="L66" s="70">
         <v>1</v>
       </c>
-      <c r="AO66" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ66" s="140"/>
+      <c r="AO66" s="138"/>
+      <c r="AP66" s="138"/>
+      <c r="AQ66" s="138"/>
+      <c r="AR66" s="138"/>
+      <c r="AS66" s="138"/>
+      <c r="AT66" s="138"/>
+      <c r="AU66" s="138"/>
+      <c r="AV66" s="138"/>
+      <c r="AW66" s="138"/>
+      <c r="AX66" s="138"/>
+      <c r="AY66" s="138"/>
+      <c r="AZ66" s="138"/>
     </row>
     <row r="67" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A67" s="58" t="s">
         <v>113</v>
       </c>
       <c r="B67" s="70">
         <v>65</v>
       </c>
       <c r="C67" s="67">
         <v>45</v>
       </c>
       <c r="D67" s="67">
         <v>20</v>
       </c>
       <c r="E67" s="67"/>
       <c r="F67" s="70">
         <v>65</v>
       </c>
       <c r="G67" s="70">
         <v>45</v>
       </c>
       <c r="H67" s="70">
         <v>20</v>
       </c>
       <c r="I67" s="67"/>
       <c r="J67" s="70">
         <v>0</v>
       </c>
       <c r="K67" s="70">
         <v>0</v>
       </c>
       <c r="L67" s="70">
         <v>0</v>
       </c>
-      <c r="AO67" s="140"/>
+      <c r="AO67" s="138"/>
       <c r="AP67" s="14"/>
       <c r="AQ67" s="14"/>
       <c r="AR67" s="14"/>
       <c r="AS67" s="14"/>
       <c r="AT67" s="14"/>
       <c r="AU67" s="14"/>
       <c r="AV67" s="14"/>
       <c r="AW67" s="14"/>
       <c r="AX67" s="14"/>
       <c r="AY67" s="14"/>
-      <c r="AZ67" s="140"/>
+      <c r="AZ67" s="138"/>
     </row>
     <row r="68" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A68" s="58" t="s">
         <v>114</v>
       </c>
       <c r="B68" s="70">
         <v>49</v>
       </c>
       <c r="C68" s="67">
         <v>35</v>
       </c>
       <c r="D68" s="67">
         <v>14</v>
       </c>
       <c r="E68" s="67"/>
       <c r="F68" s="70">
         <v>49</v>
       </c>
       <c r="G68" s="70">
         <v>35</v>
       </c>
       <c r="H68" s="70">
         <v>14</v>
       </c>
       <c r="I68" s="67"/>
       <c r="J68" s="70">
         <v>0</v>
       </c>
       <c r="K68" s="70">
         <v>0</v>
       </c>
       <c r="L68" s="70">
         <v>0</v>
       </c>
-      <c r="AO68" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ68" s="140"/>
+      <c r="AO68" s="138"/>
+      <c r="AP68" s="138"/>
+      <c r="AQ68" s="138"/>
+      <c r="AR68" s="138"/>
+      <c r="AS68" s="138"/>
+      <c r="AT68" s="138"/>
+      <c r="AU68" s="138"/>
+      <c r="AV68" s="138"/>
+      <c r="AW68" s="138"/>
+      <c r="AX68" s="138"/>
+      <c r="AY68" s="138"/>
+      <c r="AZ68" s="138"/>
     </row>
     <row r="69" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="58" t="s">
         <v>115</v>
       </c>
       <c r="B69" s="70">
         <v>88</v>
       </c>
       <c r="C69" s="67">
         <v>31</v>
       </c>
       <c r="D69" s="67">
         <v>57</v>
       </c>
       <c r="E69" s="67"/>
       <c r="F69" s="70">
         <v>86</v>
       </c>
       <c r="G69" s="70">
         <v>31</v>
       </c>
       <c r="H69" s="70">
         <v>55</v>
       </c>
       <c r="I69" s="67"/>
       <c r="J69" s="70">
         <v>2</v>
       </c>
       <c r="K69" s="70">
         <v>0</v>
       </c>
       <c r="L69" s="70">
         <v>2</v>
       </c>
-      <c r="AO69" s="140"/>
+      <c r="AO69" s="138"/>
       <c r="AP69" s="14"/>
       <c r="AQ69" s="14"/>
       <c r="AR69" s="14"/>
       <c r="AS69" s="14"/>
       <c r="AT69" s="14"/>
       <c r="AU69" s="14"/>
       <c r="AV69" s="14"/>
       <c r="AW69" s="14"/>
       <c r="AX69" s="14"/>
       <c r="AY69" s="14"/>
-      <c r="AZ69" s="140"/>
+      <c r="AZ69" s="138"/>
     </row>
     <row r="70" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="58" t="s">
         <v>116</v>
       </c>
       <c r="B70" s="70">
         <v>73</v>
       </c>
       <c r="C70" s="67">
         <v>41</v>
       </c>
       <c r="D70" s="67">
         <v>32</v>
       </c>
       <c r="E70" s="67"/>
       <c r="F70" s="70">
         <v>73</v>
       </c>
       <c r="G70" s="70">
         <v>41</v>
       </c>
       <c r="H70" s="70">
         <v>32</v>
       </c>
       <c r="I70" s="67"/>
       <c r="J70" s="70">
         <v>0</v>
       </c>
       <c r="K70" s="70">
         <v>0</v>
       </c>
       <c r="L70" s="70">
         <v>0</v>
       </c>
-      <c r="AO70" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ70" s="140"/>
+      <c r="AO70" s="138"/>
+      <c r="AP70" s="138"/>
+      <c r="AQ70" s="138"/>
+      <c r="AR70" s="138"/>
+      <c r="AS70" s="138"/>
+      <c r="AT70" s="138"/>
+      <c r="AU70" s="138"/>
+      <c r="AV70" s="138"/>
+      <c r="AW70" s="138"/>
+      <c r="AX70" s="138"/>
+      <c r="AY70" s="138"/>
+      <c r="AZ70" s="138"/>
     </row>
     <row r="71" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A71" s="58" t="s">
         <v>117</v>
       </c>
       <c r="B71" s="70">
         <v>63</v>
       </c>
       <c r="C71" s="67">
         <v>34</v>
       </c>
       <c r="D71" s="67">
         <v>29</v>
       </c>
       <c r="E71" s="67"/>
       <c r="F71" s="70">
         <v>63</v>
       </c>
       <c r="G71" s="70">
         <v>34</v>
       </c>
       <c r="H71" s="70">
         <v>29</v>
       </c>
       <c r="I71" s="67"/>
       <c r="J71" s="70">
         <v>0</v>
       </c>
       <c r="K71" s="70">
         <v>0</v>
       </c>
       <c r="L71" s="70">
         <v>0</v>
       </c>
-      <c r="AO71" s="140"/>
+      <c r="AO71" s="138"/>
       <c r="AP71" s="14"/>
       <c r="AQ71" s="14"/>
       <c r="AR71" s="14"/>
       <c r="AS71" s="14"/>
       <c r="AT71" s="14"/>
       <c r="AU71" s="14"/>
       <c r="AV71" s="14"/>
       <c r="AW71" s="14"/>
       <c r="AX71" s="14"/>
       <c r="AY71" s="14"/>
-      <c r="AZ71" s="140"/>
+      <c r="AZ71" s="138"/>
     </row>
     <row r="72" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A72" s="58" t="s">
         <v>118</v>
       </c>
       <c r="B72" s="70">
         <v>74</v>
       </c>
       <c r="C72" s="67">
         <v>41</v>
       </c>
       <c r="D72" s="67">
         <v>33</v>
       </c>
       <c r="E72" s="67"/>
       <c r="F72" s="70">
         <v>74</v>
       </c>
       <c r="G72" s="70">
         <v>41</v>
       </c>
       <c r="H72" s="70">
         <v>33</v>
       </c>
       <c r="I72" s="67"/>
       <c r="J72" s="70">
         <v>0</v>
       </c>
       <c r="K72" s="70">
         <v>0</v>
       </c>
       <c r="L72" s="70">
         <v>0</v>
       </c>
-      <c r="AO72" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ72" s="140"/>
+      <c r="AO72" s="138"/>
+      <c r="AP72" s="138"/>
+      <c r="AQ72" s="138"/>
+      <c r="AR72" s="138"/>
+      <c r="AS72" s="138"/>
+      <c r="AT72" s="138"/>
+      <c r="AU72" s="138"/>
+      <c r="AV72" s="138"/>
+      <c r="AW72" s="138"/>
+      <c r="AX72" s="138"/>
+      <c r="AY72" s="138"/>
+      <c r="AZ72" s="138"/>
     </row>
     <row r="73" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A73" s="58" t="s">
         <v>119</v>
       </c>
       <c r="B73" s="70">
         <v>63</v>
       </c>
       <c r="C73" s="67">
         <v>46</v>
       </c>
       <c r="D73" s="67">
         <v>17</v>
       </c>
       <c r="E73" s="67"/>
       <c r="F73" s="70">
         <v>63</v>
       </c>
       <c r="G73" s="70">
         <v>46</v>
       </c>
       <c r="H73" s="70">
         <v>17</v>
       </c>
       <c r="I73" s="67"/>
       <c r="J73" s="70">
         <v>0</v>
       </c>
       <c r="K73" s="70">
         <v>0</v>
       </c>
       <c r="L73" s="70">
         <v>0</v>
       </c>
-      <c r="AO73" s="140"/>
+      <c r="AO73" s="138"/>
       <c r="AP73" s="14"/>
       <c r="AQ73" s="14"/>
       <c r="AR73" s="14"/>
       <c r="AS73" s="14"/>
       <c r="AT73" s="14"/>
       <c r="AU73" s="14"/>
       <c r="AV73" s="14"/>
       <c r="AW73" s="14"/>
       <c r="AX73" s="14"/>
       <c r="AY73" s="14"/>
-      <c r="AZ73" s="140"/>
+      <c r="AZ73" s="138"/>
     </row>
     <row r="74" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A74" s="58" t="s">
         <v>120</v>
       </c>
       <c r="B74" s="67">
         <v>59</v>
       </c>
       <c r="C74" s="67">
         <v>42</v>
       </c>
       <c r="D74" s="67">
         <v>17</v>
       </c>
       <c r="E74" s="67"/>
       <c r="F74" s="70">
         <v>59</v>
       </c>
       <c r="G74" s="70">
         <v>42</v>
       </c>
       <c r="H74" s="70">
         <v>17</v>
       </c>
       <c r="I74" s="67"/>
       <c r="J74" s="70">
         <v>0</v>
       </c>
       <c r="K74" s="70">
         <v>0</v>
       </c>
       <c r="L74" s="70">
         <v>0</v>
       </c>
-      <c r="AO74" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ74" s="140"/>
+      <c r="AO74" s="138"/>
+      <c r="AP74" s="138"/>
+      <c r="AQ74" s="138"/>
+      <c r="AR74" s="138"/>
+      <c r="AS74" s="138"/>
+      <c r="AT74" s="138"/>
+      <c r="AU74" s="138"/>
+      <c r="AV74" s="138"/>
+      <c r="AW74" s="138"/>
+      <c r="AX74" s="138"/>
+      <c r="AY74" s="138"/>
+      <c r="AZ74" s="138"/>
     </row>
     <row r="75" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A75" s="58" t="s">
         <v>121</v>
       </c>
       <c r="B75" s="70">
         <v>44</v>
       </c>
       <c r="C75" s="67">
         <v>31</v>
       </c>
       <c r="D75" s="67">
         <v>13</v>
       </c>
       <c r="E75" s="67"/>
       <c r="F75" s="70">
         <v>44</v>
       </c>
       <c r="G75" s="70">
         <v>31</v>
       </c>
       <c r="H75" s="70">
         <v>13</v>
       </c>
       <c r="I75" s="67"/>
       <c r="J75" s="70">
         <v>0</v>
       </c>
       <c r="K75" s="70">
         <v>0</v>
       </c>
       <c r="L75" s="70">
         <v>0</v>
       </c>
-      <c r="AO75" s="140"/>
+      <c r="AO75" s="138"/>
       <c r="AP75" s="14"/>
       <c r="AQ75" s="14"/>
       <c r="AR75" s="14"/>
       <c r="AS75" s="14"/>
       <c r="AT75" s="14"/>
       <c r="AU75" s="14"/>
       <c r="AV75" s="14"/>
       <c r="AW75" s="14"/>
       <c r="AX75" s="14"/>
       <c r="AY75" s="14"/>
-      <c r="AZ75" s="140"/>
+      <c r="AZ75" s="138"/>
     </row>
     <row r="76" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A76" s="58" t="s">
         <v>122</v>
       </c>
       <c r="B76" s="70">
         <v>43</v>
       </c>
       <c r="C76" s="67">
         <v>25</v>
       </c>
       <c r="D76" s="67">
         <v>18</v>
       </c>
       <c r="E76" s="67"/>
       <c r="F76" s="70">
         <v>43</v>
       </c>
       <c r="G76" s="70">
         <v>25</v>
       </c>
       <c r="H76" s="70">
         <v>18</v>
       </c>
       <c r="I76" s="67"/>
       <c r="J76" s="70">
         <v>0</v>
       </c>
       <c r="K76" s="70">
         <v>0</v>
       </c>
       <c r="L76" s="70">
         <v>0</v>
       </c>
-      <c r="AO76" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ76" s="140"/>
+      <c r="AO76" s="138"/>
+      <c r="AP76" s="138"/>
+      <c r="AQ76" s="138"/>
+      <c r="AR76" s="138"/>
+      <c r="AS76" s="138"/>
+      <c r="AT76" s="138"/>
+      <c r="AU76" s="138"/>
+      <c r="AV76" s="138"/>
+      <c r="AW76" s="138"/>
+      <c r="AX76" s="138"/>
+      <c r="AY76" s="138"/>
+      <c r="AZ76" s="138"/>
     </row>
     <row r="77" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A77" s="58" t="s">
         <v>123</v>
       </c>
       <c r="B77" s="70">
         <v>39</v>
       </c>
       <c r="C77" s="67">
         <v>23</v>
       </c>
       <c r="D77" s="67">
         <v>16</v>
       </c>
       <c r="E77" s="67"/>
       <c r="F77" s="70">
         <v>39</v>
       </c>
       <c r="G77" s="70">
         <v>23</v>
       </c>
       <c r="H77" s="70">
         <v>16</v>
       </c>
       <c r="I77" s="67"/>
       <c r="J77" s="70">
         <v>0</v>
       </c>
       <c r="K77" s="70">
         <v>0</v>
       </c>
       <c r="L77" s="70">
         <v>0</v>
       </c>
-      <c r="AO77" s="140"/>
+      <c r="AO77" s="138"/>
       <c r="AP77" s="14"/>
       <c r="AQ77" s="14"/>
       <c r="AR77" s="14"/>
       <c r="AS77" s="14"/>
       <c r="AT77" s="14"/>
       <c r="AU77" s="14"/>
       <c r="AV77" s="14"/>
       <c r="AW77" s="14"/>
       <c r="AX77" s="14"/>
       <c r="AY77" s="14"/>
-      <c r="AZ77" s="140"/>
+      <c r="AZ77" s="138"/>
     </row>
     <row r="78" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A78" s="58" t="s">
         <v>124</v>
       </c>
       <c r="B78" s="70">
         <v>35</v>
       </c>
       <c r="C78" s="67">
         <v>23</v>
       </c>
       <c r="D78" s="67">
         <v>12</v>
       </c>
       <c r="E78" s="67"/>
       <c r="F78" s="70">
         <v>35</v>
       </c>
       <c r="G78" s="70">
         <v>23</v>
       </c>
       <c r="H78" s="70">
         <v>12</v>
       </c>
       <c r="I78" s="67"/>
       <c r="J78" s="70">
         <v>0</v>
       </c>
       <c r="K78" s="70">
         <v>0</v>
       </c>
       <c r="L78" s="70">
         <v>0</v>
       </c>
-      <c r="AO78" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ78" s="140"/>
+      <c r="AO78" s="138"/>
+      <c r="AP78" s="138"/>
+      <c r="AQ78" s="138"/>
+      <c r="AR78" s="138"/>
+      <c r="AS78" s="138"/>
+      <c r="AT78" s="138"/>
+      <c r="AU78" s="138"/>
+      <c r="AV78" s="138"/>
+      <c r="AW78" s="138"/>
+      <c r="AX78" s="138"/>
+      <c r="AY78" s="138"/>
+      <c r="AZ78" s="138"/>
     </row>
     <row r="79" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A79" s="58" t="s">
         <v>125</v>
       </c>
       <c r="B79" s="70">
         <v>40</v>
       </c>
       <c r="C79" s="67">
         <v>27</v>
       </c>
       <c r="D79" s="67">
         <v>13</v>
       </c>
       <c r="E79" s="67"/>
       <c r="F79" s="70">
         <v>40</v>
       </c>
       <c r="G79" s="70">
         <v>27</v>
       </c>
       <c r="H79" s="70">
         <v>13</v>
       </c>
       <c r="I79" s="67"/>
       <c r="J79" s="70">
         <v>0</v>
       </c>
       <c r="K79" s="70">
         <v>0</v>
       </c>
       <c r="L79" s="70">
         <v>0</v>
       </c>
-      <c r="AO79" s="140"/>
+      <c r="AO79" s="138"/>
       <c r="AP79" s="14"/>
       <c r="AQ79" s="14"/>
       <c r="AR79" s="14"/>
       <c r="AS79" s="14"/>
       <c r="AT79" s="14"/>
       <c r="AU79" s="14"/>
       <c r="AV79" s="14"/>
       <c r="AW79" s="14"/>
       <c r="AX79" s="14"/>
       <c r="AY79" s="14"/>
-      <c r="AZ79" s="140"/>
+      <c r="AZ79" s="138"/>
     </row>
     <row r="80" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A80" s="58" t="s">
         <v>126</v>
       </c>
       <c r="B80" s="70">
         <v>28</v>
       </c>
       <c r="C80" s="67">
         <v>21</v>
       </c>
       <c r="D80" s="67">
         <v>7</v>
       </c>
       <c r="E80" s="67"/>
       <c r="F80" s="70">
         <v>28</v>
       </c>
       <c r="G80" s="70">
         <v>21</v>
       </c>
       <c r="H80" s="70">
         <v>7</v>
       </c>
       <c r="I80" s="67"/>
       <c r="J80" s="70">
         <v>0</v>
       </c>
       <c r="K80" s="70">
         <v>0</v>
       </c>
       <c r="L80" s="70">
         <v>0</v>
       </c>
-      <c r="AO80" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ80" s="140"/>
+      <c r="AO80" s="138"/>
+      <c r="AP80" s="138"/>
+      <c r="AQ80" s="138"/>
+      <c r="AR80" s="138"/>
+      <c r="AS80" s="138"/>
+      <c r="AT80" s="138"/>
+      <c r="AU80" s="138"/>
+      <c r="AV80" s="138"/>
+      <c r="AW80" s="138"/>
+      <c r="AX80" s="138"/>
+      <c r="AY80" s="138"/>
+      <c r="AZ80" s="138"/>
     </row>
     <row r="81" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A81" s="58" t="s">
         <v>127</v>
       </c>
       <c r="B81" s="70">
         <v>27</v>
       </c>
       <c r="C81" s="67">
         <v>19</v>
       </c>
       <c r="D81" s="67">
         <v>8</v>
       </c>
       <c r="E81" s="67"/>
       <c r="F81" s="70">
         <v>27</v>
       </c>
       <c r="G81" s="70">
         <v>19</v>
       </c>
       <c r="H81" s="70">
         <v>8</v>
       </c>
       <c r="I81" s="67"/>
       <c r="J81" s="70">
         <v>0</v>
       </c>
       <c r="K81" s="70">
         <v>0</v>
       </c>
       <c r="L81" s="70">
         <v>0</v>
       </c>
-      <c r="AO81" s="140"/>
+      <c r="AO81" s="138"/>
       <c r="AP81" s="14"/>
       <c r="AQ81" s="14"/>
       <c r="AR81" s="14"/>
       <c r="AS81" s="14"/>
       <c r="AT81" s="14"/>
       <c r="AU81" s="14"/>
       <c r="AV81" s="14"/>
       <c r="AW81" s="14"/>
       <c r="AX81" s="14"/>
       <c r="AY81" s="14"/>
-      <c r="AZ81" s="140"/>
+      <c r="AZ81" s="138"/>
     </row>
     <row r="82" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A82" s="58" t="s">
         <v>128</v>
       </c>
       <c r="B82" s="70">
         <v>32</v>
       </c>
       <c r="C82" s="67">
         <v>21</v>
       </c>
       <c r="D82" s="67">
         <v>11</v>
       </c>
       <c r="E82" s="67"/>
       <c r="F82" s="70">
         <v>32</v>
       </c>
       <c r="G82" s="70">
         <v>21</v>
       </c>
       <c r="H82" s="70">
         <v>11</v>
       </c>
       <c r="I82" s="67"/>
       <c r="J82" s="70">
         <v>0</v>
       </c>
       <c r="K82" s="70">
         <v>0</v>
       </c>
       <c r="L82" s="70">
         <v>0</v>
       </c>
-      <c r="AO82" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ82" s="140"/>
+      <c r="AO82" s="138"/>
+      <c r="AP82" s="138"/>
+      <c r="AQ82" s="138"/>
+      <c r="AR82" s="138"/>
+      <c r="AS82" s="138"/>
+      <c r="AT82" s="138"/>
+      <c r="AU82" s="138"/>
+      <c r="AV82" s="138"/>
+      <c r="AW82" s="138"/>
+      <c r="AX82" s="138"/>
+      <c r="AY82" s="138"/>
+      <c r="AZ82" s="138"/>
     </row>
     <row r="83" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A83" s="58" t="s">
         <v>129</v>
       </c>
       <c r="B83" s="70">
         <v>31</v>
       </c>
       <c r="C83" s="67">
         <v>26</v>
       </c>
       <c r="D83" s="67">
         <v>5</v>
       </c>
       <c r="E83" s="67"/>
       <c r="F83" s="70">
         <v>30</v>
       </c>
       <c r="G83" s="70">
         <v>26</v>
       </c>
       <c r="H83" s="70">
         <v>4</v>
       </c>
       <c r="I83" s="67"/>
       <c r="J83" s="70">
         <v>1</v>
       </c>
       <c r="K83" s="70">
         <v>0</v>
       </c>
       <c r="L83" s="70">
         <v>1</v>
       </c>
-      <c r="AO83" s="140"/>
+      <c r="AO83" s="138"/>
       <c r="AP83" s="14"/>
       <c r="AQ83" s="14"/>
       <c r="AR83" s="14"/>
       <c r="AS83" s="14"/>
       <c r="AT83" s="14"/>
       <c r="AU83" s="14"/>
       <c r="AV83" s="14"/>
       <c r="AW83" s="14"/>
       <c r="AX83" s="14"/>
       <c r="AY83" s="14"/>
-      <c r="AZ83" s="140"/>
+      <c r="AZ83" s="138"/>
     </row>
     <row r="84" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A84" s="58" t="s">
         <v>130</v>
       </c>
       <c r="B84" s="67">
         <v>30</v>
       </c>
       <c r="C84" s="67">
         <v>24</v>
       </c>
       <c r="D84" s="67">
         <v>6</v>
       </c>
       <c r="E84" s="67"/>
       <c r="F84" s="70">
         <v>30</v>
       </c>
       <c r="G84" s="70">
         <v>24</v>
       </c>
       <c r="H84" s="70">
         <v>6</v>
       </c>
       <c r="I84" s="67"/>
       <c r="J84" s="70">
         <v>0</v>
       </c>
       <c r="K84" s="70">
         <v>0</v>
       </c>
       <c r="L84" s="70">
         <v>0</v>
       </c>
-      <c r="AO84" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ84" s="140"/>
+      <c r="AO84" s="138"/>
+      <c r="AP84" s="138"/>
+      <c r="AQ84" s="138"/>
+      <c r="AR84" s="138"/>
+      <c r="AS84" s="138"/>
+      <c r="AT84" s="138"/>
+      <c r="AU84" s="138"/>
+      <c r="AV84" s="138"/>
+      <c r="AW84" s="138"/>
+      <c r="AX84" s="138"/>
+      <c r="AY84" s="138"/>
+      <c r="AZ84" s="138"/>
     </row>
     <row r="85" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A85" s="58" t="s">
         <v>131</v>
       </c>
       <c r="B85" s="70">
         <v>26</v>
       </c>
       <c r="C85" s="67">
         <v>14</v>
       </c>
       <c r="D85" s="67">
         <v>12</v>
       </c>
       <c r="E85" s="67"/>
       <c r="F85" s="70">
         <v>26</v>
       </c>
       <c r="G85" s="70">
         <v>14</v>
       </c>
       <c r="H85" s="70">
         <v>12</v>
       </c>
       <c r="I85" s="67"/>
       <c r="J85" s="70">
         <v>0</v>
       </c>
       <c r="K85" s="70">
         <v>0</v>
       </c>
       <c r="L85" s="70">
         <v>0</v>
       </c>
-      <c r="AO85" s="140"/>
+      <c r="AO85" s="138"/>
       <c r="AP85" s="14"/>
       <c r="AQ85" s="14"/>
       <c r="AR85" s="14"/>
       <c r="AS85" s="14"/>
       <c r="AT85" s="14"/>
       <c r="AU85" s="14"/>
       <c r="AV85" s="14"/>
       <c r="AW85" s="14"/>
       <c r="AX85" s="14"/>
       <c r="AY85" s="14"/>
-      <c r="AZ85" s="140"/>
+      <c r="AZ85" s="138"/>
     </row>
     <row r="86" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A86" s="58" t="s">
         <v>132</v>
       </c>
       <c r="B86" s="67">
         <v>18</v>
       </c>
       <c r="C86" s="67">
         <v>13</v>
       </c>
       <c r="D86" s="67">
         <v>5</v>
       </c>
       <c r="E86" s="67"/>
       <c r="F86" s="70">
         <v>18</v>
       </c>
       <c r="G86" s="70">
         <v>13</v>
       </c>
       <c r="H86" s="70">
         <v>5</v>
       </c>
       <c r="I86" s="67"/>
       <c r="J86" s="70">
         <v>0</v>
       </c>
       <c r="K86" s="70">
         <v>0</v>
       </c>
       <c r="L86" s="70">
         <v>0</v>
       </c>
-      <c r="AO86" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ86" s="140"/>
+      <c r="AO86" s="138"/>
+      <c r="AP86" s="138"/>
+      <c r="AQ86" s="138"/>
+      <c r="AR86" s="138"/>
+      <c r="AS86" s="138"/>
+      <c r="AT86" s="138"/>
+      <c r="AU86" s="138"/>
+      <c r="AV86" s="138"/>
+      <c r="AW86" s="138"/>
+      <c r="AX86" s="138"/>
+      <c r="AY86" s="138"/>
+      <c r="AZ86" s="138"/>
     </row>
     <row r="87" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A87" s="58" t="s">
         <v>143</v>
       </c>
       <c r="B87" s="67">
         <v>11</v>
       </c>
       <c r="C87" s="67">
         <v>7</v>
       </c>
       <c r="D87" s="67">
         <v>4</v>
       </c>
       <c r="E87" s="67"/>
       <c r="F87" s="70">
         <v>10</v>
       </c>
       <c r="G87" s="70">
         <v>6</v>
       </c>
       <c r="H87" s="70">
         <v>4</v>
       </c>
       <c r="I87" s="67"/>
       <c r="J87" s="70">
         <v>1</v>
       </c>
       <c r="K87" s="70">
         <v>1</v>
       </c>
       <c r="L87" s="70">
         <v>0</v>
       </c>
-      <c r="AO87" s="140"/>
+      <c r="AO87" s="138"/>
       <c r="AP87" s="14"/>
       <c r="AQ87" s="14"/>
       <c r="AR87" s="14"/>
       <c r="AS87" s="14"/>
       <c r="AT87" s="14"/>
       <c r="AU87" s="14"/>
       <c r="AV87" s="14"/>
       <c r="AW87" s="14"/>
       <c r="AX87" s="14"/>
       <c r="AY87" s="14"/>
-      <c r="AZ87" s="140"/>
+      <c r="AZ87" s="138"/>
     </row>
     <row r="88" spans="1:52" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="58" t="s">
         <v>194</v>
       </c>
       <c r="B88" s="67">
         <v>9</v>
       </c>
       <c r="C88" s="67">
         <v>8</v>
       </c>
       <c r="D88" s="67">
         <v>1</v>
       </c>
       <c r="E88" s="67"/>
       <c r="F88" s="67">
         <v>8</v>
       </c>
       <c r="G88" s="67">
         <v>7</v>
       </c>
       <c r="H88" s="67">
         <v>1</v>
       </c>
       <c r="I88" s="67"/>
       <c r="J88" s="67">
         <v>1</v>
       </c>
       <c r="K88" s="67">
         <v>1</v>
       </c>
       <c r="L88" s="67">
         <v>0</v>
       </c>
-      <c r="AO88" s="140"/>
-[...10 lines deleted...]
-      <c r="AZ88" s="140"/>
+      <c r="AO88" s="138"/>
+      <c r="AP88" s="138"/>
+      <c r="AQ88" s="138"/>
+      <c r="AR88" s="138"/>
+      <c r="AS88" s="138"/>
+      <c r="AT88" s="138"/>
+      <c r="AU88" s="138"/>
+      <c r="AV88" s="138"/>
+      <c r="AW88" s="138"/>
+      <c r="AX88" s="138"/>
+      <c r="AY88" s="138"/>
+      <c r="AZ88" s="138"/>
     </row>
     <row r="89" spans="1:52" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A89" s="58" t="s">
         <v>56</v>
       </c>
       <c r="B89" s="70">
         <v>55</v>
       </c>
       <c r="C89" s="67">
         <v>47</v>
       </c>
       <c r="D89" s="67">
         <v>8</v>
       </c>
       <c r="E89" s="67"/>
       <c r="F89" s="70">
         <v>54</v>
       </c>
       <c r="G89" s="70">
         <v>46</v>
       </c>
       <c r="H89" s="70">
         <v>8</v>
       </c>
       <c r="I89" s="67"/>
       <c r="J89" s="70">
         <v>1</v>
       </c>
       <c r="K89" s="70">
         <v>1</v>
       </c>
       <c r="L89" s="70">
         <v>0</v>
       </c>
-      <c r="AO89" s="140"/>
+      <c r="AO89" s="138"/>
       <c r="AP89" s="14"/>
       <c r="AQ89" s="14"/>
       <c r="AR89" s="14"/>
       <c r="AS89" s="14"/>
       <c r="AT89" s="14"/>
       <c r="AU89" s="14"/>
       <c r="AV89" s="14"/>
       <c r="AW89" s="14"/>
       <c r="AX89" s="14"/>
       <c r="AY89" s="14"/>
-      <c r="AZ89" s="140"/>
+      <c r="AZ89" s="138"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="I6:I7"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="L6:L7"/>
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="F5:H5"/>
     <mergeCell ref="J5:L5"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="H6:H7"/>
   </mergeCells>
   <conditionalFormatting sqref="A87:E87">
-    <cfRule type="expression" dxfId="250" priority="26">
+    <cfRule type="expression" dxfId="342" priority="26">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="249" priority="27">
+    <cfRule type="expression" dxfId="341" priority="27">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A8:H30">
-    <cfRule type="expression" dxfId="248" priority="261">
+    <cfRule type="expression" dxfId="340" priority="261">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="247" priority="260">
+    <cfRule type="expression" dxfId="339" priority="260">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="246" priority="259">
+    <cfRule type="expression" dxfId="338" priority="259">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A31:H86">
-    <cfRule type="expression" dxfId="245" priority="191">
+    <cfRule type="expression" dxfId="337" priority="191">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="244" priority="190">
+    <cfRule type="expression" dxfId="336" priority="190">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="243" priority="189">
+    <cfRule type="expression" dxfId="335" priority="189">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A87:H87">
-    <cfRule type="expression" dxfId="242" priority="25">
+    <cfRule type="expression" dxfId="334" priority="25">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A87:H88">
-    <cfRule type="expression" dxfId="241" priority="169">
+    <cfRule type="expression" dxfId="333" priority="169">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="240" priority="171">
+    <cfRule type="expression" dxfId="332" priority="171">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="239" priority="170">
+    <cfRule type="expression" dxfId="331" priority="170">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A89:H89">
-    <cfRule type="expression" dxfId="238" priority="66">
+    <cfRule type="expression" dxfId="330" priority="66">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="237" priority="67">
+    <cfRule type="expression" dxfId="329" priority="67">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="236" priority="65">
+    <cfRule type="expression" dxfId="328" priority="65">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A8:L89">
-    <cfRule type="expression" dxfId="235" priority="63">
+    <cfRule type="expression" dxfId="327" priority="63">
       <formula>COLUMN()&lt;&gt;13</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B8:B87">
-    <cfRule type="cellIs" dxfId="234" priority="178" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="326" priority="178" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B74">
-    <cfRule type="expression" dxfId="233" priority="1">
+    <cfRule type="expression" dxfId="325" priority="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="232" priority="2">
+    <cfRule type="expression" dxfId="324" priority="2">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="231" priority="3">
+    <cfRule type="expression" dxfId="323" priority="3">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B84">
-    <cfRule type="expression" dxfId="230" priority="8">
+    <cfRule type="expression" dxfId="322" priority="8">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="229" priority="9">
+    <cfRule type="expression" dxfId="321" priority="9">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="228" priority="10">
+    <cfRule type="expression" dxfId="320" priority="10">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B86:B87">
-    <cfRule type="expression" dxfId="227" priority="11">
+    <cfRule type="expression" dxfId="319" priority="11">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="226" priority="12">
+    <cfRule type="expression" dxfId="318" priority="12">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="225" priority="13">
+    <cfRule type="expression" dxfId="317" priority="13">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B87:B89">
-    <cfRule type="cellIs" dxfId="224" priority="166" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="316" priority="166" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B88:D88">
-    <cfRule type="expression" dxfId="223" priority="52">
+    <cfRule type="expression" dxfId="315" priority="52">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="222" priority="51">
+    <cfRule type="expression" dxfId="314" priority="51">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="221" priority="50">
+    <cfRule type="expression" dxfId="313" priority="50">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D24:E24">
-    <cfRule type="cellIs" dxfId="220" priority="258" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="312" priority="258" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F87:H88">
-    <cfRule type="expression" dxfId="219" priority="23">
+    <cfRule type="expression" dxfId="311" priority="23">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="218" priority="24">
+    <cfRule type="expression" dxfId="310" priority="24">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F88:H88">
-    <cfRule type="expression" dxfId="217" priority="43">
+    <cfRule type="expression" dxfId="309" priority="43">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G8:H89">
-    <cfRule type="cellIs" dxfId="216" priority="64" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="308" priority="64" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G87:H87">
-    <cfRule type="cellIs" dxfId="215" priority="22" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="307" priority="22" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I24">
-    <cfRule type="cellIs" dxfId="214" priority="155" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="306" priority="155" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I37:I87">
-    <cfRule type="expression" dxfId="213" priority="109">
+    <cfRule type="expression" dxfId="305" priority="109">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="212" priority="110">
+    <cfRule type="expression" dxfId="304" priority="110">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I37:I89">
-    <cfRule type="expression" dxfId="211" priority="102">
+    <cfRule type="expression" dxfId="303" priority="102">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="210" priority="103">
+    <cfRule type="expression" dxfId="302" priority="103">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I8:L30">
-    <cfRule type="expression" dxfId="209" priority="157">
+    <cfRule type="expression" dxfId="301" priority="157">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="208" priority="156">
+    <cfRule type="expression" dxfId="300" priority="156">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="207" priority="158">
+    <cfRule type="expression" dxfId="299" priority="158">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I31:L36">
-    <cfRule type="expression" dxfId="206" priority="114">
+    <cfRule type="expression" dxfId="298" priority="114">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="205" priority="115">
+    <cfRule type="expression" dxfId="297" priority="115">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="204" priority="116">
+    <cfRule type="expression" dxfId="296" priority="116">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I87:L89">
-    <cfRule type="expression" dxfId="203" priority="60">
+    <cfRule type="expression" dxfId="295" priority="60">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="202" priority="61">
+    <cfRule type="expression" dxfId="294" priority="61">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J87">
-    <cfRule type="expression" dxfId="201" priority="4">
+    <cfRule type="expression" dxfId="293" priority="4">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="200" priority="5">
+    <cfRule type="expression" dxfId="292" priority="5">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="199" priority="6">
+    <cfRule type="expression" dxfId="291" priority="6">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="198" priority="7">
+    <cfRule type="expression" dxfId="290" priority="7">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J37:L86">
-    <cfRule type="expression" dxfId="197" priority="105">
+    <cfRule type="expression" dxfId="289" priority="105">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="196" priority="108">
+    <cfRule type="expression" dxfId="288" priority="108">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="195" priority="107">
+    <cfRule type="expression" dxfId="287" priority="107">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="194" priority="106">
+    <cfRule type="expression" dxfId="286" priority="106">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J87:L87">
-    <cfRule type="expression" dxfId="193" priority="21">
+    <cfRule type="expression" dxfId="285" priority="21">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J87:L88">
-    <cfRule type="expression" dxfId="192" priority="20">
+    <cfRule type="expression" dxfId="284" priority="20">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="191" priority="19">
+    <cfRule type="expression" dxfId="283" priority="19">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="190" priority="18">
+    <cfRule type="expression" dxfId="282" priority="18">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J87:L89">
-    <cfRule type="expression" dxfId="189" priority="62">
+    <cfRule type="expression" dxfId="281" priority="62">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K8:L86">
-    <cfRule type="cellIs" dxfId="188" priority="104" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="280" priority="104" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K87:L87">
-    <cfRule type="cellIs" dxfId="187" priority="17" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="279" priority="17" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K87:L89">
-    <cfRule type="cellIs" dxfId="186" priority="59" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="278" priority="59" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M46:O46">
-    <cfRule type="expression" dxfId="185" priority="180">
+    <cfRule type="expression" dxfId="277" priority="180">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="184" priority="181">
+    <cfRule type="expression" dxfId="276" priority="181">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="183" priority="183">
+    <cfRule type="expression" dxfId="275" priority="183">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="182" priority="182">
+    <cfRule type="expression" dxfId="274" priority="182">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet6.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{DFB792B1-CD07-4DE9-A5E0-9A6A470F56E4}">
   <dimension ref="A1:AY89"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="30.7109375" customWidth="1"/>
     <col min="2" max="4" width="12.140625" customWidth="1"/>
     <col min="5" max="5" width="2.140625" customWidth="1"/>
     <col min="6" max="8" width="12.140625" customWidth="1"/>
     <col min="9" max="9" width="2" customWidth="1"/>
     <col min="10" max="12" width="12.140625" customWidth="1"/>
     <col min="13" max="13" width="0" hidden="1" customWidth="1"/>
     <col min="14" max="15" width="9.140625" hidden="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:51" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="3"/>
       <c r="B1" s="4"/>
       <c r="C1" s="4"/>
       <c r="D1" s="4"/>
       <c r="E1" s="4"/>
       <c r="F1" s="4"/>
       <c r="G1" s="4"/>
       <c r="H1" s="4"/>
       <c r="I1" s="4"/>
       <c r="J1" s="4"/>
       <c r="K1" s="4"/>
     </row>
     <row r="2" spans="1:51" ht="18" x14ac:dyDescent="0.2">
       <c r="A2" s="46" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="B2" s="1"/>
       <c r="C2" s="1"/>
       <c r="D2" s="1"/>
       <c r="E2" s="4"/>
       <c r="F2" s="4"/>
       <c r="G2" s="4"/>
       <c r="H2" s="4"/>
       <c r="I2" s="4"/>
       <c r="J2" s="4"/>
       <c r="K2" s="4"/>
     </row>
     <row r="3" spans="1:51" ht="18" x14ac:dyDescent="0.2">
       <c r="A3" s="80" t="s">
-        <v>287</v>
+        <v>283</v>
       </c>
       <c r="B3" s="1"/>
       <c r="C3" s="1"/>
       <c r="D3" s="1"/>
       <c r="E3" s="4"/>
       <c r="F3" s="4"/>
       <c r="G3" s="4"/>
       <c r="H3" s="4"/>
       <c r="I3" s="4"/>
       <c r="J3" s="4"/>
       <c r="K3" s="4"/>
     </row>
     <row r="4" spans="1:51" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:51" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="171" t="s">
+      <c r="A5" s="179" t="s">
         <v>133</v>
       </c>
-      <c r="B5" s="160" t="s">
+      <c r="B5" s="168" t="s">
         <v>157</v>
       </c>
-      <c r="C5" s="175"/>
-      <c r="D5" s="175"/>
+      <c r="C5" s="183"/>
+      <c r="D5" s="183"/>
       <c r="E5" s="60"/>
-      <c r="F5" s="161" t="s">
+      <c r="F5" s="169" t="s">
         <v>153</v>
       </c>
-      <c r="G5" s="175"/>
-      <c r="H5" s="177"/>
+      <c r="G5" s="183"/>
+      <c r="H5" s="185"/>
       <c r="I5" s="59"/>
-      <c r="J5" s="161" t="s">
+      <c r="J5" s="169" t="s">
         <v>146</v>
       </c>
-      <c r="K5" s="175"/>
-      <c r="L5" s="177"/>
+      <c r="K5" s="183"/>
+      <c r="L5" s="185"/>
     </row>
     <row r="6" spans="1:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
-      <c r="A6" s="178"/>
-      <c r="B6" s="164" t="s">
+      <c r="A6" s="186"/>
+      <c r="B6" s="172" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="164" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="165" t="s">
+      <c r="C6" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="D6" s="173" t="s">
         <v>1</v>
       </c>
-      <c r="E6" s="147"/>
-      <c r="F6" s="164" t="s">
+      <c r="E6" s="145"/>
+      <c r="F6" s="172" t="s">
         <v>6</v>
       </c>
-      <c r="G6" s="164" t="s">
-[...2 lines deleted...]
-      <c r="H6" s="165" t="s">
+      <c r="G6" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="H6" s="173" t="s">
         <v>1</v>
       </c>
-      <c r="I6" s="165"/>
-      <c r="J6" s="164" t="s">
+      <c r="I6" s="173"/>
+      <c r="J6" s="172" t="s">
         <v>6</v>
       </c>
-      <c r="K6" s="164" t="s">
-[...2 lines deleted...]
-      <c r="L6" s="165" t="s">
+      <c r="K6" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="L6" s="173" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:51" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A7" s="173"/>
-[...10 lines deleted...]
-      <c r="L7" s="166"/>
+      <c r="A7" s="181"/>
+      <c r="B7" s="171"/>
+      <c r="C7" s="171"/>
+      <c r="D7" s="174"/>
+      <c r="E7" s="144"/>
+      <c r="F7" s="171"/>
+      <c r="G7" s="171"/>
+      <c r="H7" s="174"/>
+      <c r="I7" s="174"/>
+      <c r="J7" s="171"/>
+      <c r="K7" s="171"/>
+      <c r="L7" s="174"/>
     </row>
     <row r="8" spans="1:51" s="55" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="13" t="s">
         <v>142</v>
       </c>
       <c r="B8" s="72">
-        <v>8256</v>
+        <v>9680</v>
       </c>
       <c r="C8" s="73">
-        <v>4147</v>
+        <v>4765</v>
       </c>
       <c r="D8" s="73">
-        <v>4109</v>
+        <v>4915</v>
       </c>
       <c r="E8" s="73"/>
       <c r="F8" s="73">
-        <v>8212</v>
+        <v>9627</v>
       </c>
       <c r="G8" s="73">
-        <v>4129</v>
+        <v>4743</v>
       </c>
       <c r="H8" s="73">
-        <v>4083</v>
+        <v>4884</v>
       </c>
       <c r="I8" s="73"/>
       <c r="J8" s="73">
-        <v>44</v>
+        <v>53</v>
       </c>
       <c r="K8" s="73">
-        <v>18</v>
+        <v>22</v>
       </c>
       <c r="L8" s="73">
-        <v>26</v>
-[...14 lines deleted...]
-      <c r="AY8" s="140"/>
+        <v>31</v>
+      </c>
+      <c r="AC8" s="142"/>
+      <c r="AM8" s="138"/>
+      <c r="AN8" s="138"/>
+      <c r="AO8" s="138"/>
+      <c r="AP8" s="138"/>
+      <c r="AQ8" s="138"/>
+      <c r="AR8" s="138"/>
+      <c r="AS8" s="138"/>
+      <c r="AT8" s="138"/>
+      <c r="AU8" s="138"/>
+      <c r="AV8" s="138"/>
+      <c r="AW8" s="138"/>
+      <c r="AX8" s="138"/>
+      <c r="AY8" s="138"/>
     </row>
     <row r="9" spans="1:51" s="14" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="61">
         <v>0</v>
       </c>
       <c r="B9" s="69">
-        <v>265</v>
+        <v>311</v>
       </c>
       <c r="C9" s="67">
-        <v>134</v>
+        <v>159</v>
       </c>
       <c r="D9" s="67">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="E9" s="67"/>
       <c r="F9" s="68">
-        <v>255</v>
+        <v>299</v>
       </c>
       <c r="G9" s="68">
-        <v>128</v>
+        <v>151</v>
       </c>
       <c r="H9" s="68">
-        <v>127</v>
+        <v>148</v>
       </c>
       <c r="I9" s="67"/>
       <c r="J9" s="68">
-        <v>10</v>
+        <v>12</v>
       </c>
       <c r="K9" s="68">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="L9" s="68">
         <v>4</v>
       </c>
-      <c r="AM9" s="140"/>
-      <c r="AX9" s="140"/>
+      <c r="AM9" s="138"/>
+      <c r="AX9" s="138"/>
     </row>
     <row r="10" spans="1:51" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="61">
         <v>1</v>
       </c>
       <c r="B10" s="69">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="C10" s="67">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D10" s="67">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="E10" s="67"/>
       <c r="F10" s="68">
-        <v>72</v>
+        <v>85</v>
       </c>
       <c r="G10" s="68">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="H10" s="68">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="I10" s="67"/>
       <c r="J10" s="68">
         <v>0</v>
       </c>
       <c r="K10" s="68">
         <v>0</v>
       </c>
       <c r="L10" s="68">
         <v>0</v>
       </c>
-      <c r="AM10" s="140"/>
-[...10 lines deleted...]
-      <c r="AX10" s="140"/>
+      <c r="AM10" s="138"/>
+      <c r="AN10" s="138"/>
+      <c r="AO10" s="138"/>
+      <c r="AP10" s="138"/>
+      <c r="AQ10" s="138"/>
+      <c r="AR10" s="138"/>
+      <c r="AS10" s="138"/>
+      <c r="AT10" s="138"/>
+      <c r="AU10" s="138"/>
+      <c r="AV10" s="138"/>
+      <c r="AW10" s="138"/>
+      <c r="AX10" s="138"/>
     </row>
     <row r="11" spans="1:51" s="15" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="56" t="s">
         <v>57</v>
       </c>
       <c r="B11" s="67">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="C11" s="67">
+        <v>45</v>
+      </c>
+      <c r="D11" s="67">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="E11" s="67"/>
       <c r="F11" s="67">
-        <v>74</v>
+        <v>84</v>
       </c>
       <c r="G11" s="67">
+        <v>45</v>
+      </c>
+      <c r="H11" s="67">
         <v>39</v>
-      </c>
-[...1 lines deleted...]
-        <v>35</v>
       </c>
       <c r="I11" s="67"/>
       <c r="J11" s="67">
         <v>0</v>
       </c>
       <c r="K11" s="67">
         <v>0</v>
       </c>
       <c r="L11" s="67">
         <v>0</v>
       </c>
-      <c r="AM11" s="140"/>
+      <c r="AM11" s="138"/>
       <c r="AN11" s="14"/>
       <c r="AO11" s="14"/>
       <c r="AP11" s="14"/>
       <c r="AQ11" s="14"/>
       <c r="AR11" s="14"/>
       <c r="AS11" s="14"/>
       <c r="AT11" s="14"/>
       <c r="AU11" s="14"/>
       <c r="AV11" s="14"/>
       <c r="AW11" s="14"/>
-      <c r="AX11" s="140"/>
+      <c r="AX11" s="138"/>
     </row>
     <row r="12" spans="1:51" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="57" t="s">
         <v>58</v>
       </c>
       <c r="B12" s="69">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="C12" s="67">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="D12" s="67">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="E12" s="67"/>
       <c r="F12" s="69">
-        <v>70</v>
+        <v>85</v>
       </c>
       <c r="G12" s="69">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="H12" s="69">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="I12" s="67"/>
       <c r="J12" s="69">
         <v>0</v>
       </c>
       <c r="K12" s="69">
         <v>0</v>
       </c>
       <c r="L12" s="69">
         <v>0</v>
       </c>
-      <c r="AM12" s="140"/>
-[...10 lines deleted...]
-      <c r="AX12" s="140"/>
+      <c r="AM12" s="138"/>
+      <c r="AN12" s="138"/>
+      <c r="AO12" s="138"/>
+      <c r="AP12" s="138"/>
+      <c r="AQ12" s="138"/>
+      <c r="AR12" s="138"/>
+      <c r="AS12" s="138"/>
+      <c r="AT12" s="138"/>
+      <c r="AU12" s="138"/>
+      <c r="AV12" s="138"/>
+      <c r="AW12" s="138"/>
+      <c r="AX12" s="138"/>
     </row>
     <row r="13" spans="1:51" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="57" t="s">
         <v>59</v>
       </c>
       <c r="B13" s="69">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="C13" s="67">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="D13" s="67">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="E13" s="67"/>
       <c r="F13" s="69">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="G13" s="69">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="H13" s="69">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="I13" s="67"/>
       <c r="J13" s="69">
         <v>0</v>
       </c>
       <c r="K13" s="69">
         <v>0</v>
       </c>
       <c r="L13" s="69">
         <v>0</v>
       </c>
-      <c r="AM13" s="140"/>
+      <c r="AM13" s="138"/>
       <c r="AN13" s="14"/>
       <c r="AO13" s="14"/>
       <c r="AP13" s="14"/>
       <c r="AQ13" s="14"/>
       <c r="AR13" s="14"/>
       <c r="AS13" s="14"/>
       <c r="AT13" s="14"/>
       <c r="AU13" s="14"/>
       <c r="AV13" s="14"/>
       <c r="AW13" s="14"/>
-      <c r="AX13" s="140"/>
+      <c r="AX13" s="138"/>
     </row>
     <row r="14" spans="1:51" s="14" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="57" t="s">
         <v>60</v>
       </c>
       <c r="B14" s="69">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="C14" s="67">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="D14" s="67">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="E14" s="67"/>
       <c r="F14" s="69">
-        <v>61</v>
+        <v>70</v>
       </c>
       <c r="G14" s="69">
-        <v>26</v>
+        <v>28</v>
       </c>
       <c r="H14" s="69">
-        <v>35</v>
+        <v>42</v>
       </c>
       <c r="I14" s="67"/>
       <c r="J14" s="69">
         <v>0</v>
       </c>
       <c r="K14" s="69">
         <v>0</v>
       </c>
       <c r="L14" s="69">
         <v>0</v>
       </c>
-      <c r="AM14" s="140"/>
-[...10 lines deleted...]
-      <c r="AX14" s="140"/>
+      <c r="AM14" s="138"/>
+      <c r="AN14" s="138"/>
+      <c r="AO14" s="138"/>
+      <c r="AP14" s="138"/>
+      <c r="AQ14" s="138"/>
+      <c r="AR14" s="138"/>
+      <c r="AS14" s="138"/>
+      <c r="AT14" s="138"/>
+      <c r="AU14" s="138"/>
+      <c r="AV14" s="138"/>
+      <c r="AW14" s="138"/>
+      <c r="AX14" s="138"/>
     </row>
     <row r="15" spans="1:51" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="57" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="69">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="C15" s="67">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="D15" s="67">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="E15" s="67"/>
       <c r="F15" s="69">
-        <v>66</v>
+        <v>75</v>
       </c>
       <c r="G15" s="69">
-        <v>36</v>
+        <v>42</v>
       </c>
       <c r="H15" s="69">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="I15" s="67"/>
       <c r="J15" s="69">
         <v>0</v>
       </c>
       <c r="K15" s="69">
         <v>0</v>
       </c>
       <c r="L15" s="69">
         <v>0</v>
       </c>
-      <c r="AM15" s="140"/>
+      <c r="AM15" s="138"/>
       <c r="AN15" s="14"/>
       <c r="AO15" s="14"/>
       <c r="AP15" s="14"/>
       <c r="AQ15" s="14"/>
       <c r="AR15" s="14"/>
       <c r="AS15" s="14"/>
       <c r="AT15" s="14"/>
       <c r="AU15" s="14"/>
       <c r="AV15" s="14"/>
       <c r="AW15" s="14"/>
-      <c r="AX15" s="140"/>
+      <c r="AX15" s="138"/>
     </row>
     <row r="16" spans="1:51" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="57" t="s">
         <v>62</v>
       </c>
       <c r="B16" s="69">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="C16" s="67">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="D16" s="67">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="E16" s="67"/>
       <c r="F16" s="69">
-        <v>64</v>
+        <v>73</v>
       </c>
       <c r="G16" s="69">
-        <v>33</v>
+        <v>38</v>
       </c>
       <c r="H16" s="69">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="I16" s="67"/>
       <c r="J16" s="69">
         <v>0</v>
       </c>
       <c r="K16" s="69">
         <v>0</v>
       </c>
       <c r="L16" s="69">
         <v>0</v>
       </c>
       <c r="N16" s="12"/>
-      <c r="AM16" s="140"/>
-[...10 lines deleted...]
-      <c r="AX16" s="140"/>
+      <c r="AM16" s="138"/>
+      <c r="AN16" s="138"/>
+      <c r="AO16" s="138"/>
+      <c r="AP16" s="138"/>
+      <c r="AQ16" s="138"/>
+      <c r="AR16" s="138"/>
+      <c r="AS16" s="138"/>
+      <c r="AT16" s="138"/>
+      <c r="AU16" s="138"/>
+      <c r="AV16" s="138"/>
+      <c r="AW16" s="138"/>
+      <c r="AX16" s="138"/>
     </row>
     <row r="17" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A17" s="57" t="s">
         <v>63</v>
       </c>
       <c r="B17" s="69">
-        <v>75</v>
+        <v>91</v>
       </c>
       <c r="C17" s="67">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="D17" s="67">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="E17" s="67"/>
       <c r="F17" s="69">
-        <v>75</v>
+        <v>91</v>
       </c>
       <c r="G17" s="69">
-        <v>33</v>
+        <v>39</v>
       </c>
       <c r="H17" s="69">
-        <v>42</v>
+        <v>52</v>
       </c>
       <c r="I17" s="67"/>
       <c r="J17" s="69">
         <v>0</v>
       </c>
       <c r="K17" s="69">
         <v>0</v>
       </c>
       <c r="L17" s="69">
         <v>0</v>
       </c>
-      <c r="AM17" s="140"/>
+      <c r="AM17" s="138"/>
       <c r="AN17" s="14"/>
       <c r="AO17" s="14"/>
       <c r="AP17" s="14"/>
       <c r="AQ17" s="14"/>
       <c r="AR17" s="14"/>
       <c r="AS17" s="14"/>
       <c r="AT17" s="14"/>
       <c r="AU17" s="14"/>
       <c r="AV17" s="14"/>
       <c r="AW17" s="14"/>
-      <c r="AX17" s="140"/>
+      <c r="AX17" s="138"/>
     </row>
     <row r="18" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="57" t="s">
         <v>64</v>
       </c>
       <c r="B18" s="69">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="C18" s="67">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="D18" s="67">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="E18" s="67"/>
       <c r="F18" s="69">
-        <v>80</v>
+        <v>93</v>
       </c>
       <c r="G18" s="69">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="H18" s="69">
-        <v>49</v>
+        <v>55</v>
       </c>
       <c r="I18" s="67"/>
       <c r="J18" s="69">
         <v>0</v>
       </c>
       <c r="K18" s="69">
         <v>0</v>
       </c>
       <c r="L18" s="69">
         <v>0</v>
       </c>
       <c r="N18" s="12"/>
-      <c r="AM18" s="140"/>
-[...10 lines deleted...]
-      <c r="AX18" s="140"/>
+      <c r="AM18" s="138"/>
+      <c r="AN18" s="138"/>
+      <c r="AO18" s="138"/>
+      <c r="AP18" s="138"/>
+      <c r="AQ18" s="138"/>
+      <c r="AR18" s="138"/>
+      <c r="AS18" s="138"/>
+      <c r="AT18" s="138"/>
+      <c r="AU18" s="138"/>
+      <c r="AV18" s="138"/>
+      <c r="AW18" s="138"/>
+      <c r="AX18" s="138"/>
     </row>
     <row r="19" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A19" s="57" t="s">
         <v>65</v>
       </c>
       <c r="B19" s="69">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="C19" s="67">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="D19" s="67">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="E19" s="67"/>
       <c r="F19" s="69">
-        <v>78</v>
+        <v>89</v>
       </c>
       <c r="G19" s="69">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="H19" s="69">
-        <v>39</v>
+        <v>43</v>
       </c>
       <c r="I19" s="67"/>
       <c r="J19" s="69">
         <v>0</v>
       </c>
       <c r="K19" s="69">
         <v>0</v>
       </c>
       <c r="L19" s="69">
         <v>0</v>
       </c>
-      <c r="AM19" s="140"/>
+      <c r="AM19" s="138"/>
       <c r="AN19" s="14"/>
       <c r="AO19" s="14"/>
       <c r="AP19" s="14"/>
       <c r="AQ19" s="14"/>
       <c r="AR19" s="14"/>
       <c r="AS19" s="14"/>
       <c r="AT19" s="14"/>
       <c r="AU19" s="14"/>
       <c r="AV19" s="14"/>
       <c r="AW19" s="14"/>
-      <c r="AX19" s="140"/>
+      <c r="AX19" s="138"/>
     </row>
     <row r="20" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A20" s="57" t="s">
         <v>66</v>
       </c>
       <c r="B20" s="69">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="C20" s="67">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="D20" s="67">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="E20" s="67"/>
       <c r="F20" s="69">
-        <v>82</v>
+        <v>90</v>
       </c>
       <c r="G20" s="69">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="H20" s="69">
-        <v>45</v>
+        <v>49</v>
       </c>
       <c r="I20" s="67"/>
       <c r="J20" s="69">
         <v>0</v>
       </c>
       <c r="K20" s="69">
         <v>0</v>
       </c>
       <c r="L20" s="69">
         <v>0</v>
       </c>
       <c r="N20" s="12"/>
-      <c r="AM20" s="140"/>
-[...10 lines deleted...]
-      <c r="AX20" s="140"/>
+      <c r="AM20" s="138"/>
+      <c r="AN20" s="138"/>
+      <c r="AO20" s="138"/>
+      <c r="AP20" s="138"/>
+      <c r="AQ20" s="138"/>
+      <c r="AR20" s="138"/>
+      <c r="AS20" s="138"/>
+      <c r="AT20" s="138"/>
+      <c r="AU20" s="138"/>
+      <c r="AV20" s="138"/>
+      <c r="AW20" s="138"/>
+      <c r="AX20" s="138"/>
     </row>
     <row r="21" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A21" s="57" t="s">
         <v>67</v>
       </c>
       <c r="B21" s="69">
-        <v>91</v>
+        <v>106</v>
       </c>
       <c r="C21" s="67">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="D21" s="67">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="E21" s="67"/>
       <c r="F21" s="69">
-        <v>91</v>
+        <v>106</v>
       </c>
       <c r="G21" s="69">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="H21" s="69">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="I21" s="67"/>
       <c r="J21" s="69">
         <v>0</v>
       </c>
       <c r="K21" s="69">
         <v>0</v>
       </c>
       <c r="L21" s="69">
         <v>0</v>
       </c>
-      <c r="AM21" s="140"/>
+      <c r="AM21" s="138"/>
       <c r="AN21" s="14"/>
       <c r="AO21" s="14"/>
       <c r="AP21" s="14"/>
       <c r="AQ21" s="14"/>
       <c r="AR21" s="14"/>
       <c r="AS21" s="14"/>
       <c r="AT21" s="14"/>
       <c r="AU21" s="14"/>
       <c r="AV21" s="14"/>
       <c r="AW21" s="14"/>
-      <c r="AX21" s="140"/>
+      <c r="AX21" s="138"/>
     </row>
     <row r="22" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A22" s="57" t="s">
         <v>68</v>
       </c>
       <c r="B22" s="69">
-        <v>91</v>
+        <v>111</v>
       </c>
       <c r="C22" s="67">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="D22" s="67">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="E22" s="67"/>
       <c r="F22" s="69">
-        <v>91</v>
+        <v>111</v>
       </c>
       <c r="G22" s="69">
-        <v>43</v>
+        <v>56</v>
       </c>
       <c r="H22" s="69">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I22" s="67"/>
       <c r="J22" s="69">
         <v>0</v>
       </c>
       <c r="K22" s="69">
         <v>0</v>
       </c>
       <c r="L22" s="69">
         <v>0</v>
       </c>
-      <c r="AM22" s="140"/>
-[...10 lines deleted...]
-      <c r="AX22" s="140"/>
+      <c r="AM22" s="138"/>
+      <c r="AN22" s="138"/>
+      <c r="AO22" s="138"/>
+      <c r="AP22" s="138"/>
+      <c r="AQ22" s="138"/>
+      <c r="AR22" s="138"/>
+      <c r="AS22" s="138"/>
+      <c r="AT22" s="138"/>
+      <c r="AU22" s="138"/>
+      <c r="AV22" s="138"/>
+      <c r="AW22" s="138"/>
+      <c r="AX22" s="138"/>
     </row>
     <row r="23" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A23" s="57" t="s">
         <v>69</v>
       </c>
       <c r="B23" s="69">
-        <v>99</v>
+        <v>114</v>
       </c>
       <c r="C23" s="67">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="D23" s="67">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="E23" s="67"/>
       <c r="F23" s="69">
-        <v>99</v>
+        <v>114</v>
       </c>
       <c r="G23" s="69">
-        <v>43</v>
+        <v>51</v>
       </c>
       <c r="H23" s="69">
-        <v>56</v>
+        <v>63</v>
       </c>
       <c r="I23" s="67"/>
       <c r="J23" s="69">
         <v>0</v>
       </c>
       <c r="K23" s="69">
         <v>0</v>
       </c>
       <c r="L23" s="69">
         <v>0</v>
       </c>
-      <c r="AM23" s="140"/>
+      <c r="AM23" s="138"/>
       <c r="AN23" s="14"/>
       <c r="AO23" s="14"/>
       <c r="AP23" s="14"/>
       <c r="AQ23" s="14"/>
       <c r="AR23" s="14"/>
       <c r="AS23" s="14"/>
       <c r="AT23" s="14"/>
       <c r="AU23" s="14"/>
       <c r="AV23" s="14"/>
       <c r="AW23" s="14"/>
-      <c r="AX23" s="140"/>
+      <c r="AX23" s="138"/>
     </row>
     <row r="24" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A24" s="57" t="s">
         <v>70</v>
       </c>
       <c r="B24" s="69">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="C24" s="67">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="D24" s="69">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="E24" s="69"/>
       <c r="F24" s="69">
-        <v>114</v>
+        <v>125</v>
       </c>
       <c r="G24" s="69">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="H24" s="69">
-        <v>78</v>
+        <v>85</v>
       </c>
       <c r="I24" s="69"/>
       <c r="J24" s="69">
         <v>0</v>
       </c>
       <c r="K24" s="69">
         <v>0</v>
       </c>
       <c r="L24" s="69">
         <v>0</v>
       </c>
       <c r="M24" s="14"/>
-      <c r="AM24" s="140"/>
-[...10 lines deleted...]
-      <c r="AX24" s="140"/>
+      <c r="AM24" s="138"/>
+      <c r="AN24" s="138"/>
+      <c r="AO24" s="138"/>
+      <c r="AP24" s="138"/>
+      <c r="AQ24" s="138"/>
+      <c r="AR24" s="138"/>
+      <c r="AS24" s="138"/>
+      <c r="AT24" s="138"/>
+      <c r="AU24" s="138"/>
+      <c r="AV24" s="138"/>
+      <c r="AW24" s="138"/>
+      <c r="AX24" s="138"/>
     </row>
     <row r="25" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A25" s="57" t="s">
         <v>71</v>
       </c>
       <c r="B25" s="69">
-        <v>202</v>
+        <v>223</v>
       </c>
       <c r="C25" s="67">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="D25" s="67">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="E25" s="67"/>
       <c r="F25" s="69">
-        <v>202</v>
+        <v>223</v>
       </c>
       <c r="G25" s="69">
-        <v>49</v>
+        <v>59</v>
       </c>
       <c r="H25" s="69">
-        <v>153</v>
+        <v>164</v>
       </c>
       <c r="I25" s="67"/>
       <c r="J25" s="69">
         <v>0</v>
       </c>
       <c r="K25" s="69">
         <v>0</v>
       </c>
       <c r="L25" s="69">
         <v>0</v>
       </c>
-      <c r="AM25" s="140"/>
+      <c r="AM25" s="138"/>
       <c r="AN25" s="14"/>
       <c r="AO25" s="14"/>
       <c r="AP25" s="14"/>
       <c r="AQ25" s="14"/>
       <c r="AR25" s="14"/>
       <c r="AS25" s="14"/>
       <c r="AT25" s="14"/>
       <c r="AU25" s="14"/>
       <c r="AV25" s="14"/>
       <c r="AW25" s="14"/>
-      <c r="AX25" s="140"/>
+      <c r="AX25" s="138"/>
     </row>
     <row r="26" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A26" s="57" t="s">
         <v>72</v>
       </c>
       <c r="B26" s="69">
-        <v>280</v>
+        <v>302</v>
       </c>
       <c r="C26" s="67">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="D26" s="67">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="E26" s="67"/>
       <c r="F26" s="69">
-        <v>280</v>
+        <v>302</v>
       </c>
       <c r="G26" s="69">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="H26" s="69">
-        <v>227</v>
+        <v>239</v>
       </c>
       <c r="I26" s="67"/>
       <c r="J26" s="69">
         <v>0</v>
       </c>
       <c r="K26" s="69">
         <v>0</v>
       </c>
       <c r="L26" s="69">
         <v>0</v>
       </c>
       <c r="M26" s="15"/>
-      <c r="AM26" s="140"/>
-[...10 lines deleted...]
-      <c r="AX26" s="140"/>
+      <c r="AM26" s="138"/>
+      <c r="AN26" s="138"/>
+      <c r="AO26" s="138"/>
+      <c r="AP26" s="138"/>
+      <c r="AQ26" s="138"/>
+      <c r="AR26" s="138"/>
+      <c r="AS26" s="138"/>
+      <c r="AT26" s="138"/>
+      <c r="AU26" s="138"/>
+      <c r="AV26" s="138"/>
+      <c r="AW26" s="138"/>
+      <c r="AX26" s="138"/>
     </row>
     <row r="27" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A27" s="57" t="s">
         <v>73</v>
       </c>
       <c r="B27" s="69">
-        <v>229</v>
+        <v>276</v>
       </c>
       <c r="C27" s="67">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="D27" s="67">
-        <v>146</v>
+        <v>175</v>
       </c>
       <c r="E27" s="67"/>
       <c r="F27" s="69">
-        <v>228</v>
+        <v>275</v>
       </c>
       <c r="G27" s="69">
-        <v>83</v>
+        <v>101</v>
       </c>
       <c r="H27" s="69">
-        <v>145</v>
+        <v>174</v>
       </c>
       <c r="I27" s="67"/>
       <c r="J27" s="69">
         <v>1</v>
       </c>
       <c r="K27" s="69">
         <v>0</v>
       </c>
       <c r="L27" s="69">
         <v>1</v>
       </c>
-      <c r="AM27" s="140"/>
+      <c r="AM27" s="138"/>
       <c r="AN27" s="14"/>
       <c r="AO27" s="14"/>
       <c r="AP27" s="14"/>
       <c r="AQ27" s="14"/>
       <c r="AR27" s="14"/>
       <c r="AS27" s="14"/>
       <c r="AT27" s="14"/>
       <c r="AU27" s="14"/>
       <c r="AV27" s="14"/>
       <c r="AW27" s="14"/>
-      <c r="AX27" s="140"/>
+      <c r="AX27" s="138"/>
     </row>
     <row r="28" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A28" s="57" t="s">
         <v>74</v>
       </c>
       <c r="B28" s="69">
-        <v>223</v>
+        <v>272</v>
       </c>
       <c r="C28" s="67">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="D28" s="67">
-        <v>92</v>
+        <v>120</v>
       </c>
       <c r="E28" s="67"/>
       <c r="F28" s="69">
-        <v>223</v>
+        <v>272</v>
       </c>
       <c r="G28" s="69">
-        <v>131</v>
+        <v>152</v>
       </c>
       <c r="H28" s="69">
-        <v>92</v>
+        <v>120</v>
       </c>
       <c r="I28" s="67"/>
       <c r="J28" s="69">
         <v>0</v>
       </c>
       <c r="K28" s="69">
         <v>0</v>
       </c>
       <c r="L28" s="69">
         <v>0</v>
       </c>
-      <c r="AM28" s="140"/>
-[...10 lines deleted...]
-      <c r="AX28" s="140"/>
+      <c r="AM28" s="138"/>
+      <c r="AN28" s="138"/>
+      <c r="AO28" s="138"/>
+      <c r="AP28" s="138"/>
+      <c r="AQ28" s="138"/>
+      <c r="AR28" s="138"/>
+      <c r="AS28" s="138"/>
+      <c r="AT28" s="138"/>
+      <c r="AU28" s="138"/>
+      <c r="AV28" s="138"/>
+      <c r="AW28" s="138"/>
+      <c r="AX28" s="138"/>
     </row>
     <row r="29" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A29" s="57" t="s">
         <v>75</v>
       </c>
       <c r="B29" s="69">
-        <v>266</v>
+        <v>335</v>
       </c>
       <c r="C29" s="67">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="D29" s="67">
-        <v>139</v>
+        <v>188</v>
       </c>
       <c r="E29" s="67"/>
       <c r="F29" s="69">
-        <v>266</v>
+        <v>335</v>
       </c>
       <c r="G29" s="69">
-        <v>127</v>
+        <v>147</v>
       </c>
       <c r="H29" s="69">
-        <v>139</v>
+        <v>188</v>
       </c>
       <c r="I29" s="67"/>
       <c r="J29" s="69">
         <v>0</v>
       </c>
       <c r="K29" s="69">
         <v>0</v>
       </c>
       <c r="L29" s="69">
         <v>0</v>
       </c>
       <c r="M29" s="14"/>
-      <c r="AM29" s="140"/>
+      <c r="AM29" s="138"/>
       <c r="AN29" s="14"/>
       <c r="AO29" s="14"/>
       <c r="AP29" s="14"/>
       <c r="AQ29" s="14"/>
       <c r="AR29" s="14"/>
       <c r="AS29" s="14"/>
       <c r="AT29" s="14"/>
       <c r="AU29" s="14"/>
       <c r="AV29" s="14"/>
       <c r="AW29" s="14"/>
-      <c r="AX29" s="140"/>
+      <c r="AX29" s="138"/>
     </row>
     <row r="30" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A30" s="58" t="s">
         <v>76</v>
       </c>
       <c r="B30" s="70">
-        <v>319</v>
+        <v>426</v>
       </c>
       <c r="C30" s="67">
-        <v>101</v>
+        <v>129</v>
       </c>
       <c r="D30" s="67">
-        <v>218</v>
+        <v>297</v>
       </c>
       <c r="E30" s="67"/>
       <c r="F30" s="70">
-        <v>319</v>
+        <v>426</v>
       </c>
       <c r="G30" s="70">
-        <v>101</v>
+        <v>129</v>
       </c>
       <c r="H30" s="70">
-        <v>218</v>
+        <v>297</v>
       </c>
       <c r="I30" s="67"/>
       <c r="J30" s="70">
         <v>0</v>
       </c>
       <c r="K30" s="70">
         <v>0</v>
       </c>
       <c r="L30" s="70">
         <v>0</v>
       </c>
-      <c r="AM30" s="140"/>
-[...10 lines deleted...]
-      <c r="AX30" s="140"/>
+      <c r="AM30" s="138"/>
+      <c r="AN30" s="138"/>
+      <c r="AO30" s="138"/>
+      <c r="AP30" s="138"/>
+      <c r="AQ30" s="138"/>
+      <c r="AR30" s="138"/>
+      <c r="AS30" s="138"/>
+      <c r="AT30" s="138"/>
+      <c r="AU30" s="138"/>
+      <c r="AV30" s="138"/>
+      <c r="AW30" s="138"/>
+      <c r="AX30" s="138"/>
     </row>
     <row r="31" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A31" s="58" t="s">
         <v>77</v>
       </c>
       <c r="B31" s="70">
-        <v>405</v>
+        <v>569</v>
       </c>
       <c r="C31" s="67">
-        <v>92</v>
+        <v>121</v>
       </c>
       <c r="D31" s="67">
-        <v>313</v>
+        <v>448</v>
       </c>
       <c r="E31" s="67"/>
       <c r="F31" s="70">
-        <v>405</v>
+        <v>569</v>
       </c>
       <c r="G31" s="70">
-        <v>92</v>
+        <v>121</v>
       </c>
       <c r="H31" s="70">
-        <v>313</v>
+        <v>448</v>
       </c>
       <c r="I31" s="67"/>
       <c r="J31" s="70">
         <v>0</v>
       </c>
       <c r="K31" s="70">
         <v>0</v>
       </c>
       <c r="L31" s="70">
         <v>0</v>
       </c>
-      <c r="AM31" s="140"/>
+      <c r="AM31" s="138"/>
       <c r="AN31" s="14"/>
       <c r="AO31" s="14"/>
       <c r="AP31" s="14"/>
       <c r="AQ31" s="14"/>
       <c r="AR31" s="14"/>
       <c r="AS31" s="14"/>
       <c r="AT31" s="14"/>
       <c r="AU31" s="14"/>
       <c r="AV31" s="14"/>
       <c r="AW31" s="14"/>
-      <c r="AX31" s="140"/>
+      <c r="AX31" s="138"/>
     </row>
     <row r="32" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A32" s="58" t="s">
         <v>78</v>
       </c>
       <c r="B32" s="70">
-        <v>148</v>
+        <v>185</v>
       </c>
       <c r="C32" s="67">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="D32" s="67">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="E32" s="67"/>
       <c r="F32" s="70">
-        <v>148</v>
+        <v>185</v>
       </c>
       <c r="G32" s="70">
-        <v>85</v>
+        <v>103</v>
       </c>
       <c r="H32" s="70">
-        <v>63</v>
+        <v>82</v>
       </c>
       <c r="I32" s="67"/>
       <c r="J32" s="70">
         <v>0</v>
       </c>
       <c r="K32" s="70">
         <v>0</v>
       </c>
       <c r="L32" s="70">
         <v>0</v>
       </c>
-      <c r="AM32" s="140"/>
-[...10 lines deleted...]
-      <c r="AX32" s="140"/>
+      <c r="AM32" s="138"/>
+      <c r="AN32" s="138"/>
+      <c r="AO32" s="138"/>
+      <c r="AP32" s="138"/>
+      <c r="AQ32" s="138"/>
+      <c r="AR32" s="138"/>
+      <c r="AS32" s="138"/>
+      <c r="AT32" s="138"/>
+      <c r="AU32" s="138"/>
+      <c r="AV32" s="138"/>
+      <c r="AW32" s="138"/>
+      <c r="AX32" s="138"/>
     </row>
     <row r="33" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A33" s="58" t="s">
         <v>79</v>
       </c>
       <c r="B33" s="70">
-        <v>130</v>
+        <v>160</v>
       </c>
       <c r="C33" s="67">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="D33" s="67">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="E33" s="67"/>
       <c r="F33" s="70">
-        <v>130</v>
+        <v>160</v>
       </c>
       <c r="G33" s="70">
-        <v>56</v>
+        <v>72</v>
       </c>
       <c r="H33" s="70">
-        <v>74</v>
+        <v>88</v>
       </c>
       <c r="I33" s="67"/>
       <c r="J33" s="70">
         <v>0</v>
       </c>
       <c r="K33" s="70">
         <v>0</v>
       </c>
       <c r="L33" s="70">
         <v>0</v>
       </c>
-      <c r="AM33" s="140"/>
+      <c r="AM33" s="138"/>
       <c r="AN33" s="14"/>
       <c r="AO33" s="14"/>
       <c r="AP33" s="14"/>
       <c r="AQ33" s="14"/>
       <c r="AR33" s="14"/>
       <c r="AS33" s="14"/>
       <c r="AT33" s="14"/>
       <c r="AU33" s="14"/>
       <c r="AV33" s="14"/>
       <c r="AW33" s="14"/>
-      <c r="AX33" s="140"/>
+      <c r="AX33" s="138"/>
     </row>
     <row r="34" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A34" s="58" t="s">
         <v>80</v>
       </c>
       <c r="B34" s="70">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="C34" s="67">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="D34" s="67">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="E34" s="67"/>
       <c r="F34" s="70">
-        <v>104</v>
+        <v>124</v>
       </c>
       <c r="G34" s="70">
-        <v>53</v>
+        <v>62</v>
       </c>
       <c r="H34" s="70">
-        <v>51</v>
+        <v>62</v>
       </c>
       <c r="I34" s="67"/>
       <c r="J34" s="70">
         <v>0</v>
       </c>
       <c r="K34" s="70">
         <v>0</v>
       </c>
       <c r="L34" s="70">
         <v>0</v>
       </c>
-      <c r="AM34" s="140"/>
-[...10 lines deleted...]
-      <c r="AX34" s="140"/>
+      <c r="AM34" s="138"/>
+      <c r="AN34" s="138"/>
+      <c r="AO34" s="138"/>
+      <c r="AP34" s="138"/>
+      <c r="AQ34" s="138"/>
+      <c r="AR34" s="138"/>
+      <c r="AS34" s="138"/>
+      <c r="AT34" s="138"/>
+      <c r="AU34" s="138"/>
+      <c r="AV34" s="138"/>
+      <c r="AW34" s="138"/>
+      <c r="AX34" s="138"/>
     </row>
     <row r="35" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A35" s="58" t="s">
         <v>81</v>
       </c>
       <c r="B35" s="70">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="C35" s="67">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="D35" s="67">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="E35" s="67"/>
       <c r="F35" s="70">
-        <v>117</v>
+        <v>131</v>
       </c>
       <c r="G35" s="70">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="H35" s="70">
-        <v>50</v>
+        <v>58</v>
       </c>
       <c r="I35" s="67"/>
       <c r="J35" s="70">
         <v>0</v>
       </c>
       <c r="K35" s="70">
         <v>0</v>
       </c>
       <c r="L35" s="70">
         <v>0</v>
       </c>
-      <c r="AM35" s="140"/>
+      <c r="AM35" s="138"/>
       <c r="AN35" s="14"/>
       <c r="AO35" s="14"/>
       <c r="AP35" s="14"/>
       <c r="AQ35" s="14"/>
       <c r="AR35" s="14"/>
       <c r="AS35" s="14"/>
       <c r="AT35" s="14"/>
       <c r="AU35" s="14"/>
       <c r="AV35" s="14"/>
       <c r="AW35" s="14"/>
-      <c r="AX35" s="140"/>
+      <c r="AX35" s="138"/>
     </row>
     <row r="36" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A36" s="58" t="s">
         <v>82</v>
       </c>
       <c r="B36" s="70">
-        <v>119</v>
+        <v>132</v>
       </c>
       <c r="C36" s="67">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="D36" s="67">
-        <v>54</v>
+        <v>59</v>
       </c>
       <c r="E36" s="67"/>
       <c r="F36" s="70">
-        <v>118</v>
+        <v>131</v>
       </c>
       <c r="G36" s="70">
-        <v>65</v>
+        <v>73</v>
       </c>
       <c r="H36" s="70">
-        <v>53</v>
+        <v>58</v>
       </c>
       <c r="I36" s="67"/>
       <c r="J36" s="70">
         <v>1</v>
       </c>
       <c r="K36" s="70">
         <v>0</v>
       </c>
       <c r="L36" s="70">
         <v>1</v>
       </c>
-      <c r="AM36" s="140"/>
-[...10 lines deleted...]
-      <c r="AX36" s="140"/>
+      <c r="AM36" s="138"/>
+      <c r="AN36" s="138"/>
+      <c r="AO36" s="138"/>
+      <c r="AP36" s="138"/>
+      <c r="AQ36" s="138"/>
+      <c r="AR36" s="138"/>
+      <c r="AS36" s="138"/>
+      <c r="AT36" s="138"/>
+      <c r="AU36" s="138"/>
+      <c r="AV36" s="138"/>
+      <c r="AW36" s="138"/>
+      <c r="AX36" s="138"/>
     </row>
     <row r="37" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A37" s="58" t="s">
         <v>83</v>
       </c>
       <c r="B37" s="70">
-        <v>111</v>
+        <v>134</v>
       </c>
       <c r="C37" s="67">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="D37" s="67">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="E37" s="67"/>
       <c r="F37" s="70">
-        <v>111</v>
+        <v>134</v>
       </c>
       <c r="G37" s="70">
-        <v>64</v>
+        <v>76</v>
       </c>
       <c r="H37" s="70">
-        <v>47</v>
+        <v>58</v>
       </c>
       <c r="I37" s="67"/>
       <c r="J37" s="70">
         <v>0</v>
       </c>
       <c r="K37" s="70">
         <v>0</v>
       </c>
       <c r="L37" s="70">
         <v>0</v>
       </c>
-      <c r="AM37" s="140"/>
+      <c r="AM37" s="138"/>
       <c r="AN37" s="14"/>
       <c r="AO37" s="14"/>
       <c r="AP37" s="14"/>
       <c r="AQ37" s="14"/>
       <c r="AR37" s="14"/>
       <c r="AS37" s="14"/>
       <c r="AT37" s="14"/>
       <c r="AU37" s="14"/>
       <c r="AV37" s="14"/>
       <c r="AW37" s="14"/>
-      <c r="AX37" s="140"/>
+      <c r="AX37" s="138"/>
     </row>
     <row r="38" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A38" s="58" t="s">
         <v>84</v>
       </c>
       <c r="B38" s="70">
-        <v>121</v>
+        <v>136</v>
       </c>
       <c r="C38" s="67">
+        <v>71</v>
+      </c>
+      <c r="D38" s="67">
         <v>65</v>
-      </c>
-[...1 lines deleted...]
-        <v>56</v>
       </c>
       <c r="E38" s="67"/>
       <c r="F38" s="70">
-        <v>120</v>
+        <v>134</v>
       </c>
       <c r="G38" s="70">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="H38" s="70">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="I38" s="67"/>
       <c r="J38" s="70">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="K38" s="70">
         <v>0</v>
       </c>
       <c r="L38" s="70">
-        <v>1</v>
-[...12 lines deleted...]
-      <c r="AX38" s="140"/>
+        <v>2</v>
+      </c>
+      <c r="AM38" s="138"/>
+      <c r="AN38" s="138"/>
+      <c r="AO38" s="138"/>
+      <c r="AP38" s="138"/>
+      <c r="AQ38" s="138"/>
+      <c r="AR38" s="138"/>
+      <c r="AS38" s="138"/>
+      <c r="AT38" s="138"/>
+      <c r="AU38" s="138"/>
+      <c r="AV38" s="138"/>
+      <c r="AW38" s="138"/>
+      <c r="AX38" s="138"/>
     </row>
     <row r="39" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A39" s="58" t="s">
         <v>85</v>
       </c>
       <c r="B39" s="70">
-        <v>119</v>
+        <v>136</v>
       </c>
       <c r="C39" s="67">
-        <v>60</v>
+        <v>70</v>
       </c>
       <c r="D39" s="67">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="E39" s="67"/>
       <c r="F39" s="70">
-        <v>118</v>
+        <v>135</v>
       </c>
       <c r="G39" s="70">
-        <v>59</v>
+        <v>69</v>
       </c>
       <c r="H39" s="70">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="I39" s="67"/>
       <c r="J39" s="70">
         <v>1</v>
       </c>
       <c r="K39" s="70">
         <v>1</v>
       </c>
       <c r="L39" s="70">
         <v>0</v>
       </c>
-      <c r="AM39" s="140"/>
+      <c r="AM39" s="138"/>
       <c r="AN39" s="14"/>
       <c r="AO39" s="14"/>
       <c r="AP39" s="14"/>
       <c r="AQ39" s="14"/>
       <c r="AR39" s="14"/>
       <c r="AS39" s="14"/>
       <c r="AT39" s="14"/>
       <c r="AU39" s="14"/>
       <c r="AV39" s="14"/>
       <c r="AW39" s="14"/>
-      <c r="AX39" s="140"/>
+      <c r="AX39" s="138"/>
     </row>
     <row r="40" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A40" s="58" t="s">
         <v>86</v>
       </c>
       <c r="B40" s="70">
-        <v>115</v>
+        <v>130</v>
       </c>
       <c r="C40" s="67">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="D40" s="67">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="E40" s="67"/>
       <c r="F40" s="70">
-        <v>114</v>
+        <v>129</v>
       </c>
       <c r="G40" s="70">
-        <v>64</v>
+        <v>75</v>
       </c>
       <c r="H40" s="70">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="I40" s="67"/>
       <c r="J40" s="70">
         <v>1</v>
       </c>
       <c r="K40" s="70">
         <v>0</v>
       </c>
       <c r="L40" s="70">
         <v>1</v>
       </c>
-      <c r="AM40" s="140"/>
-[...10 lines deleted...]
-      <c r="AX40" s="140"/>
+      <c r="AM40" s="138"/>
+      <c r="AN40" s="138"/>
+      <c r="AO40" s="138"/>
+      <c r="AP40" s="138"/>
+      <c r="AQ40" s="138"/>
+      <c r="AR40" s="138"/>
+      <c r="AS40" s="138"/>
+      <c r="AT40" s="138"/>
+      <c r="AU40" s="138"/>
+      <c r="AV40" s="138"/>
+      <c r="AW40" s="138"/>
+      <c r="AX40" s="138"/>
     </row>
     <row r="41" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A41" s="58" t="s">
         <v>87</v>
       </c>
       <c r="B41" s="70">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="C41" s="67">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="D41" s="67">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="E41" s="67"/>
       <c r="F41" s="70">
-        <v>138</v>
+        <v>160</v>
       </c>
       <c r="G41" s="70">
-        <v>71</v>
+        <v>78</v>
       </c>
       <c r="H41" s="70">
-        <v>67</v>
+        <v>82</v>
       </c>
       <c r="I41" s="67"/>
       <c r="J41" s="70">
         <v>0</v>
       </c>
       <c r="K41" s="70">
         <v>0</v>
       </c>
       <c r="L41" s="70">
         <v>0</v>
       </c>
-      <c r="AM41" s="140"/>
+      <c r="AM41" s="138"/>
       <c r="AN41" s="14"/>
       <c r="AO41" s="14"/>
       <c r="AP41" s="14"/>
       <c r="AQ41" s="14"/>
       <c r="AR41" s="14"/>
       <c r="AS41" s="14"/>
       <c r="AT41" s="14"/>
       <c r="AU41" s="14"/>
       <c r="AV41" s="14"/>
       <c r="AW41" s="14"/>
-      <c r="AX41" s="140"/>
+      <c r="AX41" s="138"/>
     </row>
     <row r="42" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A42" s="58" t="s">
         <v>88</v>
       </c>
       <c r="B42" s="70">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="C42" s="67">
-        <v>67</v>
+        <v>78</v>
       </c>
       <c r="D42" s="67">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="E42" s="67"/>
       <c r="F42" s="70">
-        <v>132</v>
+        <v>151</v>
       </c>
       <c r="G42" s="70">
-        <v>67</v>
+        <v>77</v>
       </c>
       <c r="H42" s="70">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I42" s="67"/>
       <c r="J42" s="70">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K42" s="70">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L42" s="70">
         <v>0</v>
       </c>
-      <c r="AM42" s="140"/>
-[...10 lines deleted...]
-      <c r="AX42" s="140"/>
+      <c r="AM42" s="138"/>
+      <c r="AN42" s="138"/>
+      <c r="AO42" s="138"/>
+      <c r="AP42" s="138"/>
+      <c r="AQ42" s="138"/>
+      <c r="AR42" s="138"/>
+      <c r="AS42" s="138"/>
+      <c r="AT42" s="138"/>
+      <c r="AU42" s="138"/>
+      <c r="AV42" s="138"/>
+      <c r="AW42" s="138"/>
+      <c r="AX42" s="138"/>
     </row>
     <row r="43" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A43" s="58" t="s">
         <v>89</v>
       </c>
       <c r="B43" s="70">
-        <v>134</v>
+        <v>154</v>
       </c>
       <c r="C43" s="67">
-        <v>86</v>
+        <v>99</v>
       </c>
       <c r="D43" s="67">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="E43" s="67"/>
       <c r="F43" s="70">
-        <v>132</v>
+        <v>152</v>
       </c>
       <c r="G43" s="70">
-        <v>84</v>
+        <v>97</v>
       </c>
       <c r="H43" s="70">
-        <v>48</v>
+        <v>55</v>
       </c>
       <c r="I43" s="67"/>
       <c r="J43" s="70">
         <v>2</v>
       </c>
       <c r="K43" s="70">
         <v>2</v>
       </c>
       <c r="L43" s="70">
         <v>0</v>
       </c>
-      <c r="AM43" s="140"/>
+      <c r="AM43" s="138"/>
       <c r="AN43" s="14"/>
       <c r="AO43" s="14"/>
       <c r="AP43" s="14"/>
       <c r="AQ43" s="14"/>
       <c r="AR43" s="14"/>
       <c r="AS43" s="14"/>
       <c r="AT43" s="14"/>
       <c r="AU43" s="14"/>
       <c r="AV43" s="14"/>
       <c r="AW43" s="14"/>
-      <c r="AX43" s="140"/>
+      <c r="AX43" s="138"/>
     </row>
     <row r="44" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A44" s="58" t="s">
         <v>90</v>
       </c>
       <c r="B44" s="70">
-        <v>129</v>
+        <v>149</v>
       </c>
       <c r="C44" s="67">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="D44" s="67">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="E44" s="67"/>
       <c r="F44" s="70">
-        <v>129</v>
+        <v>149</v>
       </c>
       <c r="G44" s="70">
-        <v>75</v>
+        <v>83</v>
       </c>
       <c r="H44" s="70">
-        <v>54</v>
+        <v>66</v>
       </c>
       <c r="I44" s="67"/>
       <c r="J44" s="70">
         <v>0</v>
       </c>
       <c r="K44" s="70">
         <v>0</v>
       </c>
       <c r="L44" s="70">
         <v>0</v>
       </c>
-      <c r="AM44" s="140"/>
-[...10 lines deleted...]
-      <c r="AX44" s="140"/>
+      <c r="AM44" s="138"/>
+      <c r="AN44" s="138"/>
+      <c r="AO44" s="138"/>
+      <c r="AP44" s="138"/>
+      <c r="AQ44" s="138"/>
+      <c r="AR44" s="138"/>
+      <c r="AS44" s="138"/>
+      <c r="AT44" s="138"/>
+      <c r="AU44" s="138"/>
+      <c r="AV44" s="138"/>
+      <c r="AW44" s="138"/>
+      <c r="AX44" s="138"/>
     </row>
     <row r="45" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A45" s="58" t="s">
         <v>91</v>
       </c>
       <c r="B45" s="70">
-        <v>164</v>
+        <v>183</v>
       </c>
       <c r="C45" s="67">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="D45" s="67">
-        <v>69</v>
+        <v>81</v>
       </c>
       <c r="E45" s="67"/>
       <c r="F45" s="70">
-        <v>163</v>
+        <v>182</v>
       </c>
       <c r="G45" s="70">
-        <v>95</v>
+        <v>102</v>
       </c>
       <c r="H45" s="70">
-        <v>68</v>
+        <v>80</v>
       </c>
       <c r="I45" s="67"/>
       <c r="J45" s="70">
         <v>1</v>
       </c>
       <c r="K45" s="70">
         <v>0</v>
       </c>
       <c r="L45" s="70">
         <v>1</v>
       </c>
-      <c r="AM45" s="140"/>
+      <c r="AM45" s="138"/>
       <c r="AN45" s="14"/>
       <c r="AO45" s="14"/>
       <c r="AP45" s="14"/>
       <c r="AQ45" s="14"/>
       <c r="AR45" s="14"/>
       <c r="AS45" s="14"/>
       <c r="AT45" s="14"/>
       <c r="AU45" s="14"/>
       <c r="AV45" s="14"/>
       <c r="AW45" s="14"/>
-      <c r="AX45" s="140"/>
+      <c r="AX45" s="138"/>
     </row>
     <row r="46" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A46" s="58" t="s">
         <v>92</v>
       </c>
       <c r="B46" s="70">
-        <v>154</v>
+        <v>175</v>
       </c>
       <c r="C46" s="67">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="D46" s="67">
-        <v>68</v>
+        <v>78</v>
       </c>
       <c r="E46" s="67"/>
       <c r="F46" s="70">
-        <v>151</v>
+        <v>171</v>
       </c>
       <c r="G46" s="70">
-        <v>86</v>
+        <v>97</v>
       </c>
       <c r="H46" s="70">
-        <v>65</v>
+        <v>74</v>
       </c>
       <c r="I46" s="67"/>
       <c r="J46" s="70">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="K46" s="70">
         <v>0</v>
       </c>
       <c r="L46" s="70">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="M46" s="8"/>
       <c r="N46" s="8"/>
       <c r="O46" s="10"/>
-      <c r="AM46" s="140"/>
-[...10 lines deleted...]
-      <c r="AX46" s="140"/>
+      <c r="AM46" s="138"/>
+      <c r="AN46" s="138"/>
+      <c r="AO46" s="138"/>
+      <c r="AP46" s="138"/>
+      <c r="AQ46" s="138"/>
+      <c r="AR46" s="138"/>
+      <c r="AS46" s="138"/>
+      <c r="AT46" s="138"/>
+      <c r="AU46" s="138"/>
+      <c r="AV46" s="138"/>
+      <c r="AW46" s="138"/>
+      <c r="AX46" s="138"/>
     </row>
     <row r="47" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A47" s="58" t="s">
         <v>93</v>
       </c>
       <c r="B47" s="70">
-        <v>163</v>
+        <v>179</v>
       </c>
       <c r="C47" s="67">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="D47" s="67">
-        <v>65</v>
+        <v>75</v>
       </c>
       <c r="E47" s="67"/>
       <c r="F47" s="70">
-        <v>160</v>
+        <v>176</v>
       </c>
       <c r="G47" s="70">
-        <v>97</v>
+        <v>103</v>
       </c>
       <c r="H47" s="70">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="I47" s="67"/>
       <c r="J47" s="70">
         <v>3</v>
       </c>
       <c r="K47" s="70">
         <v>1</v>
       </c>
       <c r="L47" s="70">
         <v>2</v>
       </c>
-      <c r="AM47" s="140"/>
+      <c r="AM47" s="138"/>
       <c r="AN47" s="14"/>
       <c r="AO47" s="14"/>
       <c r="AP47" s="14"/>
       <c r="AQ47" s="14"/>
       <c r="AR47" s="14"/>
       <c r="AS47" s="14"/>
       <c r="AT47" s="14"/>
       <c r="AU47" s="14"/>
       <c r="AV47" s="14"/>
       <c r="AW47" s="14"/>
-      <c r="AX47" s="140"/>
+      <c r="AX47" s="138"/>
     </row>
     <row r="48" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A48" s="58" t="s">
         <v>94</v>
       </c>
       <c r="B48" s="70">
-        <v>157</v>
+        <v>171</v>
       </c>
       <c r="C48" s="67">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="D48" s="67">
-        <v>82</v>
+        <v>91</v>
       </c>
       <c r="E48" s="67"/>
       <c r="F48" s="70">
-        <v>152</v>
+        <v>166</v>
       </c>
       <c r="G48" s="70">
-        <v>74</v>
+        <v>79</v>
       </c>
       <c r="H48" s="70">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="I48" s="67"/>
       <c r="J48" s="70">
         <v>5</v>
       </c>
       <c r="K48" s="70">
         <v>1</v>
       </c>
       <c r="L48" s="70">
         <v>4</v>
       </c>
-      <c r="AM48" s="140"/>
-[...10 lines deleted...]
-      <c r="AX48" s="140"/>
+      <c r="AM48" s="138"/>
+      <c r="AN48" s="138"/>
+      <c r="AO48" s="138"/>
+      <c r="AP48" s="138"/>
+      <c r="AQ48" s="138"/>
+      <c r="AR48" s="138"/>
+      <c r="AS48" s="138"/>
+      <c r="AT48" s="138"/>
+      <c r="AU48" s="138"/>
+      <c r="AV48" s="138"/>
+      <c r="AW48" s="138"/>
+      <c r="AX48" s="138"/>
     </row>
     <row r="49" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A49" s="58" t="s">
         <v>95</v>
       </c>
       <c r="B49" s="70">
-        <v>178</v>
+        <v>200</v>
       </c>
       <c r="C49" s="67">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="D49" s="67">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="E49" s="67"/>
       <c r="F49" s="70">
-        <v>178</v>
+        <v>200</v>
       </c>
       <c r="G49" s="70">
-        <v>116</v>
+        <v>125</v>
       </c>
       <c r="H49" s="70">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="I49" s="67"/>
       <c r="J49" s="70">
         <v>0</v>
       </c>
       <c r="K49" s="70">
         <v>0</v>
       </c>
       <c r="L49" s="70">
         <v>0</v>
       </c>
-      <c r="AM49" s="140"/>
+      <c r="AM49" s="138"/>
       <c r="AN49" s="14"/>
       <c r="AO49" s="14"/>
       <c r="AP49" s="14"/>
       <c r="AQ49" s="14"/>
       <c r="AR49" s="14"/>
       <c r="AS49" s="14"/>
       <c r="AT49" s="14"/>
       <c r="AU49" s="14"/>
       <c r="AV49" s="14"/>
       <c r="AW49" s="14"/>
-      <c r="AX49" s="140"/>
+      <c r="AX49" s="138"/>
     </row>
     <row r="50" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A50" s="58" t="s">
         <v>96</v>
       </c>
       <c r="B50" s="70">
-        <v>173</v>
+        <v>189</v>
       </c>
       <c r="C50" s="67">
-        <v>98</v>
+        <v>112</v>
       </c>
       <c r="D50" s="67">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="E50" s="67"/>
       <c r="F50" s="70">
-        <v>173</v>
+        <v>189</v>
       </c>
       <c r="G50" s="70">
-        <v>98</v>
+        <v>112</v>
       </c>
       <c r="H50" s="70">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="I50" s="67"/>
       <c r="J50" s="70">
         <v>0</v>
       </c>
       <c r="K50" s="70">
         <v>0</v>
       </c>
       <c r="L50" s="70">
         <v>0</v>
       </c>
-      <c r="AM50" s="140"/>
-[...10 lines deleted...]
-      <c r="AX50" s="140"/>
+      <c r="AM50" s="138"/>
+      <c r="AN50" s="138"/>
+      <c r="AO50" s="138"/>
+      <c r="AP50" s="138"/>
+      <c r="AQ50" s="138"/>
+      <c r="AR50" s="138"/>
+      <c r="AS50" s="138"/>
+      <c r="AT50" s="138"/>
+      <c r="AU50" s="138"/>
+      <c r="AV50" s="138"/>
+      <c r="AW50" s="138"/>
+      <c r="AX50" s="138"/>
     </row>
     <row r="51" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A51" s="58" t="s">
         <v>97</v>
       </c>
       <c r="B51" s="70">
-        <v>165</v>
+        <v>177</v>
       </c>
       <c r="C51" s="67">
+        <v>92</v>
+      </c>
+      <c r="D51" s="67">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
       <c r="E51" s="67"/>
       <c r="F51" s="70">
-        <v>164</v>
+        <v>176</v>
       </c>
       <c r="G51" s="70">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="H51" s="70">
-        <v>79</v>
+        <v>84</v>
       </c>
       <c r="I51" s="67"/>
       <c r="J51" s="70">
         <v>1</v>
       </c>
       <c r="K51" s="70">
         <v>0</v>
       </c>
       <c r="L51" s="70">
         <v>1</v>
       </c>
-      <c r="AM51" s="140"/>
+      <c r="AM51" s="138"/>
       <c r="AN51" s="14"/>
       <c r="AO51" s="14"/>
       <c r="AP51" s="14"/>
       <c r="AQ51" s="14"/>
       <c r="AR51" s="14"/>
       <c r="AS51" s="14"/>
       <c r="AT51" s="14"/>
       <c r="AU51" s="14"/>
       <c r="AV51" s="14"/>
       <c r="AW51" s="14"/>
-      <c r="AX51" s="140"/>
+      <c r="AX51" s="138"/>
     </row>
     <row r="52" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A52" s="58" t="s">
         <v>98</v>
       </c>
       <c r="B52" s="70">
-        <v>145</v>
+        <v>160</v>
       </c>
       <c r="C52" s="67">
-        <v>85</v>
+        <v>93</v>
       </c>
       <c r="D52" s="67">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="E52" s="67"/>
       <c r="F52" s="70">
-        <v>143</v>
+        <v>158</v>
       </c>
       <c r="G52" s="70">
-        <v>84</v>
+        <v>92</v>
       </c>
       <c r="H52" s="70">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="I52" s="67"/>
       <c r="J52" s="70">
         <v>2</v>
       </c>
       <c r="K52" s="70">
         <v>1</v>
       </c>
       <c r="L52" s="70">
         <v>1</v>
       </c>
-      <c r="AM52" s="140"/>
-[...10 lines deleted...]
-      <c r="AX52" s="140"/>
+      <c r="AM52" s="138"/>
+      <c r="AN52" s="138"/>
+      <c r="AO52" s="138"/>
+      <c r="AP52" s="138"/>
+      <c r="AQ52" s="138"/>
+      <c r="AR52" s="138"/>
+      <c r="AS52" s="138"/>
+      <c r="AT52" s="138"/>
+      <c r="AU52" s="138"/>
+      <c r="AV52" s="138"/>
+      <c r="AW52" s="138"/>
+      <c r="AX52" s="138"/>
     </row>
     <row r="53" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A53" s="58" t="s">
         <v>99</v>
       </c>
       <c r="B53" s="70">
-        <v>127</v>
+        <v>144</v>
       </c>
       <c r="C53" s="67">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="D53" s="67">
-        <v>52</v>
+        <v>64</v>
       </c>
       <c r="E53" s="67"/>
       <c r="F53" s="70">
-        <v>126</v>
+        <v>143</v>
       </c>
       <c r="G53" s="70">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="H53" s="70">
-        <v>51</v>
+        <v>63</v>
       </c>
       <c r="I53" s="67"/>
       <c r="J53" s="70">
         <v>1</v>
       </c>
       <c r="K53" s="70">
         <v>0</v>
       </c>
       <c r="L53" s="70">
         <v>1</v>
       </c>
-      <c r="AM53" s="140"/>
+      <c r="AM53" s="138"/>
       <c r="AN53" s="14"/>
       <c r="AO53" s="14"/>
       <c r="AP53" s="14"/>
       <c r="AQ53" s="14"/>
       <c r="AR53" s="14"/>
       <c r="AS53" s="14"/>
       <c r="AT53" s="14"/>
       <c r="AU53" s="14"/>
       <c r="AV53" s="14"/>
       <c r="AW53" s="14"/>
-      <c r="AX53" s="140"/>
+      <c r="AX53" s="138"/>
     </row>
     <row r="54" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A54" s="58" t="s">
         <v>100</v>
       </c>
       <c r="B54" s="70">
-        <v>126</v>
+        <v>145</v>
       </c>
       <c r="C54" s="67">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="D54" s="67">
-        <v>60</v>
+        <v>71</v>
       </c>
       <c r="E54" s="67"/>
       <c r="F54" s="70">
-        <v>124</v>
+        <v>143</v>
       </c>
       <c r="G54" s="70">
-        <v>66</v>
+        <v>74</v>
       </c>
       <c r="H54" s="70">
-        <v>58</v>
+        <v>69</v>
       </c>
       <c r="I54" s="67"/>
       <c r="J54" s="70">
         <v>2</v>
       </c>
       <c r="K54" s="70">
         <v>0</v>
       </c>
       <c r="L54" s="70">
         <v>2</v>
       </c>
-      <c r="AM54" s="140"/>
-[...10 lines deleted...]
-      <c r="AX54" s="140"/>
+      <c r="AM54" s="138"/>
+      <c r="AN54" s="138"/>
+      <c r="AO54" s="138"/>
+      <c r="AP54" s="138"/>
+      <c r="AQ54" s="138"/>
+      <c r="AR54" s="138"/>
+      <c r="AS54" s="138"/>
+      <c r="AT54" s="138"/>
+      <c r="AU54" s="138"/>
+      <c r="AV54" s="138"/>
+      <c r="AW54" s="138"/>
+      <c r="AX54" s="138"/>
     </row>
     <row r="55" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A55" s="58" t="s">
         <v>101</v>
       </c>
       <c r="B55" s="70">
-        <v>118</v>
+        <v>142</v>
       </c>
       <c r="C55" s="67">
-        <v>77</v>
+        <v>90</v>
       </c>
       <c r="D55" s="67">
-        <v>41</v>
+        <v>52</v>
       </c>
       <c r="E55" s="67"/>
       <c r="F55" s="70">
-        <v>116</v>
+        <v>140</v>
       </c>
       <c r="G55" s="70">
-        <v>76</v>
+        <v>89</v>
       </c>
       <c r="H55" s="70">
-        <v>40</v>
+        <v>51</v>
       </c>
       <c r="I55" s="67"/>
       <c r="J55" s="70">
         <v>2</v>
       </c>
       <c r="K55" s="70">
         <v>1</v>
       </c>
       <c r="L55" s="70">
         <v>1</v>
       </c>
-      <c r="AM55" s="140"/>
+      <c r="AM55" s="138"/>
       <c r="AN55" s="14"/>
       <c r="AO55" s="14"/>
       <c r="AP55" s="14"/>
       <c r="AQ55" s="14"/>
       <c r="AR55" s="14"/>
       <c r="AS55" s="14"/>
       <c r="AT55" s="14"/>
       <c r="AU55" s="14"/>
       <c r="AV55" s="14"/>
       <c r="AW55" s="14"/>
-      <c r="AX55" s="140"/>
+      <c r="AX55" s="138"/>
     </row>
     <row r="56" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A56" s="58" t="s">
         <v>102</v>
       </c>
       <c r="B56" s="70">
-        <v>109</v>
+        <v>130</v>
       </c>
       <c r="C56" s="67">
-        <v>62</v>
+        <v>75</v>
       </c>
       <c r="D56" s="67">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="E56" s="67"/>
       <c r="F56" s="70">
-        <v>109</v>
+        <v>129</v>
       </c>
       <c r="G56" s="70">
-        <v>62</v>
+        <v>74</v>
       </c>
       <c r="H56" s="70">
-        <v>47</v>
+        <v>55</v>
       </c>
       <c r="I56" s="67"/>
       <c r="J56" s="70">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K56" s="70">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="L56" s="70">
         <v>0</v>
       </c>
-      <c r="AM56" s="140"/>
-[...10 lines deleted...]
-      <c r="AX56" s="140"/>
+      <c r="AM56" s="138"/>
+      <c r="AN56" s="138"/>
+      <c r="AO56" s="138"/>
+      <c r="AP56" s="138"/>
+      <c r="AQ56" s="138"/>
+      <c r="AR56" s="138"/>
+      <c r="AS56" s="138"/>
+      <c r="AT56" s="138"/>
+      <c r="AU56" s="138"/>
+      <c r="AV56" s="138"/>
+      <c r="AW56" s="138"/>
+      <c r="AX56" s="138"/>
     </row>
     <row r="57" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A57" s="58" t="s">
         <v>103</v>
       </c>
       <c r="B57" s="70">
-        <v>116</v>
+        <v>132</v>
       </c>
       <c r="C57" s="67">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="D57" s="67">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="E57" s="67"/>
       <c r="F57" s="70">
-        <v>116</v>
+        <v>132</v>
       </c>
       <c r="G57" s="70">
-        <v>65</v>
+        <v>76</v>
       </c>
       <c r="H57" s="70">
-        <v>51</v>
+        <v>56</v>
       </c>
       <c r="I57" s="67"/>
       <c r="J57" s="70">
         <v>0</v>
       </c>
       <c r="K57" s="70">
         <v>0</v>
       </c>
       <c r="L57" s="70">
         <v>0</v>
       </c>
-      <c r="AM57" s="140"/>
+      <c r="AM57" s="138"/>
       <c r="AN57" s="14"/>
       <c r="AO57" s="14"/>
       <c r="AP57" s="14"/>
       <c r="AQ57" s="14"/>
       <c r="AR57" s="14"/>
       <c r="AS57" s="14"/>
       <c r="AT57" s="14"/>
       <c r="AU57" s="14"/>
       <c r="AV57" s="14"/>
       <c r="AW57" s="14"/>
-      <c r="AX57" s="140"/>
+      <c r="AX57" s="138"/>
     </row>
     <row r="58" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A58" s="58" t="s">
         <v>104</v>
       </c>
       <c r="B58" s="70">
-        <v>108</v>
+        <v>118</v>
       </c>
       <c r="C58" s="67">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="D58" s="67">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="E58" s="67"/>
       <c r="F58" s="70">
-        <v>105</v>
+        <v>115</v>
       </c>
       <c r="G58" s="70">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="H58" s="70">
-        <v>37</v>
+        <v>43</v>
       </c>
       <c r="I58" s="67"/>
       <c r="J58" s="70">
         <v>3</v>
       </c>
       <c r="K58" s="70">
         <v>3</v>
       </c>
       <c r="L58" s="70">
         <v>0</v>
       </c>
-      <c r="AM58" s="140"/>
-[...10 lines deleted...]
-      <c r="AX58" s="140"/>
+      <c r="AM58" s="138"/>
+      <c r="AN58" s="138"/>
+      <c r="AO58" s="138"/>
+      <c r="AP58" s="138"/>
+      <c r="AQ58" s="138"/>
+      <c r="AR58" s="138"/>
+      <c r="AS58" s="138"/>
+      <c r="AT58" s="138"/>
+      <c r="AU58" s="138"/>
+      <c r="AV58" s="138"/>
+      <c r="AW58" s="138"/>
+      <c r="AX58" s="138"/>
     </row>
     <row r="59" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A59" s="58" t="s">
         <v>105</v>
       </c>
       <c r="B59" s="70">
-        <v>88</v>
+        <v>97</v>
       </c>
       <c r="C59" s="67">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="D59" s="67">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="E59" s="67"/>
       <c r="F59" s="70">
-        <v>88</v>
+        <v>96</v>
       </c>
       <c r="G59" s="70">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="H59" s="70">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="I59" s="67"/>
       <c r="J59" s="70">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K59" s="70">
         <v>0</v>
       </c>
       <c r="L59" s="70">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AM59" s="140"/>
+        <v>1</v>
+      </c>
+      <c r="AM59" s="138"/>
       <c r="AN59" s="14"/>
       <c r="AO59" s="14"/>
       <c r="AP59" s="14"/>
       <c r="AQ59" s="14"/>
       <c r="AR59" s="14"/>
       <c r="AS59" s="14"/>
       <c r="AT59" s="14"/>
       <c r="AU59" s="14"/>
       <c r="AV59" s="14"/>
       <c r="AW59" s="14"/>
-      <c r="AX59" s="140"/>
+      <c r="AX59" s="138"/>
     </row>
     <row r="60" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A60" s="58" t="s">
         <v>106</v>
       </c>
       <c r="B60" s="70">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="C60" s="67">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="D60" s="67">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="E60" s="67"/>
       <c r="F60" s="70">
-        <v>78</v>
+        <v>87</v>
       </c>
       <c r="G60" s="70">
-        <v>52</v>
+        <v>60</v>
       </c>
       <c r="H60" s="70">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="I60" s="67"/>
       <c r="J60" s="70">
         <v>0</v>
       </c>
       <c r="K60" s="70">
         <v>0</v>
       </c>
       <c r="L60" s="70">
         <v>0</v>
       </c>
-      <c r="AM60" s="140"/>
-[...10 lines deleted...]
-      <c r="AX60" s="140"/>
+      <c r="AM60" s="138"/>
+      <c r="AN60" s="138"/>
+      <c r="AO60" s="138"/>
+      <c r="AP60" s="138"/>
+      <c r="AQ60" s="138"/>
+      <c r="AR60" s="138"/>
+      <c r="AS60" s="138"/>
+      <c r="AT60" s="138"/>
+      <c r="AU60" s="138"/>
+      <c r="AV60" s="138"/>
+      <c r="AW60" s="138"/>
+      <c r="AX60" s="138"/>
     </row>
     <row r="61" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A61" s="58" t="s">
         <v>107</v>
       </c>
       <c r="B61" s="70">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="C61" s="67">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="D61" s="67">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="E61" s="67"/>
       <c r="F61" s="70">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="G61" s="70">
-        <v>41</v>
+        <v>43</v>
       </c>
       <c r="H61" s="70">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="I61" s="67"/>
       <c r="J61" s="70">
         <v>0</v>
       </c>
       <c r="K61" s="70">
         <v>0</v>
       </c>
       <c r="L61" s="70">
         <v>0</v>
       </c>
-      <c r="AM61" s="140"/>
+      <c r="AM61" s="138"/>
       <c r="AN61" s="14"/>
       <c r="AO61" s="14"/>
       <c r="AP61" s="14"/>
       <c r="AQ61" s="14"/>
       <c r="AR61" s="14"/>
       <c r="AS61" s="14"/>
       <c r="AT61" s="14"/>
       <c r="AU61" s="14"/>
       <c r="AV61" s="14"/>
       <c r="AW61" s="14"/>
-      <c r="AX61" s="140"/>
+      <c r="AX61" s="138"/>
     </row>
     <row r="62" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A62" s="58" t="s">
         <v>108</v>
       </c>
       <c r="B62" s="70">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="C62" s="67">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="D62" s="67">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="E62" s="67"/>
       <c r="F62" s="70">
-        <v>63</v>
+        <v>72</v>
       </c>
       <c r="G62" s="70">
-        <v>45</v>
+        <v>51</v>
       </c>
       <c r="H62" s="70">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="I62" s="67"/>
       <c r="J62" s="70">
         <v>0</v>
       </c>
       <c r="K62" s="70">
         <v>0</v>
       </c>
       <c r="L62" s="70">
         <v>0</v>
       </c>
-      <c r="AM62" s="140"/>
-[...10 lines deleted...]
-      <c r="AX62" s="140"/>
+      <c r="AM62" s="138"/>
+      <c r="AN62" s="138"/>
+      <c r="AO62" s="138"/>
+      <c r="AP62" s="138"/>
+      <c r="AQ62" s="138"/>
+      <c r="AR62" s="138"/>
+      <c r="AS62" s="138"/>
+      <c r="AT62" s="138"/>
+      <c r="AU62" s="138"/>
+      <c r="AV62" s="138"/>
+      <c r="AW62" s="138"/>
+      <c r="AX62" s="138"/>
     </row>
     <row r="63" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A63" s="58" t="s">
         <v>109</v>
       </c>
       <c r="B63" s="70">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="C63" s="67">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="D63" s="67">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="E63" s="67"/>
       <c r="F63" s="70">
-        <v>74</v>
+        <v>81</v>
       </c>
       <c r="G63" s="70">
-        <v>46</v>
+        <v>49</v>
       </c>
       <c r="H63" s="70">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="I63" s="67"/>
       <c r="J63" s="70">
         <v>0</v>
       </c>
       <c r="K63" s="70">
         <v>0</v>
       </c>
       <c r="L63" s="70">
         <v>0</v>
       </c>
-      <c r="AM63" s="140"/>
+      <c r="AM63" s="138"/>
       <c r="AN63" s="14"/>
       <c r="AO63" s="14"/>
       <c r="AP63" s="14"/>
       <c r="AQ63" s="14"/>
       <c r="AR63" s="14"/>
       <c r="AS63" s="14"/>
       <c r="AT63" s="14"/>
       <c r="AU63" s="14"/>
       <c r="AV63" s="14"/>
       <c r="AW63" s="14"/>
-      <c r="AX63" s="140"/>
+      <c r="AX63" s="138"/>
     </row>
     <row r="64" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A64" s="58" t="s">
         <v>110</v>
       </c>
       <c r="B64" s="70">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="C64" s="67">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="D64" s="67">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E64" s="67"/>
       <c r="F64" s="70">
-        <v>65</v>
+        <v>71</v>
       </c>
       <c r="G64" s="70">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="H64" s="70">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="I64" s="67"/>
       <c r="J64" s="70">
         <v>0</v>
       </c>
       <c r="K64" s="70">
         <v>0</v>
       </c>
       <c r="L64" s="70">
         <v>0</v>
       </c>
-      <c r="AM64" s="140"/>
-[...10 lines deleted...]
-      <c r="AX64" s="140"/>
+      <c r="AM64" s="138"/>
+      <c r="AN64" s="138"/>
+      <c r="AO64" s="138"/>
+      <c r="AP64" s="138"/>
+      <c r="AQ64" s="138"/>
+      <c r="AR64" s="138"/>
+      <c r="AS64" s="138"/>
+      <c r="AT64" s="138"/>
+      <c r="AU64" s="138"/>
+      <c r="AV64" s="138"/>
+      <c r="AW64" s="138"/>
+      <c r="AX64" s="138"/>
     </row>
     <row r="65" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A65" s="58" t="s">
         <v>111</v>
       </c>
       <c r="B65" s="70">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="C65" s="67">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D65" s="67">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="E65" s="67"/>
       <c r="F65" s="70">
-        <v>51</v>
+        <v>59</v>
       </c>
       <c r="G65" s="70">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="H65" s="70">
-        <v>13</v>
+        <v>17</v>
       </c>
       <c r="I65" s="67"/>
       <c r="J65" s="70">
         <v>0</v>
       </c>
       <c r="K65" s="70">
         <v>0</v>
       </c>
       <c r="L65" s="70">
         <v>0</v>
       </c>
-      <c r="AM65" s="140"/>
+      <c r="AM65" s="138"/>
       <c r="AN65" s="14"/>
       <c r="AO65" s="14"/>
       <c r="AP65" s="14"/>
       <c r="AQ65" s="14"/>
       <c r="AR65" s="14"/>
       <c r="AS65" s="14"/>
       <c r="AT65" s="14"/>
       <c r="AU65" s="14"/>
       <c r="AV65" s="14"/>
       <c r="AW65" s="14"/>
-      <c r="AX65" s="140"/>
+      <c r="AX65" s="138"/>
     </row>
     <row r="66" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A66" s="58" t="s">
         <v>112</v>
       </c>
       <c r="B66" s="70">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="C66" s="67">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="D66" s="67">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="E66" s="67"/>
       <c r="F66" s="70">
-        <v>55</v>
+        <v>63</v>
       </c>
       <c r="G66" s="70">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="H66" s="70">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="I66" s="67"/>
       <c r="J66" s="70">
         <v>0</v>
       </c>
       <c r="K66" s="70">
         <v>0</v>
       </c>
       <c r="L66" s="70">
         <v>0</v>
       </c>
-      <c r="AM66" s="140"/>
-[...10 lines deleted...]
-      <c r="AX66" s="140"/>
+      <c r="AM66" s="138"/>
+      <c r="AN66" s="138"/>
+      <c r="AO66" s="138"/>
+      <c r="AP66" s="138"/>
+      <c r="AQ66" s="138"/>
+      <c r="AR66" s="138"/>
+      <c r="AS66" s="138"/>
+      <c r="AT66" s="138"/>
+      <c r="AU66" s="138"/>
+      <c r="AV66" s="138"/>
+      <c r="AW66" s="138"/>
+      <c r="AX66" s="138"/>
     </row>
     <row r="67" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A67" s="58" t="s">
         <v>113</v>
       </c>
       <c r="B67" s="70">
-        <v>37</v>
+        <v>46</v>
       </c>
       <c r="C67" s="67">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="D67" s="67">
-        <v>11</v>
+        <v>16</v>
       </c>
       <c r="E67" s="67"/>
       <c r="F67" s="70">
-        <v>37</v>
+        <v>45</v>
       </c>
       <c r="G67" s="70">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="H67" s="70">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="I67" s="67"/>
       <c r="J67" s="70">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K67" s="70">
         <v>0</v>
       </c>
       <c r="L67" s="70">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AM67" s="140"/>
+        <v>1</v>
+      </c>
+      <c r="AM67" s="138"/>
       <c r="AN67" s="14"/>
       <c r="AO67" s="14"/>
       <c r="AP67" s="14"/>
       <c r="AQ67" s="14"/>
       <c r="AR67" s="14"/>
       <c r="AS67" s="14"/>
       <c r="AT67" s="14"/>
       <c r="AU67" s="14"/>
       <c r="AV67" s="14"/>
       <c r="AW67" s="14"/>
-      <c r="AX67" s="140"/>
+      <c r="AX67" s="138"/>
     </row>
     <row r="68" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A68" s="58" t="s">
         <v>114</v>
       </c>
       <c r="B68" s="70">
-        <v>44</v>
+        <v>50</v>
       </c>
       <c r="C68" s="67">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="D68" s="67">
-        <v>15</v>
+        <v>17</v>
       </c>
       <c r="E68" s="67"/>
       <c r="F68" s="70">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="G68" s="70">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="H68" s="70">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="I68" s="67"/>
       <c r="J68" s="70">
         <v>1</v>
       </c>
       <c r="K68" s="70">
         <v>0</v>
       </c>
       <c r="L68" s="70">
         <v>1</v>
       </c>
-      <c r="AM68" s="140"/>
-[...10 lines deleted...]
-      <c r="AX68" s="140"/>
+      <c r="AM68" s="138"/>
+      <c r="AN68" s="138"/>
+      <c r="AO68" s="138"/>
+      <c r="AP68" s="138"/>
+      <c r="AQ68" s="138"/>
+      <c r="AR68" s="138"/>
+      <c r="AS68" s="138"/>
+      <c r="AT68" s="138"/>
+      <c r="AU68" s="138"/>
+      <c r="AV68" s="138"/>
+      <c r="AW68" s="138"/>
+      <c r="AX68" s="138"/>
     </row>
     <row r="69" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A69" s="58" t="s">
         <v>115</v>
       </c>
       <c r="B69" s="70">
-        <v>68</v>
+        <v>85</v>
       </c>
       <c r="C69" s="67">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="D69" s="67">
-        <v>39</v>
+        <v>47</v>
       </c>
       <c r="E69" s="67"/>
       <c r="F69" s="70">
-        <v>68</v>
+        <v>84</v>
       </c>
       <c r="G69" s="70">
-        <v>29</v>
+        <v>38</v>
       </c>
       <c r="H69" s="70">
-        <v>39</v>
+        <v>46</v>
       </c>
       <c r="I69" s="67"/>
       <c r="J69" s="70">
-        <v>0</v>
+        <v>1</v>
       </c>
       <c r="K69" s="70">
         <v>0</v>
       </c>
       <c r="L69" s="70">
-        <v>0</v>
-[...1 lines deleted...]
-      <c r="AM69" s="140"/>
+        <v>1</v>
+      </c>
+      <c r="AM69" s="138"/>
       <c r="AN69" s="14"/>
       <c r="AO69" s="14"/>
       <c r="AP69" s="14"/>
       <c r="AQ69" s="14"/>
       <c r="AR69" s="14"/>
       <c r="AS69" s="14"/>
       <c r="AT69" s="14"/>
       <c r="AU69" s="14"/>
       <c r="AV69" s="14"/>
       <c r="AW69" s="14"/>
-      <c r="AX69" s="140"/>
+      <c r="AX69" s="138"/>
     </row>
     <row r="70" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A70" s="58" t="s">
         <v>116</v>
       </c>
       <c r="B70" s="70">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="C70" s="67">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="D70" s="67">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="E70" s="67"/>
       <c r="F70" s="70">
-        <v>55</v>
+        <v>72</v>
       </c>
       <c r="G70" s="70">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="H70" s="70">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="I70" s="67"/>
       <c r="J70" s="70">
         <v>0</v>
       </c>
       <c r="K70" s="70">
         <v>0</v>
       </c>
       <c r="L70" s="70">
         <v>0</v>
       </c>
-      <c r="AM70" s="140"/>
-[...10 lines deleted...]
-      <c r="AX70" s="140"/>
+      <c r="AM70" s="138"/>
+      <c r="AN70" s="138"/>
+      <c r="AO70" s="138"/>
+      <c r="AP70" s="138"/>
+      <c r="AQ70" s="138"/>
+      <c r="AR70" s="138"/>
+      <c r="AS70" s="138"/>
+      <c r="AT70" s="138"/>
+      <c r="AU70" s="138"/>
+      <c r="AV70" s="138"/>
+      <c r="AW70" s="138"/>
+      <c r="AX70" s="138"/>
     </row>
     <row r="71" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A71" s="58" t="s">
         <v>117</v>
       </c>
       <c r="B71" s="70">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="C71" s="67">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="D71" s="67">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="E71" s="67"/>
       <c r="F71" s="70">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="G71" s="70">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="H71" s="70">
-        <v>16</v>
+        <v>24</v>
       </c>
       <c r="I71" s="67"/>
       <c r="J71" s="70">
         <v>0</v>
       </c>
       <c r="K71" s="70">
         <v>0</v>
       </c>
       <c r="L71" s="70">
         <v>0</v>
       </c>
-      <c r="AM71" s="140"/>
+      <c r="AM71" s="138"/>
       <c r="AN71" s="14"/>
       <c r="AO71" s="14"/>
       <c r="AP71" s="14"/>
       <c r="AQ71" s="14"/>
       <c r="AR71" s="14"/>
       <c r="AS71" s="14"/>
       <c r="AT71" s="14"/>
       <c r="AU71" s="14"/>
       <c r="AV71" s="14"/>
       <c r="AW71" s="14"/>
-      <c r="AX71" s="140"/>
+      <c r="AX71" s="138"/>
     </row>
     <row r="72" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A72" s="58" t="s">
         <v>118</v>
       </c>
       <c r="B72" s="70">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="C72" s="67">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="D72" s="67">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="E72" s="67"/>
       <c r="F72" s="70">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="G72" s="70">
-        <v>28</v>
+        <v>33</v>
       </c>
       <c r="H72" s="70">
-        <v>30</v>
+        <v>32</v>
       </c>
       <c r="I72" s="67"/>
       <c r="J72" s="70">
         <v>0</v>
       </c>
       <c r="K72" s="70">
         <v>0</v>
       </c>
       <c r="L72" s="70">
         <v>0</v>
       </c>
-      <c r="AM72" s="140"/>
-[...10 lines deleted...]
-      <c r="AX72" s="140"/>
+      <c r="AM72" s="138"/>
+      <c r="AN72" s="138"/>
+      <c r="AO72" s="138"/>
+      <c r="AP72" s="138"/>
+      <c r="AQ72" s="138"/>
+      <c r="AR72" s="138"/>
+      <c r="AS72" s="138"/>
+      <c r="AT72" s="138"/>
+      <c r="AU72" s="138"/>
+      <c r="AV72" s="138"/>
+      <c r="AW72" s="138"/>
+      <c r="AX72" s="138"/>
     </row>
     <row r="73" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A73" s="58" t="s">
         <v>119</v>
       </c>
       <c r="B73" s="70">
-        <v>43</v>
+        <v>54</v>
       </c>
       <c r="C73" s="67">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="D73" s="67">
-        <v>17</v>
+        <v>21</v>
       </c>
       <c r="E73" s="67"/>
       <c r="F73" s="70">
-        <v>42</v>
+        <v>53</v>
       </c>
       <c r="G73" s="70">
-        <v>26</v>
+        <v>33</v>
       </c>
       <c r="H73" s="70">
-        <v>16</v>
+        <v>20</v>
       </c>
       <c r="I73" s="67"/>
       <c r="J73" s="70">
         <v>1</v>
       </c>
       <c r="K73" s="70">
         <v>0</v>
       </c>
       <c r="L73" s="70">
         <v>1</v>
       </c>
-      <c r="AM73" s="140"/>
+      <c r="AM73" s="138"/>
       <c r="AN73" s="14"/>
       <c r="AO73" s="14"/>
       <c r="AP73" s="14"/>
       <c r="AQ73" s="14"/>
       <c r="AR73" s="14"/>
       <c r="AS73" s="14"/>
       <c r="AT73" s="14"/>
       <c r="AU73" s="14"/>
       <c r="AV73" s="14"/>
       <c r="AW73" s="14"/>
-      <c r="AX73" s="140"/>
+      <c r="AX73" s="138"/>
     </row>
     <row r="74" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A74" s="58" t="s">
         <v>120</v>
       </c>
       <c r="B74" s="67">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="C74" s="67">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D74" s="67">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="E74" s="67"/>
       <c r="F74" s="70">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="G74" s="70">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="H74" s="70">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="I74" s="67"/>
       <c r="J74" s="70">
         <v>0</v>
       </c>
       <c r="K74" s="70">
         <v>0</v>
       </c>
       <c r="L74" s="70">
         <v>0</v>
       </c>
-      <c r="AM74" s="140"/>
-[...10 lines deleted...]
-      <c r="AX74" s="140"/>
+      <c r="AM74" s="138"/>
+      <c r="AN74" s="138"/>
+      <c r="AO74" s="138"/>
+      <c r="AP74" s="138"/>
+      <c r="AQ74" s="138"/>
+      <c r="AR74" s="138"/>
+      <c r="AS74" s="138"/>
+      <c r="AT74" s="138"/>
+      <c r="AU74" s="138"/>
+      <c r="AV74" s="138"/>
+      <c r="AW74" s="138"/>
+      <c r="AX74" s="138"/>
     </row>
     <row r="75" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A75" s="58" t="s">
         <v>121</v>
       </c>
       <c r="B75" s="70">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="C75" s="67">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="D75" s="67">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="E75" s="67"/>
       <c r="F75" s="70">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="G75" s="70">
-        <v>20</v>
+        <v>23</v>
       </c>
       <c r="H75" s="70">
-        <v>9</v>
+        <v>12</v>
       </c>
       <c r="I75" s="67"/>
       <c r="J75" s="70">
         <v>0</v>
       </c>
       <c r="K75" s="70">
         <v>0</v>
       </c>
       <c r="L75" s="70">
         <v>0</v>
       </c>
-      <c r="AM75" s="140"/>
+      <c r="AM75" s="138"/>
       <c r="AN75" s="14"/>
       <c r="AO75" s="14"/>
       <c r="AP75" s="14"/>
       <c r="AQ75" s="14"/>
       <c r="AR75" s="14"/>
       <c r="AS75" s="14"/>
       <c r="AT75" s="14"/>
       <c r="AU75" s="14"/>
       <c r="AV75" s="14"/>
       <c r="AW75" s="14"/>
-      <c r="AX75" s="140"/>
+      <c r="AX75" s="138"/>
     </row>
     <row r="76" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A76" s="58" t="s">
         <v>122</v>
       </c>
       <c r="B76" s="70">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="C76" s="67">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="D76" s="67">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="E76" s="67"/>
       <c r="F76" s="70">
-        <v>41</v>
+        <v>50</v>
       </c>
       <c r="G76" s="70">
-        <v>30</v>
+        <v>35</v>
       </c>
       <c r="H76" s="70">
-        <v>11</v>
+        <v>15</v>
       </c>
       <c r="I76" s="67"/>
       <c r="J76" s="70">
         <v>0</v>
       </c>
       <c r="K76" s="70">
         <v>0</v>
       </c>
       <c r="L76" s="70">
         <v>0</v>
       </c>
-      <c r="AM76" s="140"/>
-[...10 lines deleted...]
-      <c r="AX76" s="140"/>
+      <c r="AM76" s="138"/>
+      <c r="AN76" s="138"/>
+      <c r="AO76" s="138"/>
+      <c r="AP76" s="138"/>
+      <c r="AQ76" s="138"/>
+      <c r="AR76" s="138"/>
+      <c r="AS76" s="138"/>
+      <c r="AT76" s="138"/>
+      <c r="AU76" s="138"/>
+      <c r="AV76" s="138"/>
+      <c r="AW76" s="138"/>
+      <c r="AX76" s="138"/>
     </row>
     <row r="77" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A77" s="58" t="s">
         <v>123</v>
       </c>
       <c r="B77" s="70">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="C77" s="67">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="D77" s="67">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="E77" s="67"/>
       <c r="F77" s="70">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="G77" s="70">
-        <v>23</v>
+        <v>25</v>
       </c>
       <c r="H77" s="70">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="I77" s="67"/>
       <c r="J77" s="70">
         <v>0</v>
       </c>
       <c r="K77" s="70">
         <v>0</v>
       </c>
       <c r="L77" s="70">
         <v>0</v>
       </c>
-      <c r="AM77" s="140"/>
+      <c r="AM77" s="138"/>
       <c r="AN77" s="14"/>
       <c r="AO77" s="14"/>
       <c r="AP77" s="14"/>
       <c r="AQ77" s="14"/>
       <c r="AR77" s="14"/>
       <c r="AS77" s="14"/>
       <c r="AT77" s="14"/>
       <c r="AU77" s="14"/>
       <c r="AV77" s="14"/>
       <c r="AW77" s="14"/>
-      <c r="AX77" s="140"/>
+      <c r="AX77" s="138"/>
     </row>
     <row r="78" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A78" s="58" t="s">
         <v>124</v>
       </c>
       <c r="B78" s="70">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="C78" s="67">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="D78" s="67">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="E78" s="67"/>
       <c r="F78" s="70">
-        <v>31</v>
+        <v>36</v>
       </c>
       <c r="G78" s="70">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="H78" s="70">
-        <v>10</v>
+        <v>11</v>
       </c>
       <c r="I78" s="67"/>
       <c r="J78" s="70">
         <v>0</v>
       </c>
       <c r="K78" s="70">
         <v>0</v>
       </c>
       <c r="L78" s="70">
         <v>0</v>
       </c>
-      <c r="AM78" s="140"/>
-[...10 lines deleted...]
-      <c r="AX78" s="140"/>
+      <c r="AM78" s="138"/>
+      <c r="AN78" s="138"/>
+      <c r="AO78" s="138"/>
+      <c r="AP78" s="138"/>
+      <c r="AQ78" s="138"/>
+      <c r="AR78" s="138"/>
+      <c r="AS78" s="138"/>
+      <c r="AT78" s="138"/>
+      <c r="AU78" s="138"/>
+      <c r="AV78" s="138"/>
+      <c r="AW78" s="138"/>
+      <c r="AX78" s="138"/>
     </row>
     <row r="79" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A79" s="58" t="s">
         <v>125</v>
       </c>
       <c r="B79" s="70">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="C79" s="67">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="D79" s="67">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="E79" s="67"/>
       <c r="F79" s="70">
-        <v>20</v>
+        <v>24</v>
       </c>
       <c r="G79" s="70">
-        <v>14</v>
+        <v>16</v>
       </c>
       <c r="H79" s="70">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="I79" s="67"/>
       <c r="J79" s="70">
         <v>0</v>
       </c>
       <c r="K79" s="70">
         <v>0</v>
       </c>
       <c r="L79" s="70">
         <v>0</v>
       </c>
-      <c r="AM79" s="140"/>
+      <c r="AM79" s="138"/>
       <c r="AN79" s="14"/>
       <c r="AO79" s="14"/>
       <c r="AP79" s="14"/>
       <c r="AQ79" s="14"/>
       <c r="AR79" s="14"/>
       <c r="AS79" s="14"/>
       <c r="AT79" s="14"/>
       <c r="AU79" s="14"/>
       <c r="AV79" s="14"/>
       <c r="AW79" s="14"/>
-      <c r="AX79" s="140"/>
+      <c r="AX79" s="138"/>
     </row>
     <row r="80" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A80" s="58" t="s">
         <v>126</v>
       </c>
       <c r="B80" s="70">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="C80" s="67">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="D80" s="67">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="E80" s="67"/>
       <c r="F80" s="70">
-        <v>20</v>
+        <v>25</v>
       </c>
       <c r="G80" s="70">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H80" s="70">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="I80" s="67"/>
       <c r="J80" s="70">
         <v>0</v>
       </c>
       <c r="K80" s="70">
         <v>0</v>
       </c>
       <c r="L80" s="70">
         <v>0</v>
       </c>
-      <c r="AM80" s="140"/>
-[...10 lines deleted...]
-      <c r="AX80" s="140"/>
+      <c r="AM80" s="138"/>
+      <c r="AN80" s="138"/>
+      <c r="AO80" s="138"/>
+      <c r="AP80" s="138"/>
+      <c r="AQ80" s="138"/>
+      <c r="AR80" s="138"/>
+      <c r="AS80" s="138"/>
+      <c r="AT80" s="138"/>
+      <c r="AU80" s="138"/>
+      <c r="AV80" s="138"/>
+      <c r="AW80" s="138"/>
+      <c r="AX80" s="138"/>
     </row>
     <row r="81" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A81" s="58" t="s">
         <v>127</v>
       </c>
       <c r="B81" s="70">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="C81" s="67">
-        <v>15</v>
+        <v>19</v>
       </c>
       <c r="D81" s="67">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="E81" s="67"/>
       <c r="F81" s="70">
-        <v>20</v>
+        <v>27</v>
       </c>
       <c r="G81" s="70">
-        <v>14</v>
+        <v>18</v>
       </c>
       <c r="H81" s="70">
-        <v>6</v>
+        <v>9</v>
       </c>
       <c r="I81" s="67"/>
       <c r="J81" s="70">
         <v>1</v>
       </c>
       <c r="K81" s="70">
         <v>1</v>
       </c>
       <c r="L81" s="70">
         <v>0</v>
       </c>
-      <c r="AM81" s="140"/>
+      <c r="AM81" s="138"/>
       <c r="AN81" s="14"/>
       <c r="AO81" s="14"/>
       <c r="AP81" s="14"/>
       <c r="AQ81" s="14"/>
       <c r="AR81" s="14"/>
       <c r="AS81" s="14"/>
       <c r="AT81" s="14"/>
       <c r="AU81" s="14"/>
       <c r="AV81" s="14"/>
       <c r="AW81" s="14"/>
-      <c r="AX81" s="140"/>
+      <c r="AX81" s="138"/>
     </row>
     <row r="82" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A82" s="58" t="s">
         <v>128</v>
       </c>
       <c r="B82" s="70">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="C82" s="67">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D82" s="67">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="E82" s="67"/>
       <c r="F82" s="70">
-        <v>14</v>
+        <v>19</v>
       </c>
       <c r="G82" s="70">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="H82" s="70">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="I82" s="67"/>
       <c r="J82" s="70">
         <v>0</v>
       </c>
       <c r="K82" s="70">
         <v>0</v>
       </c>
       <c r="L82" s="70">
         <v>0</v>
       </c>
-      <c r="AM82" s="140"/>
-[...10 lines deleted...]
-      <c r="AX82" s="140"/>
+      <c r="AM82" s="138"/>
+      <c r="AN82" s="138"/>
+      <c r="AO82" s="138"/>
+      <c r="AP82" s="138"/>
+      <c r="AQ82" s="138"/>
+      <c r="AR82" s="138"/>
+      <c r="AS82" s="138"/>
+      <c r="AT82" s="138"/>
+      <c r="AU82" s="138"/>
+      <c r="AV82" s="138"/>
+      <c r="AW82" s="138"/>
+      <c r="AX82" s="138"/>
     </row>
     <row r="83" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A83" s="58" t="s">
         <v>129</v>
       </c>
       <c r="B83" s="70">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C83" s="67">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D83" s="67">
         <v>6</v>
       </c>
       <c r="E83" s="67"/>
       <c r="F83" s="70">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G83" s="70">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="H83" s="70">
         <v>6</v>
       </c>
       <c r="I83" s="67"/>
       <c r="J83" s="70">
         <v>0</v>
       </c>
       <c r="K83" s="70">
         <v>0</v>
       </c>
       <c r="L83" s="70">
         <v>0</v>
       </c>
-      <c r="AM83" s="140"/>
+      <c r="AM83" s="138"/>
       <c r="AN83" s="14"/>
       <c r="AO83" s="14"/>
       <c r="AP83" s="14"/>
       <c r="AQ83" s="14"/>
       <c r="AR83" s="14"/>
       <c r="AS83" s="14"/>
       <c r="AT83" s="14"/>
       <c r="AU83" s="14"/>
       <c r="AV83" s="14"/>
       <c r="AW83" s="14"/>
-      <c r="AX83" s="140"/>
+      <c r="AX83" s="138"/>
     </row>
     <row r="84" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A84" s="58" t="s">
         <v>130</v>
       </c>
       <c r="B84" s="67">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="C84" s="67">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="D84" s="67">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="E84" s="67"/>
       <c r="F84" s="67">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="G84" s="67">
-        <v>16</v>
+        <v>18</v>
       </c>
       <c r="H84" s="67">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="I84" s="67"/>
       <c r="J84" s="67">
         <v>0</v>
       </c>
       <c r="K84" s="67">
         <v>0</v>
       </c>
       <c r="L84" s="67">
         <v>0</v>
       </c>
-      <c r="AM84" s="140"/>
-[...10 lines deleted...]
-      <c r="AX84" s="140"/>
+      <c r="AM84" s="138"/>
+      <c r="AN84" s="138"/>
+      <c r="AO84" s="138"/>
+      <c r="AP84" s="138"/>
+      <c r="AQ84" s="138"/>
+      <c r="AR84" s="138"/>
+      <c r="AS84" s="138"/>
+      <c r="AT84" s="138"/>
+      <c r="AU84" s="138"/>
+      <c r="AV84" s="138"/>
+      <c r="AW84" s="138"/>
+      <c r="AX84" s="138"/>
     </row>
     <row r="85" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A85" s="58" t="s">
         <v>131</v>
       </c>
       <c r="B85" s="67">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="C85" s="67">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="D85" s="67">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="E85" s="67"/>
       <c r="F85" s="70">
-        <v>14</v>
+        <v>17</v>
       </c>
       <c r="G85" s="70">
-        <v>9</v>
+        <v>11</v>
       </c>
       <c r="H85" s="70">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="I85" s="67"/>
       <c r="J85" s="70">
         <v>0</v>
       </c>
       <c r="K85" s="70">
         <v>0</v>
       </c>
       <c r="L85" s="70">
         <v>0</v>
       </c>
-      <c r="AM85" s="140"/>
+      <c r="AM85" s="138"/>
       <c r="AN85" s="14"/>
       <c r="AO85" s="14"/>
       <c r="AP85" s="14"/>
       <c r="AQ85" s="14"/>
       <c r="AR85" s="14"/>
       <c r="AS85" s="14"/>
       <c r="AT85" s="14"/>
       <c r="AU85" s="14"/>
       <c r="AV85" s="14"/>
       <c r="AW85" s="14"/>
-      <c r="AX85" s="140"/>
+      <c r="AX85" s="138"/>
     </row>
     <row r="86" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A86" s="58" t="s">
         <v>132</v>
       </c>
       <c r="B86" s="70">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="C86" s="67">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="D86" s="67">
         <v>2</v>
       </c>
       <c r="E86" s="67"/>
       <c r="F86" s="70">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="G86" s="70">
-        <v>9</v>
+        <v>10</v>
       </c>
       <c r="H86" s="70">
         <v>2</v>
       </c>
       <c r="I86" s="67"/>
       <c r="J86" s="70">
         <v>0</v>
       </c>
       <c r="K86" s="70">
         <v>0</v>
       </c>
       <c r="L86" s="70">
         <v>0</v>
       </c>
-      <c r="AM86" s="140"/>
-[...10 lines deleted...]
-      <c r="AX86" s="140"/>
+      <c r="AM86" s="138"/>
+      <c r="AN86" s="138"/>
+      <c r="AO86" s="138"/>
+      <c r="AP86" s="138"/>
+      <c r="AQ86" s="138"/>
+      <c r="AR86" s="138"/>
+      <c r="AS86" s="138"/>
+      <c r="AT86" s="138"/>
+      <c r="AU86" s="138"/>
+      <c r="AV86" s="138"/>
+      <c r="AW86" s="138"/>
+      <c r="AX86" s="138"/>
     </row>
     <row r="87" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A87" s="58" t="s">
         <v>143</v>
       </c>
       <c r="B87" s="67">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="C87" s="67">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="D87" s="67">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="E87" s="67"/>
       <c r="F87" s="70">
-        <v>12</v>
+        <v>16</v>
       </c>
       <c r="G87" s="70">
-        <v>10</v>
+        <v>13</v>
       </c>
       <c r="H87" s="70">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="I87" s="67"/>
       <c r="J87" s="70">
         <v>0</v>
       </c>
       <c r="K87" s="70">
         <v>0</v>
       </c>
       <c r="L87" s="70">
         <v>0</v>
       </c>
-      <c r="AM87" s="140"/>
+      <c r="AM87" s="138"/>
       <c r="AN87" s="14"/>
       <c r="AO87" s="14"/>
       <c r="AP87" s="14"/>
       <c r="AQ87" s="14"/>
       <c r="AR87" s="14"/>
       <c r="AS87" s="14"/>
       <c r="AT87" s="14"/>
       <c r="AU87" s="14"/>
       <c r="AV87" s="14"/>
       <c r="AW87" s="14"/>
-      <c r="AX87" s="140"/>
+      <c r="AX87" s="138"/>
     </row>
     <row r="88" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A88" s="58" t="s">
         <v>194</v>
       </c>
       <c r="B88" s="67">
         <v>8</v>
       </c>
       <c r="C88" s="67">
         <v>3</v>
       </c>
       <c r="D88" s="67">
         <v>5</v>
       </c>
       <c r="E88" s="67"/>
       <c r="F88" s="70">
         <v>8</v>
       </c>
       <c r="G88" s="70">
         <v>3</v>
       </c>
       <c r="H88" s="70">
         <v>5</v>
       </c>
       <c r="I88" s="67"/>
       <c r="J88" s="70">
         <v>0</v>
       </c>
       <c r="K88" s="70">
         <v>0</v>
       </c>
       <c r="L88" s="70">
         <v>0</v>
       </c>
-      <c r="AM88" s="140"/>
-[...10 lines deleted...]
-      <c r="AX88" s="140"/>
+      <c r="AM88" s="138"/>
+      <c r="AN88" s="138"/>
+      <c r="AO88" s="138"/>
+      <c r="AP88" s="138"/>
+      <c r="AQ88" s="138"/>
+      <c r="AR88" s="138"/>
+      <c r="AS88" s="138"/>
+      <c r="AT88" s="138"/>
+      <c r="AU88" s="138"/>
+      <c r="AV88" s="138"/>
+      <c r="AW88" s="138"/>
+      <c r="AX88" s="138"/>
     </row>
     <row r="89" spans="1:50" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A89" s="58" t="s">
         <v>56</v>
       </c>
       <c r="B89" s="67">
-        <v>35</v>
+        <v>41</v>
       </c>
       <c r="C89" s="67">
-        <v>30</v>
+        <v>33</v>
       </c>
       <c r="D89" s="67">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="E89" s="67"/>
       <c r="F89" s="67">
-        <v>34</v>
+        <v>40</v>
       </c>
       <c r="G89" s="67">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="H89" s="67">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="I89" s="67"/>
       <c r="J89" s="67">
         <v>1</v>
       </c>
       <c r="K89" s="67">
         <v>1</v>
       </c>
       <c r="L89" s="67">
         <v>0</v>
       </c>
-      <c r="AM89" s="140"/>
+      <c r="AM89" s="138"/>
       <c r="AN89" s="14"/>
       <c r="AO89" s="14"/>
       <c r="AP89" s="14"/>
       <c r="AQ89" s="14"/>
       <c r="AR89" s="14"/>
       <c r="AS89" s="14"/>
       <c r="AT89" s="14"/>
       <c r="AU89" s="14"/>
       <c r="AV89" s="14"/>
       <c r="AW89" s="14"/>
-      <c r="AX89" s="140"/>
+      <c r="AX89" s="138"/>
     </row>
   </sheetData>
   <mergeCells count="14">
     <mergeCell ref="I6:I7"/>
     <mergeCell ref="J6:J7"/>
     <mergeCell ref="K6:K7"/>
     <mergeCell ref="L6:L7"/>
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="F5:H5"/>
     <mergeCell ref="J5:L5"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
     <mergeCell ref="F6:F7"/>
     <mergeCell ref="G6:G7"/>
     <mergeCell ref="H6:H7"/>
   </mergeCells>
   <conditionalFormatting sqref="A84:A89">
-    <cfRule type="expression" dxfId="181" priority="88">
+    <cfRule type="expression" dxfId="273" priority="88">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="180" priority="87">
+    <cfRule type="expression" dxfId="272" priority="87">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="179" priority="86">
+    <cfRule type="expression" dxfId="271" priority="86">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A8:B30">
-    <cfRule type="expression" dxfId="178" priority="265">
+    <cfRule type="expression" dxfId="270" priority="265">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="177" priority="264">
+    <cfRule type="expression" dxfId="269" priority="264">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="176" priority="263">
+    <cfRule type="expression" dxfId="268" priority="263">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A31:H36">
-    <cfRule type="expression" dxfId="175" priority="194">
+    <cfRule type="expression" dxfId="267" priority="194">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="174" priority="195">
+    <cfRule type="expression" dxfId="266" priority="195">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="173" priority="193">
+    <cfRule type="expression" dxfId="265" priority="193">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A37:H83 B84:H84 B85:B89">
-    <cfRule type="expression" dxfId="172" priority="270">
+    <cfRule type="expression" dxfId="264" priority="270">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="171" priority="269">
+    <cfRule type="expression" dxfId="263" priority="269">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="170" priority="271">
+    <cfRule type="expression" dxfId="262" priority="271">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A89:L89">
-    <cfRule type="expression" dxfId="169" priority="78">
+    <cfRule type="expression" dxfId="261" priority="78">
       <formula>COLUMN()&lt;&gt;13</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B8:B89 K37:L83 K85:L87">
-    <cfRule type="cellIs" dxfId="168" priority="256" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="260" priority="256" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B74">
-    <cfRule type="expression" dxfId="167" priority="16">
+    <cfRule type="expression" dxfId="259" priority="16">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="166" priority="17">
+    <cfRule type="expression" dxfId="258" priority="17">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="165" priority="18">
+    <cfRule type="expression" dxfId="257" priority="18">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B84:B85">
-    <cfRule type="expression" dxfId="164" priority="24">
+    <cfRule type="expression" dxfId="256" priority="24">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="163" priority="25">
+    <cfRule type="expression" dxfId="255" priority="25">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="162" priority="23">
+    <cfRule type="expression" dxfId="254" priority="23">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B87:B88">
-    <cfRule type="expression" dxfId="161" priority="26">
+    <cfRule type="expression" dxfId="253" priority="26">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="160" priority="27">
+    <cfRule type="expression" dxfId="252" priority="27">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="159" priority="28">
+    <cfRule type="expression" dxfId="251" priority="28">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B89:D89">
-    <cfRule type="expression" dxfId="158" priority="66">
+    <cfRule type="expression" dxfId="250" priority="66">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="157" priority="67">
+    <cfRule type="expression" dxfId="249" priority="67">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="156" priority="65">
+    <cfRule type="expression" dxfId="248" priority="65">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B84:L84">
-    <cfRule type="expression" dxfId="155" priority="4">
+    <cfRule type="expression" dxfId="247" priority="4">
       <formula>COLUMN()&lt;&gt;13</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B85:L89 A8:L83 A84:A88">
-    <cfRule type="expression" dxfId="154" priority="93">
+    <cfRule type="expression" dxfId="246" priority="93">
       <formula>COLUMN()&lt;&gt;13</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C88:E88">
-    <cfRule type="expression" dxfId="153" priority="41">
+    <cfRule type="expression" dxfId="245" priority="41">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="152" priority="42">
+    <cfRule type="expression" dxfId="244" priority="42">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C8:H30">
-    <cfRule type="expression" dxfId="151" priority="253">
+    <cfRule type="expression" dxfId="243" priority="253">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="150" priority="254">
+    <cfRule type="expression" dxfId="242" priority="254">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="149" priority="255">
+    <cfRule type="expression" dxfId="241" priority="255">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C85:H89">
-    <cfRule type="expression" dxfId="148" priority="165">
+    <cfRule type="expression" dxfId="240" priority="165">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="147" priority="164">
+    <cfRule type="expression" dxfId="239" priority="164">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="146" priority="163">
+    <cfRule type="expression" dxfId="238" priority="163">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C88:H88">
-    <cfRule type="expression" dxfId="145" priority="40">
+    <cfRule type="expression" dxfId="237" priority="40">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="D24:E24">
-    <cfRule type="cellIs" dxfId="144" priority="252" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="236" priority="252" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F84">
-    <cfRule type="expression" dxfId="143" priority="11">
+    <cfRule type="expression" dxfId="235" priority="11">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="142" priority="9">
+    <cfRule type="expression" dxfId="234" priority="9">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="141" priority="10">
+    <cfRule type="expression" dxfId="233" priority="10">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="140" priority="13" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="232" priority="13" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F88:H89">
-    <cfRule type="expression" dxfId="139" priority="38">
+    <cfRule type="expression" dxfId="231" priority="38">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="138" priority="39">
+    <cfRule type="expression" dxfId="230" priority="39">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="F89:H89">
-    <cfRule type="expression" dxfId="137" priority="58">
+    <cfRule type="expression" dxfId="229" priority="58">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G8:H83">
-    <cfRule type="cellIs" dxfId="136" priority="192" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="228" priority="192" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G85:H89">
-    <cfRule type="cellIs" dxfId="135" priority="162" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="227" priority="162" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="G88:H88">
-    <cfRule type="cellIs" dxfId="134" priority="37" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="226" priority="37" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I24">
-    <cfRule type="cellIs" dxfId="133" priority="149" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="225" priority="149" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I84:I89">
-    <cfRule type="expression" dxfId="132" priority="180">
+    <cfRule type="expression" dxfId="224" priority="180">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="131" priority="179">
+    <cfRule type="expression" dxfId="223" priority="179">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="130" priority="178">
+    <cfRule type="expression" dxfId="222" priority="178">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I8:L30">
-    <cfRule type="expression" dxfId="129" priority="150">
+    <cfRule type="expression" dxfId="221" priority="150">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="128" priority="151">
+    <cfRule type="expression" dxfId="220" priority="151">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="127" priority="152">
+    <cfRule type="expression" dxfId="219" priority="152">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I31:L83">
-    <cfRule type="expression" dxfId="126" priority="110">
+    <cfRule type="expression" dxfId="218" priority="110">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="125" priority="108">
+    <cfRule type="expression" dxfId="217" priority="108">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="124" priority="109">
+    <cfRule type="expression" dxfId="216" priority="109">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="I37:L83 I84:I89">
-    <cfRule type="expression" dxfId="123" priority="181">
+    <cfRule type="expression" dxfId="215" priority="181">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J84">
-    <cfRule type="expression" dxfId="122" priority="2">
+    <cfRule type="expression" dxfId="214" priority="2">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="121" priority="1">
+    <cfRule type="expression" dxfId="213" priority="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="cellIs" dxfId="120" priority="5" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="212" priority="5" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="119" priority="3">
+    <cfRule type="expression" dxfId="211" priority="3">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J88">
-    <cfRule type="expression" dxfId="118" priority="22">
+    <cfRule type="expression" dxfId="210" priority="22">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="117" priority="21">
+    <cfRule type="expression" dxfId="209" priority="21">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="116" priority="20">
+    <cfRule type="expression" dxfId="208" priority="20">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="115" priority="19">
+    <cfRule type="expression" dxfId="207" priority="19">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J84:L84">
-    <cfRule type="expression" dxfId="114" priority="8">
+    <cfRule type="expression" dxfId="206" priority="8">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="113" priority="7">
+    <cfRule type="expression" dxfId="205" priority="7">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="112" priority="6">
+    <cfRule type="expression" dxfId="204" priority="6">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J85:L88">
-    <cfRule type="expression" dxfId="111" priority="36">
+    <cfRule type="expression" dxfId="203" priority="36">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J85:L89">
-    <cfRule type="expression" dxfId="110" priority="90">
+    <cfRule type="expression" dxfId="202" priority="90">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="109" priority="91">
+    <cfRule type="expression" dxfId="201" priority="91">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="108" priority="92">
+    <cfRule type="expression" dxfId="200" priority="92">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="J88:L89">
-    <cfRule type="expression" dxfId="107" priority="35">
+    <cfRule type="expression" dxfId="199" priority="35">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="106" priority="34">
+    <cfRule type="expression" dxfId="198" priority="34">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="105" priority="33">
+    <cfRule type="expression" dxfId="197" priority="33">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K8:L36">
-    <cfRule type="cellIs" dxfId="104" priority="107" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="196" priority="107" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K88:L88">
-    <cfRule type="cellIs" dxfId="103" priority="32" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="195" priority="32" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="K88:L89">
-    <cfRule type="cellIs" dxfId="102" priority="89" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="194" priority="89" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="M46:O46">
-    <cfRule type="expression" dxfId="101" priority="177">
+    <cfRule type="expression" dxfId="193" priority="177">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="100" priority="175">
+    <cfRule type="expression" dxfId="192" priority="175">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="99" priority="174">
+    <cfRule type="expression" dxfId="191" priority="174">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="98" priority="176">
+    <cfRule type="expression" dxfId="190" priority="176">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=xl/worksheets/sheet7.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{07FB67D7-CCF4-422E-9021-7B7D4D29A8CD}">
+  <dimension ref="A1:AY89"/>
+  <sheetViews>
+    <sheetView workbookViewId="0"/>
+  </sheetViews>
+  <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
+  <cols>
+    <col min="1" max="1" width="30.7109375" customWidth="1"/>
+    <col min="2" max="4" width="12.140625" customWidth="1"/>
+    <col min="5" max="5" width="2.140625" customWidth="1"/>
+    <col min="6" max="8" width="12.140625" customWidth="1"/>
+    <col min="9" max="9" width="2" customWidth="1"/>
+    <col min="10" max="12" width="12.140625" customWidth="1"/>
+    <col min="13" max="13" width="0" hidden="1" customWidth="1"/>
+    <col min="14" max="15" width="9.140625" hidden="1" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:51" ht="45" customHeight="1" x14ac:dyDescent="0.2">
+      <c r="A1" s="3"/>
+      <c r="B1" s="4"/>
+      <c r="C1" s="4"/>
+      <c r="D1" s="4"/>
+      <c r="E1" s="4"/>
+      <c r="F1" s="4"/>
+      <c r="G1" s="4"/>
+      <c r="H1" s="4"/>
+      <c r="I1" s="4"/>
+      <c r="J1" s="4"/>
+      <c r="K1" s="4"/>
+    </row>
+    <row r="2" spans="1:51" ht="18" x14ac:dyDescent="0.2">
+      <c r="A2" s="46" t="s">
+        <v>309</v>
+      </c>
+      <c r="B2" s="1"/>
+      <c r="C2" s="1"/>
+      <c r="D2" s="1"/>
+      <c r="E2" s="4"/>
+      <c r="F2" s="4"/>
+      <c r="G2" s="4"/>
+      <c r="H2" s="4"/>
+      <c r="I2" s="4"/>
+      <c r="J2" s="4"/>
+      <c r="K2" s="4"/>
+    </row>
+    <row r="3" spans="1:51" ht="18" x14ac:dyDescent="0.2">
+      <c r="A3" s="80" t="s">
+        <v>310</v>
+      </c>
+      <c r="B3" s="1"/>
+      <c r="C3" s="1"/>
+      <c r="D3" s="1"/>
+      <c r="E3" s="4"/>
+      <c r="F3" s="4"/>
+      <c r="G3" s="4"/>
+      <c r="H3" s="4"/>
+      <c r="I3" s="4"/>
+      <c r="J3" s="4"/>
+      <c r="K3" s="4"/>
+    </row>
+    <row r="4" spans="1:51" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
+    <row r="5" spans="1:51" ht="43.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
+      <c r="A5" s="179" t="s">
+        <v>133</v>
+      </c>
+      <c r="B5" s="168" t="s">
+        <v>157</v>
+      </c>
+      <c r="C5" s="183"/>
+      <c r="D5" s="183"/>
+      <c r="E5" s="60"/>
+      <c r="F5" s="169" t="s">
+        <v>153</v>
+      </c>
+      <c r="G5" s="183"/>
+      <c r="H5" s="185"/>
+      <c r="I5" s="59"/>
+      <c r="J5" s="169" t="s">
+        <v>146</v>
+      </c>
+      <c r="K5" s="183"/>
+      <c r="L5" s="185"/>
+    </row>
+    <row r="6" spans="1:51" ht="13.5" customHeight="1" x14ac:dyDescent="0.25">
+      <c r="A6" s="186"/>
+      <c r="B6" s="172" t="s">
+        <v>6</v>
+      </c>
+      <c r="C6" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="D6" s="173" t="s">
+        <v>1</v>
+      </c>
+      <c r="E6" s="157"/>
+      <c r="F6" s="172" t="s">
+        <v>6</v>
+      </c>
+      <c r="G6" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="H6" s="173" t="s">
+        <v>1</v>
+      </c>
+      <c r="I6" s="173"/>
+      <c r="J6" s="172" t="s">
+        <v>6</v>
+      </c>
+      <c r="K6" s="172" t="s">
+        <v>0</v>
+      </c>
+      <c r="L6" s="173" t="s">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="7" spans="1:51" ht="13.5" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="181"/>
+      <c r="B7" s="171"/>
+      <c r="C7" s="171"/>
+      <c r="D7" s="174"/>
+      <c r="E7" s="156"/>
+      <c r="F7" s="171"/>
+      <c r="G7" s="171"/>
+      <c r="H7" s="174"/>
+      <c r="I7" s="174"/>
+      <c r="J7" s="171"/>
+      <c r="K7" s="171"/>
+      <c r="L7" s="174"/>
+    </row>
+    <row r="8" spans="1:51" s="55" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="13" t="s">
+        <v>142</v>
+      </c>
+      <c r="B8" s="72">
+        <v>1665</v>
+      </c>
+      <c r="C8" s="73">
+        <v>875</v>
+      </c>
+      <c r="D8" s="73">
+        <v>790</v>
+      </c>
+      <c r="E8" s="73"/>
+      <c r="F8" s="73">
+        <v>1651</v>
+      </c>
+      <c r="G8" s="73">
+        <v>871</v>
+      </c>
+      <c r="H8" s="73">
+        <v>780</v>
+      </c>
+      <c r="I8" s="73"/>
+      <c r="J8" s="73">
+        <v>14</v>
+      </c>
+      <c r="K8" s="73">
+        <v>4</v>
+      </c>
+      <c r="L8" s="73">
+        <v>10</v>
+      </c>
+      <c r="AC8" s="142"/>
+      <c r="AM8" s="138"/>
+      <c r="AN8" s="138"/>
+      <c r="AO8" s="138"/>
+      <c r="AP8" s="138"/>
+      <c r="AQ8" s="138"/>
+      <c r="AR8" s="138"/>
+      <c r="AS8" s="138"/>
+      <c r="AT8" s="138"/>
+      <c r="AU8" s="138"/>
+      <c r="AV8" s="138"/>
+      <c r="AW8" s="138"/>
+      <c r="AX8" s="138"/>
+      <c r="AY8" s="138"/>
+    </row>
+    <row r="9" spans="1:51" s="14" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="61">
+        <v>0</v>
+      </c>
+      <c r="B9" s="69">
+        <v>23</v>
+      </c>
+      <c r="C9" s="67">
+        <v>10</v>
+      </c>
+      <c r="D9" s="67">
+        <v>13</v>
+      </c>
+      <c r="E9" s="67"/>
+      <c r="F9" s="68">
+        <v>22</v>
+      </c>
+      <c r="G9" s="68">
+        <v>9</v>
+      </c>
+      <c r="H9" s="68">
+        <v>13</v>
+      </c>
+      <c r="I9" s="67"/>
+      <c r="J9" s="68">
+        <v>1</v>
+      </c>
+      <c r="K9" s="68">
+        <v>1</v>
+      </c>
+      <c r="L9" s="68">
+        <v>0</v>
+      </c>
+      <c r="AM9" s="138"/>
+      <c r="AX9" s="138"/>
+    </row>
+    <row r="10" spans="1:51" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="61">
+        <v>1</v>
+      </c>
+      <c r="B10" s="69">
+        <v>13</v>
+      </c>
+      <c r="C10" s="67">
+        <v>8</v>
+      </c>
+      <c r="D10" s="67">
+        <v>5</v>
+      </c>
+      <c r="E10" s="67"/>
+      <c r="F10" s="68">
+        <v>13</v>
+      </c>
+      <c r="G10" s="68">
+        <v>8</v>
+      </c>
+      <c r="H10" s="68">
+        <v>5</v>
+      </c>
+      <c r="I10" s="67"/>
+      <c r="J10" s="68">
+        <v>0</v>
+      </c>
+      <c r="K10" s="68">
+        <v>0</v>
+      </c>
+      <c r="L10" s="68">
+        <v>0</v>
+      </c>
+      <c r="AM10" s="138"/>
+      <c r="AN10" s="138"/>
+      <c r="AO10" s="138"/>
+      <c r="AP10" s="138"/>
+      <c r="AQ10" s="138"/>
+      <c r="AR10" s="138"/>
+      <c r="AS10" s="138"/>
+      <c r="AT10" s="138"/>
+      <c r="AU10" s="138"/>
+      <c r="AV10" s="138"/>
+      <c r="AW10" s="138"/>
+      <c r="AX10" s="138"/>
+    </row>
+    <row r="11" spans="1:51" s="15" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="56" t="s">
+        <v>57</v>
+      </c>
+      <c r="B11" s="67">
+        <v>9</v>
+      </c>
+      <c r="C11" s="67">
+        <v>5</v>
+      </c>
+      <c r="D11" s="67">
+        <v>4</v>
+      </c>
+      <c r="E11" s="67"/>
+      <c r="F11" s="67">
+        <v>9</v>
+      </c>
+      <c r="G11" s="67">
+        <v>5</v>
+      </c>
+      <c r="H11" s="67">
+        <v>4</v>
+      </c>
+      <c r="I11" s="67"/>
+      <c r="J11" s="67">
+        <v>0</v>
+      </c>
+      <c r="K11" s="67">
+        <v>0</v>
+      </c>
+      <c r="L11" s="67">
+        <v>0</v>
+      </c>
+      <c r="AM11" s="138"/>
+      <c r="AN11" s="14"/>
+      <c r="AO11" s="14"/>
+      <c r="AP11" s="14"/>
+      <c r="AQ11" s="14"/>
+      <c r="AR11" s="14"/>
+      <c r="AS11" s="14"/>
+      <c r="AT11" s="14"/>
+      <c r="AU11" s="14"/>
+      <c r="AV11" s="14"/>
+      <c r="AW11" s="14"/>
+      <c r="AX11" s="138"/>
+    </row>
+    <row r="12" spans="1:51" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="57" t="s">
+        <v>58</v>
+      </c>
+      <c r="B12" s="69">
+        <v>7</v>
+      </c>
+      <c r="C12" s="67">
+        <v>3</v>
+      </c>
+      <c r="D12" s="67">
+        <v>4</v>
+      </c>
+      <c r="E12" s="67"/>
+      <c r="F12" s="69">
+        <v>7</v>
+      </c>
+      <c r="G12" s="69">
+        <v>3</v>
+      </c>
+      <c r="H12" s="69">
+        <v>4</v>
+      </c>
+      <c r="I12" s="67"/>
+      <c r="J12" s="69">
+        <v>0</v>
+      </c>
+      <c r="K12" s="69">
+        <v>0</v>
+      </c>
+      <c r="L12" s="69">
+        <v>0</v>
+      </c>
+      <c r="AM12" s="138"/>
+      <c r="AN12" s="138"/>
+      <c r="AO12" s="138"/>
+      <c r="AP12" s="138"/>
+      <c r="AQ12" s="138"/>
+      <c r="AR12" s="138"/>
+      <c r="AS12" s="138"/>
+      <c r="AT12" s="138"/>
+      <c r="AU12" s="138"/>
+      <c r="AV12" s="138"/>
+      <c r="AW12" s="138"/>
+      <c r="AX12" s="138"/>
+    </row>
+    <row r="13" spans="1:51" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="57" t="s">
+        <v>59</v>
+      </c>
+      <c r="B13" s="69">
+        <v>14</v>
+      </c>
+      <c r="C13" s="67">
+        <v>9</v>
+      </c>
+      <c r="D13" s="67">
+        <v>5</v>
+      </c>
+      <c r="E13" s="67"/>
+      <c r="F13" s="69">
+        <v>14</v>
+      </c>
+      <c r="G13" s="69">
+        <v>9</v>
+      </c>
+      <c r="H13" s="69">
+        <v>5</v>
+      </c>
+      <c r="I13" s="67"/>
+      <c r="J13" s="69">
+        <v>0</v>
+      </c>
+      <c r="K13" s="69">
+        <v>0</v>
+      </c>
+      <c r="L13" s="69">
+        <v>0</v>
+      </c>
+      <c r="AM13" s="138"/>
+      <c r="AN13" s="14"/>
+      <c r="AO13" s="14"/>
+      <c r="AP13" s="14"/>
+      <c r="AQ13" s="14"/>
+      <c r="AR13" s="14"/>
+      <c r="AS13" s="14"/>
+      <c r="AT13" s="14"/>
+      <c r="AU13" s="14"/>
+      <c r="AV13" s="14"/>
+      <c r="AW13" s="14"/>
+      <c r="AX13" s="138"/>
+    </row>
+    <row r="14" spans="1:51" s="14" customFormat="1" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="57" t="s">
+        <v>60</v>
+      </c>
+      <c r="B14" s="69">
+        <v>14</v>
+      </c>
+      <c r="C14" s="67">
+        <v>8</v>
+      </c>
+      <c r="D14" s="67">
+        <v>6</v>
+      </c>
+      <c r="E14" s="67"/>
+      <c r="F14" s="69">
+        <v>14</v>
+      </c>
+      <c r="G14" s="69">
+        <v>8</v>
+      </c>
+      <c r="H14" s="69">
+        <v>6</v>
+      </c>
+      <c r="I14" s="67"/>
+      <c r="J14" s="69">
+        <v>0</v>
+      </c>
+      <c r="K14" s="69">
+        <v>0</v>
+      </c>
+      <c r="L14" s="69">
+        <v>0</v>
+      </c>
+      <c r="AM14" s="138"/>
+      <c r="AN14" s="138"/>
+      <c r="AO14" s="138"/>
+      <c r="AP14" s="138"/>
+      <c r="AQ14" s="138"/>
+      <c r="AR14" s="138"/>
+      <c r="AS14" s="138"/>
+      <c r="AT14" s="138"/>
+      <c r="AU14" s="138"/>
+      <c r="AV14" s="138"/>
+      <c r="AW14" s="138"/>
+      <c r="AX14" s="138"/>
+    </row>
+    <row r="15" spans="1:51" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="57" t="s">
+        <v>61</v>
+      </c>
+      <c r="B15" s="69">
+        <v>11</v>
+      </c>
+      <c r="C15" s="67">
+        <v>7</v>
+      </c>
+      <c r="D15" s="67">
+        <v>4</v>
+      </c>
+      <c r="E15" s="67"/>
+      <c r="F15" s="69">
+        <v>11</v>
+      </c>
+      <c r="G15" s="69">
+        <v>7</v>
+      </c>
+      <c r="H15" s="69">
+        <v>4</v>
+      </c>
+      <c r="I15" s="67"/>
+      <c r="J15" s="69">
+        <v>0</v>
+      </c>
+      <c r="K15" s="69">
+        <v>0</v>
+      </c>
+      <c r="L15" s="69">
+        <v>0</v>
+      </c>
+      <c r="AM15" s="138"/>
+      <c r="AN15" s="14"/>
+      <c r="AO15" s="14"/>
+      <c r="AP15" s="14"/>
+      <c r="AQ15" s="14"/>
+      <c r="AR15" s="14"/>
+      <c r="AS15" s="14"/>
+      <c r="AT15" s="14"/>
+      <c r="AU15" s="14"/>
+      <c r="AV15" s="14"/>
+      <c r="AW15" s="14"/>
+      <c r="AX15" s="138"/>
+    </row>
+    <row r="16" spans="1:51" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="57" t="s">
+        <v>62</v>
+      </c>
+      <c r="B16" s="69">
+        <v>11</v>
+      </c>
+      <c r="C16" s="67">
+        <v>4</v>
+      </c>
+      <c r="D16" s="67">
+        <v>7</v>
+      </c>
+      <c r="E16" s="67"/>
+      <c r="F16" s="69">
+        <v>11</v>
+      </c>
+      <c r="G16" s="69">
+        <v>4</v>
+      </c>
+      <c r="H16" s="69">
+        <v>7</v>
+      </c>
+      <c r="I16" s="67"/>
+      <c r="J16" s="69">
+        <v>0</v>
+      </c>
+      <c r="K16" s="69">
+        <v>0</v>
+      </c>
+      <c r="L16" s="69">
+        <v>0</v>
+      </c>
+      <c r="N16" s="12"/>
+      <c r="AM16" s="138"/>
+      <c r="AN16" s="138"/>
+      <c r="AO16" s="138"/>
+      <c r="AP16" s="138"/>
+      <c r="AQ16" s="138"/>
+      <c r="AR16" s="138"/>
+      <c r="AS16" s="138"/>
+      <c r="AT16" s="138"/>
+      <c r="AU16" s="138"/>
+      <c r="AV16" s="138"/>
+      <c r="AW16" s="138"/>
+      <c r="AX16" s="138"/>
+    </row>
+    <row r="17" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="57" t="s">
+        <v>63</v>
+      </c>
+      <c r="B17" s="69">
+        <v>18</v>
+      </c>
+      <c r="C17" s="67">
+        <v>9</v>
+      </c>
+      <c r="D17" s="67">
+        <v>9</v>
+      </c>
+      <c r="E17" s="67"/>
+      <c r="F17" s="69">
+        <v>18</v>
+      </c>
+      <c r="G17" s="69">
+        <v>9</v>
+      </c>
+      <c r="H17" s="69">
+        <v>9</v>
+      </c>
+      <c r="I17" s="67"/>
+      <c r="J17" s="69">
+        <v>0</v>
+      </c>
+      <c r="K17" s="69">
+        <v>0</v>
+      </c>
+      <c r="L17" s="69">
+        <v>0</v>
+      </c>
+      <c r="AM17" s="138"/>
+      <c r="AN17" s="14"/>
+      <c r="AO17" s="14"/>
+      <c r="AP17" s="14"/>
+      <c r="AQ17" s="14"/>
+      <c r="AR17" s="14"/>
+      <c r="AS17" s="14"/>
+      <c r="AT17" s="14"/>
+      <c r="AU17" s="14"/>
+      <c r="AV17" s="14"/>
+      <c r="AW17" s="14"/>
+      <c r="AX17" s="138"/>
+    </row>
+    <row r="18" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A18" s="57" t="s">
+        <v>64</v>
+      </c>
+      <c r="B18" s="69">
+        <v>22</v>
+      </c>
+      <c r="C18" s="67">
+        <v>9</v>
+      </c>
+      <c r="D18" s="67">
+        <v>13</v>
+      </c>
+      <c r="E18" s="67"/>
+      <c r="F18" s="69">
+        <v>22</v>
+      </c>
+      <c r="G18" s="69">
+        <v>9</v>
+      </c>
+      <c r="H18" s="69">
+        <v>13</v>
+      </c>
+      <c r="I18" s="67"/>
+      <c r="J18" s="69">
+        <v>0</v>
+      </c>
+      <c r="K18" s="69">
+        <v>0</v>
+      </c>
+      <c r="L18" s="69">
+        <v>0</v>
+      </c>
+      <c r="N18" s="12"/>
+      <c r="AM18" s="138"/>
+      <c r="AN18" s="138"/>
+      <c r="AO18" s="138"/>
+      <c r="AP18" s="138"/>
+      <c r="AQ18" s="138"/>
+      <c r="AR18" s="138"/>
+      <c r="AS18" s="138"/>
+      <c r="AT18" s="138"/>
+      <c r="AU18" s="138"/>
+      <c r="AV18" s="138"/>
+      <c r="AW18" s="138"/>
+      <c r="AX18" s="138"/>
+    </row>
+    <row r="19" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="57" t="s">
+        <v>65</v>
+      </c>
+      <c r="B19" s="69">
+        <v>22</v>
+      </c>
+      <c r="C19" s="67">
+        <v>11</v>
+      </c>
+      <c r="D19" s="67">
+        <v>11</v>
+      </c>
+      <c r="E19" s="67"/>
+      <c r="F19" s="69">
+        <v>22</v>
+      </c>
+      <c r="G19" s="69">
+        <v>11</v>
+      </c>
+      <c r="H19" s="69">
+        <v>11</v>
+      </c>
+      <c r="I19" s="67"/>
+      <c r="J19" s="69">
+        <v>0</v>
+      </c>
+      <c r="K19" s="69">
+        <v>0</v>
+      </c>
+      <c r="L19" s="69">
+        <v>0</v>
+      </c>
+      <c r="AM19" s="138"/>
+      <c r="AN19" s="14"/>
+      <c r="AO19" s="14"/>
+      <c r="AP19" s="14"/>
+      <c r="AQ19" s="14"/>
+      <c r="AR19" s="14"/>
+      <c r="AS19" s="14"/>
+      <c r="AT19" s="14"/>
+      <c r="AU19" s="14"/>
+      <c r="AV19" s="14"/>
+      <c r="AW19" s="14"/>
+      <c r="AX19" s="138"/>
+    </row>
+    <row r="20" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="57" t="s">
+        <v>66</v>
+      </c>
+      <c r="B20" s="69">
+        <v>21</v>
+      </c>
+      <c r="C20" s="67">
+        <v>8</v>
+      </c>
+      <c r="D20" s="67">
+        <v>13</v>
+      </c>
+      <c r="E20" s="67"/>
+      <c r="F20" s="69">
+        <v>20</v>
+      </c>
+      <c r="G20" s="69">
+        <v>7</v>
+      </c>
+      <c r="H20" s="69">
+        <v>13</v>
+      </c>
+      <c r="I20" s="67"/>
+      <c r="J20" s="69">
+        <v>1</v>
+      </c>
+      <c r="K20" s="69">
+        <v>1</v>
+      </c>
+      <c r="L20" s="69">
+        <v>0</v>
+      </c>
+      <c r="N20" s="12"/>
+      <c r="AM20" s="138"/>
+      <c r="AN20" s="138"/>
+      <c r="AO20" s="138"/>
+      <c r="AP20" s="138"/>
+      <c r="AQ20" s="138"/>
+      <c r="AR20" s="138"/>
+      <c r="AS20" s="138"/>
+      <c r="AT20" s="138"/>
+      <c r="AU20" s="138"/>
+      <c r="AV20" s="138"/>
+      <c r="AW20" s="138"/>
+      <c r="AX20" s="138"/>
+    </row>
+    <row r="21" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="57" t="s">
+        <v>67</v>
+      </c>
+      <c r="B21" s="69">
+        <v>24</v>
+      </c>
+      <c r="C21" s="67">
+        <v>11</v>
+      </c>
+      <c r="D21" s="67">
+        <v>13</v>
+      </c>
+      <c r="E21" s="67"/>
+      <c r="F21" s="69">
+        <v>24</v>
+      </c>
+      <c r="G21" s="69">
+        <v>11</v>
+      </c>
+      <c r="H21" s="69">
+        <v>13</v>
+      </c>
+      <c r="I21" s="67"/>
+      <c r="J21" s="69">
+        <v>0</v>
+      </c>
+      <c r="K21" s="69">
+        <v>0</v>
+      </c>
+      <c r="L21" s="69">
+        <v>0</v>
+      </c>
+      <c r="AM21" s="138"/>
+      <c r="AN21" s="14"/>
+      <c r="AO21" s="14"/>
+      <c r="AP21" s="14"/>
+      <c r="AQ21" s="14"/>
+      <c r="AR21" s="14"/>
+      <c r="AS21" s="14"/>
+      <c r="AT21" s="14"/>
+      <c r="AU21" s="14"/>
+      <c r="AV21" s="14"/>
+      <c r="AW21" s="14"/>
+      <c r="AX21" s="138"/>
+    </row>
+    <row r="22" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="57" t="s">
+        <v>68</v>
+      </c>
+      <c r="B22" s="69">
+        <v>30</v>
+      </c>
+      <c r="C22" s="67">
+        <v>13</v>
+      </c>
+      <c r="D22" s="67">
+        <v>17</v>
+      </c>
+      <c r="E22" s="67"/>
+      <c r="F22" s="69">
+        <v>30</v>
+      </c>
+      <c r="G22" s="69">
+        <v>13</v>
+      </c>
+      <c r="H22" s="69">
+        <v>17</v>
+      </c>
+      <c r="I22" s="67"/>
+      <c r="J22" s="69">
+        <v>0</v>
+      </c>
+      <c r="K22" s="69">
+        <v>0</v>
+      </c>
+      <c r="L22" s="69">
+        <v>0</v>
+      </c>
+      <c r="AM22" s="138"/>
+      <c r="AN22" s="138"/>
+      <c r="AO22" s="138"/>
+      <c r="AP22" s="138"/>
+      <c r="AQ22" s="138"/>
+      <c r="AR22" s="138"/>
+      <c r="AS22" s="138"/>
+      <c r="AT22" s="138"/>
+      <c r="AU22" s="138"/>
+      <c r="AV22" s="138"/>
+      <c r="AW22" s="138"/>
+      <c r="AX22" s="138"/>
+    </row>
+    <row r="23" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="57" t="s">
+        <v>69</v>
+      </c>
+      <c r="B23" s="69">
+        <v>25</v>
+      </c>
+      <c r="C23" s="67">
+        <v>15</v>
+      </c>
+      <c r="D23" s="67">
+        <v>10</v>
+      </c>
+      <c r="E23" s="67"/>
+      <c r="F23" s="69">
+        <v>25</v>
+      </c>
+      <c r="G23" s="69">
+        <v>15</v>
+      </c>
+      <c r="H23" s="69">
+        <v>10</v>
+      </c>
+      <c r="I23" s="67"/>
+      <c r="J23" s="69">
+        <v>0</v>
+      </c>
+      <c r="K23" s="69">
+        <v>0</v>
+      </c>
+      <c r="L23" s="69">
+        <v>0</v>
+      </c>
+      <c r="AM23" s="138"/>
+      <c r="AN23" s="14"/>
+      <c r="AO23" s="14"/>
+      <c r="AP23" s="14"/>
+      <c r="AQ23" s="14"/>
+      <c r="AR23" s="14"/>
+      <c r="AS23" s="14"/>
+      <c r="AT23" s="14"/>
+      <c r="AU23" s="14"/>
+      <c r="AV23" s="14"/>
+      <c r="AW23" s="14"/>
+      <c r="AX23" s="138"/>
+    </row>
+    <row r="24" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="57" t="s">
+        <v>70</v>
+      </c>
+      <c r="B24" s="69">
+        <v>22</v>
+      </c>
+      <c r="C24" s="67">
+        <v>10</v>
+      </c>
+      <c r="D24" s="69">
+        <v>12</v>
+      </c>
+      <c r="E24" s="69"/>
+      <c r="F24" s="69">
+        <v>22</v>
+      </c>
+      <c r="G24" s="69">
+        <v>10</v>
+      </c>
+      <c r="H24" s="69">
+        <v>12</v>
+      </c>
+      <c r="I24" s="69"/>
+      <c r="J24" s="69">
+        <v>0</v>
+      </c>
+      <c r="K24" s="69">
+        <v>0</v>
+      </c>
+      <c r="L24" s="69">
+        <v>0</v>
+      </c>
+      <c r="M24" s="14"/>
+      <c r="AM24" s="138"/>
+      <c r="AN24" s="138"/>
+      <c r="AO24" s="138"/>
+      <c r="AP24" s="138"/>
+      <c r="AQ24" s="138"/>
+      <c r="AR24" s="138"/>
+      <c r="AS24" s="138"/>
+      <c r="AT24" s="138"/>
+      <c r="AU24" s="138"/>
+      <c r="AV24" s="138"/>
+      <c r="AW24" s="138"/>
+      <c r="AX24" s="138"/>
+    </row>
+    <row r="25" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="57" t="s">
+        <v>71</v>
+      </c>
+      <c r="B25" s="69">
+        <v>39</v>
+      </c>
+      <c r="C25" s="67">
+        <v>17</v>
+      </c>
+      <c r="D25" s="67">
+        <v>22</v>
+      </c>
+      <c r="E25" s="67"/>
+      <c r="F25" s="69">
+        <v>39</v>
+      </c>
+      <c r="G25" s="69">
+        <v>17</v>
+      </c>
+      <c r="H25" s="69">
+        <v>22</v>
+      </c>
+      <c r="I25" s="67"/>
+      <c r="J25" s="69">
+        <v>0</v>
+      </c>
+      <c r="K25" s="69">
+        <v>0</v>
+      </c>
+      <c r="L25" s="69">
+        <v>0</v>
+      </c>
+      <c r="AM25" s="138"/>
+      <c r="AN25" s="14"/>
+      <c r="AO25" s="14"/>
+      <c r="AP25" s="14"/>
+      <c r="AQ25" s="14"/>
+      <c r="AR25" s="14"/>
+      <c r="AS25" s="14"/>
+      <c r="AT25" s="14"/>
+      <c r="AU25" s="14"/>
+      <c r="AV25" s="14"/>
+      <c r="AW25" s="14"/>
+      <c r="AX25" s="138"/>
+    </row>
+    <row r="26" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="57" t="s">
+        <v>72</v>
+      </c>
+      <c r="B26" s="69">
+        <v>27</v>
+      </c>
+      <c r="C26" s="67">
+        <v>11</v>
+      </c>
+      <c r="D26" s="67">
+        <v>16</v>
+      </c>
+      <c r="E26" s="67"/>
+      <c r="F26" s="69">
+        <v>27</v>
+      </c>
+      <c r="G26" s="69">
+        <v>11</v>
+      </c>
+      <c r="H26" s="69">
+        <v>16</v>
+      </c>
+      <c r="I26" s="67"/>
+      <c r="J26" s="69">
+        <v>0</v>
+      </c>
+      <c r="K26" s="69">
+        <v>0</v>
+      </c>
+      <c r="L26" s="69">
+        <v>0</v>
+      </c>
+      <c r="M26" s="15"/>
+      <c r="AM26" s="138"/>
+      <c r="AN26" s="138"/>
+      <c r="AO26" s="138"/>
+      <c r="AP26" s="138"/>
+      <c r="AQ26" s="138"/>
+      <c r="AR26" s="138"/>
+      <c r="AS26" s="138"/>
+      <c r="AT26" s="138"/>
+      <c r="AU26" s="138"/>
+      <c r="AV26" s="138"/>
+      <c r="AW26" s="138"/>
+      <c r="AX26" s="138"/>
+    </row>
+    <row r="27" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="57" t="s">
+        <v>73</v>
+      </c>
+      <c r="B27" s="69">
+        <v>41</v>
+      </c>
+      <c r="C27" s="67">
+        <v>22</v>
+      </c>
+      <c r="D27" s="67">
+        <v>19</v>
+      </c>
+      <c r="E27" s="67"/>
+      <c r="F27" s="69">
+        <v>41</v>
+      </c>
+      <c r="G27" s="69">
+        <v>22</v>
+      </c>
+      <c r="H27" s="69">
+        <v>19</v>
+      </c>
+      <c r="I27" s="67"/>
+      <c r="J27" s="69">
+        <v>0</v>
+      </c>
+      <c r="K27" s="69">
+        <v>0</v>
+      </c>
+      <c r="L27" s="69">
+        <v>0</v>
+      </c>
+      <c r="AM27" s="138"/>
+      <c r="AN27" s="14"/>
+      <c r="AO27" s="14"/>
+      <c r="AP27" s="14"/>
+      <c r="AQ27" s="14"/>
+      <c r="AR27" s="14"/>
+      <c r="AS27" s="14"/>
+      <c r="AT27" s="14"/>
+      <c r="AU27" s="14"/>
+      <c r="AV27" s="14"/>
+      <c r="AW27" s="14"/>
+      <c r="AX27" s="138"/>
+    </row>
+    <row r="28" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="57" t="s">
+        <v>74</v>
+      </c>
+      <c r="B28" s="69">
+        <v>59</v>
+      </c>
+      <c r="C28" s="67">
+        <v>36</v>
+      </c>
+      <c r="D28" s="67">
+        <v>23</v>
+      </c>
+      <c r="E28" s="67"/>
+      <c r="F28" s="69">
+        <v>59</v>
+      </c>
+      <c r="G28" s="69">
+        <v>36</v>
+      </c>
+      <c r="H28" s="69">
+        <v>23</v>
+      </c>
+      <c r="I28" s="67"/>
+      <c r="J28" s="69">
+        <v>0</v>
+      </c>
+      <c r="K28" s="69">
+        <v>0</v>
+      </c>
+      <c r="L28" s="69">
+        <v>0</v>
+      </c>
+      <c r="AM28" s="138"/>
+      <c r="AN28" s="138"/>
+      <c r="AO28" s="138"/>
+      <c r="AP28" s="138"/>
+      <c r="AQ28" s="138"/>
+      <c r="AR28" s="138"/>
+      <c r="AS28" s="138"/>
+      <c r="AT28" s="138"/>
+      <c r="AU28" s="138"/>
+      <c r="AV28" s="138"/>
+      <c r="AW28" s="138"/>
+      <c r="AX28" s="138"/>
+    </row>
+    <row r="29" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="57" t="s">
+        <v>75</v>
+      </c>
+      <c r="B29" s="69">
+        <v>54</v>
+      </c>
+      <c r="C29" s="67">
+        <v>17</v>
+      </c>
+      <c r="D29" s="67">
+        <v>37</v>
+      </c>
+      <c r="E29" s="67"/>
+      <c r="F29" s="69">
+        <v>54</v>
+      </c>
+      <c r="G29" s="69">
+        <v>17</v>
+      </c>
+      <c r="H29" s="69">
+        <v>37</v>
+      </c>
+      <c r="I29" s="67"/>
+      <c r="J29" s="69">
+        <v>0</v>
+      </c>
+      <c r="K29" s="69">
+        <v>0</v>
+      </c>
+      <c r="L29" s="69">
+        <v>0</v>
+      </c>
+      <c r="M29" s="14"/>
+      <c r="AM29" s="138"/>
+      <c r="AN29" s="14"/>
+      <c r="AO29" s="14"/>
+      <c r="AP29" s="14"/>
+      <c r="AQ29" s="14"/>
+      <c r="AR29" s="14"/>
+      <c r="AS29" s="14"/>
+      <c r="AT29" s="14"/>
+      <c r="AU29" s="14"/>
+      <c r="AV29" s="14"/>
+      <c r="AW29" s="14"/>
+      <c r="AX29" s="138"/>
+    </row>
+    <row r="30" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A30" s="58" t="s">
+        <v>76</v>
+      </c>
+      <c r="B30" s="70">
+        <v>63</v>
+      </c>
+      <c r="C30" s="67">
+        <v>26</v>
+      </c>
+      <c r="D30" s="67">
+        <v>37</v>
+      </c>
+      <c r="E30" s="67"/>
+      <c r="F30" s="70">
+        <v>63</v>
+      </c>
+      <c r="G30" s="70">
+        <v>26</v>
+      </c>
+      <c r="H30" s="70">
+        <v>37</v>
+      </c>
+      <c r="I30" s="67"/>
+      <c r="J30" s="70">
+        <v>0</v>
+      </c>
+      <c r="K30" s="70">
+        <v>0</v>
+      </c>
+      <c r="L30" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM30" s="138"/>
+      <c r="AN30" s="138"/>
+      <c r="AO30" s="138"/>
+      <c r="AP30" s="138"/>
+      <c r="AQ30" s="138"/>
+      <c r="AR30" s="138"/>
+      <c r="AS30" s="138"/>
+      <c r="AT30" s="138"/>
+      <c r="AU30" s="138"/>
+      <c r="AV30" s="138"/>
+      <c r="AW30" s="138"/>
+      <c r="AX30" s="138"/>
+    </row>
+    <row r="31" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A31" s="58" t="s">
+        <v>77</v>
+      </c>
+      <c r="B31" s="70">
+        <v>69</v>
+      </c>
+      <c r="C31" s="67">
+        <v>19</v>
+      </c>
+      <c r="D31" s="67">
+        <v>50</v>
+      </c>
+      <c r="E31" s="67"/>
+      <c r="F31" s="70">
+        <v>69</v>
+      </c>
+      <c r="G31" s="70">
+        <v>19</v>
+      </c>
+      <c r="H31" s="70">
+        <v>50</v>
+      </c>
+      <c r="I31" s="67"/>
+      <c r="J31" s="70">
+        <v>0</v>
+      </c>
+      <c r="K31" s="70">
+        <v>0</v>
+      </c>
+      <c r="L31" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM31" s="138"/>
+      <c r="AN31" s="14"/>
+      <c r="AO31" s="14"/>
+      <c r="AP31" s="14"/>
+      <c r="AQ31" s="14"/>
+      <c r="AR31" s="14"/>
+      <c r="AS31" s="14"/>
+      <c r="AT31" s="14"/>
+      <c r="AU31" s="14"/>
+      <c r="AV31" s="14"/>
+      <c r="AW31" s="14"/>
+      <c r="AX31" s="138"/>
+    </row>
+    <row r="32" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A32" s="58" t="s">
+        <v>78</v>
+      </c>
+      <c r="B32" s="70">
+        <v>39</v>
+      </c>
+      <c r="C32" s="67">
+        <v>19</v>
+      </c>
+      <c r="D32" s="67">
+        <v>20</v>
+      </c>
+      <c r="E32" s="67"/>
+      <c r="F32" s="70">
+        <v>39</v>
+      </c>
+      <c r="G32" s="70">
+        <v>19</v>
+      </c>
+      <c r="H32" s="70">
+        <v>20</v>
+      </c>
+      <c r="I32" s="67"/>
+      <c r="J32" s="70">
+        <v>0</v>
+      </c>
+      <c r="K32" s="70">
+        <v>0</v>
+      </c>
+      <c r="L32" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM32" s="138"/>
+      <c r="AN32" s="138"/>
+      <c r="AO32" s="138"/>
+      <c r="AP32" s="138"/>
+      <c r="AQ32" s="138"/>
+      <c r="AR32" s="138"/>
+      <c r="AS32" s="138"/>
+      <c r="AT32" s="138"/>
+      <c r="AU32" s="138"/>
+      <c r="AV32" s="138"/>
+      <c r="AW32" s="138"/>
+      <c r="AX32" s="138"/>
+    </row>
+    <row r="33" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A33" s="58" t="s">
+        <v>79</v>
+      </c>
+      <c r="B33" s="70">
+        <v>24</v>
+      </c>
+      <c r="C33" s="67">
+        <v>14</v>
+      </c>
+      <c r="D33" s="67">
+        <v>10</v>
+      </c>
+      <c r="E33" s="67"/>
+      <c r="F33" s="70">
+        <v>24</v>
+      </c>
+      <c r="G33" s="70">
+        <v>14</v>
+      </c>
+      <c r="H33" s="70">
+        <v>10</v>
+      </c>
+      <c r="I33" s="67"/>
+      <c r="J33" s="70">
+        <v>0</v>
+      </c>
+      <c r="K33" s="70">
+        <v>0</v>
+      </c>
+      <c r="L33" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM33" s="138"/>
+      <c r="AN33" s="14"/>
+      <c r="AO33" s="14"/>
+      <c r="AP33" s="14"/>
+      <c r="AQ33" s="14"/>
+      <c r="AR33" s="14"/>
+      <c r="AS33" s="14"/>
+      <c r="AT33" s="14"/>
+      <c r="AU33" s="14"/>
+      <c r="AV33" s="14"/>
+      <c r="AW33" s="14"/>
+      <c r="AX33" s="138"/>
+    </row>
+    <row r="34" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A34" s="58" t="s">
+        <v>80</v>
+      </c>
+      <c r="B34" s="70">
+        <v>26</v>
+      </c>
+      <c r="C34" s="67">
+        <v>15</v>
+      </c>
+      <c r="D34" s="67">
+        <v>11</v>
+      </c>
+      <c r="E34" s="67"/>
+      <c r="F34" s="70">
+        <v>26</v>
+      </c>
+      <c r="G34" s="70">
+        <v>15</v>
+      </c>
+      <c r="H34" s="70">
+        <v>11</v>
+      </c>
+      <c r="I34" s="67"/>
+      <c r="J34" s="70">
+        <v>0</v>
+      </c>
+      <c r="K34" s="70">
+        <v>0</v>
+      </c>
+      <c r="L34" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM34" s="138"/>
+      <c r="AN34" s="138"/>
+      <c r="AO34" s="138"/>
+      <c r="AP34" s="138"/>
+      <c r="AQ34" s="138"/>
+      <c r="AR34" s="138"/>
+      <c r="AS34" s="138"/>
+      <c r="AT34" s="138"/>
+      <c r="AU34" s="138"/>
+      <c r="AV34" s="138"/>
+      <c r="AW34" s="138"/>
+      <c r="AX34" s="138"/>
+    </row>
+    <row r="35" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A35" s="58" t="s">
+        <v>81</v>
+      </c>
+      <c r="B35" s="70">
+        <v>16</v>
+      </c>
+      <c r="C35" s="67">
+        <v>7</v>
+      </c>
+      <c r="D35" s="67">
+        <v>9</v>
+      </c>
+      <c r="E35" s="67"/>
+      <c r="F35" s="70">
+        <v>15</v>
+      </c>
+      <c r="G35" s="70">
+        <v>7</v>
+      </c>
+      <c r="H35" s="70">
+        <v>8</v>
+      </c>
+      <c r="I35" s="67"/>
+      <c r="J35" s="70">
+        <v>1</v>
+      </c>
+      <c r="K35" s="70">
+        <v>0</v>
+      </c>
+      <c r="L35" s="70">
+        <v>1</v>
+      </c>
+      <c r="AM35" s="138"/>
+      <c r="AN35" s="14"/>
+      <c r="AO35" s="14"/>
+      <c r="AP35" s="14"/>
+      <c r="AQ35" s="14"/>
+      <c r="AR35" s="14"/>
+      <c r="AS35" s="14"/>
+      <c r="AT35" s="14"/>
+      <c r="AU35" s="14"/>
+      <c r="AV35" s="14"/>
+      <c r="AW35" s="14"/>
+      <c r="AX35" s="138"/>
+    </row>
+    <row r="36" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A36" s="58" t="s">
+        <v>82</v>
+      </c>
+      <c r="B36" s="70">
+        <v>14</v>
+      </c>
+      <c r="C36" s="67">
+        <v>9</v>
+      </c>
+      <c r="D36" s="67">
+        <v>5</v>
+      </c>
+      <c r="E36" s="67"/>
+      <c r="F36" s="70">
+        <v>13</v>
+      </c>
+      <c r="G36" s="70">
+        <v>8</v>
+      </c>
+      <c r="H36" s="70">
+        <v>5</v>
+      </c>
+      <c r="I36" s="67"/>
+      <c r="J36" s="70">
+        <v>1</v>
+      </c>
+      <c r="K36" s="70">
+        <v>1</v>
+      </c>
+      <c r="L36" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM36" s="138"/>
+      <c r="AN36" s="138"/>
+      <c r="AO36" s="138"/>
+      <c r="AP36" s="138"/>
+      <c r="AQ36" s="138"/>
+      <c r="AR36" s="138"/>
+      <c r="AS36" s="138"/>
+      <c r="AT36" s="138"/>
+      <c r="AU36" s="138"/>
+      <c r="AV36" s="138"/>
+      <c r="AW36" s="138"/>
+      <c r="AX36" s="138"/>
+    </row>
+    <row r="37" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A37" s="58" t="s">
+        <v>83</v>
+      </c>
+      <c r="B37" s="70">
+        <v>23</v>
+      </c>
+      <c r="C37" s="67">
+        <v>13</v>
+      </c>
+      <c r="D37" s="67">
+        <v>10</v>
+      </c>
+      <c r="E37" s="67"/>
+      <c r="F37" s="70">
+        <v>23</v>
+      </c>
+      <c r="G37" s="70">
+        <v>13</v>
+      </c>
+      <c r="H37" s="70">
+        <v>10</v>
+      </c>
+      <c r="I37" s="67"/>
+      <c r="J37" s="70">
+        <v>0</v>
+      </c>
+      <c r="K37" s="70">
+        <v>0</v>
+      </c>
+      <c r="L37" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM37" s="138"/>
+      <c r="AN37" s="14"/>
+      <c r="AO37" s="14"/>
+      <c r="AP37" s="14"/>
+      <c r="AQ37" s="14"/>
+      <c r="AR37" s="14"/>
+      <c r="AS37" s="14"/>
+      <c r="AT37" s="14"/>
+      <c r="AU37" s="14"/>
+      <c r="AV37" s="14"/>
+      <c r="AW37" s="14"/>
+      <c r="AX37" s="138"/>
+    </row>
+    <row r="38" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A38" s="58" t="s">
+        <v>84</v>
+      </c>
+      <c r="B38" s="70">
+        <v>24</v>
+      </c>
+      <c r="C38" s="67">
+        <v>16</v>
+      </c>
+      <c r="D38" s="67">
+        <v>8</v>
+      </c>
+      <c r="E38" s="67"/>
+      <c r="F38" s="70">
+        <v>24</v>
+      </c>
+      <c r="G38" s="70">
+        <v>16</v>
+      </c>
+      <c r="H38" s="70">
+        <v>8</v>
+      </c>
+      <c r="I38" s="67"/>
+      <c r="J38" s="70">
+        <v>0</v>
+      </c>
+      <c r="K38" s="70">
+        <v>0</v>
+      </c>
+      <c r="L38" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM38" s="138"/>
+      <c r="AN38" s="138"/>
+      <c r="AO38" s="138"/>
+      <c r="AP38" s="138"/>
+      <c r="AQ38" s="138"/>
+      <c r="AR38" s="138"/>
+      <c r="AS38" s="138"/>
+      <c r="AT38" s="138"/>
+      <c r="AU38" s="138"/>
+      <c r="AV38" s="138"/>
+      <c r="AW38" s="138"/>
+      <c r="AX38" s="138"/>
+    </row>
+    <row r="39" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A39" s="58" t="s">
+        <v>85</v>
+      </c>
+      <c r="B39" s="70">
+        <v>32</v>
+      </c>
+      <c r="C39" s="67">
+        <v>20</v>
+      </c>
+      <c r="D39" s="67">
+        <v>12</v>
+      </c>
+      <c r="E39" s="67"/>
+      <c r="F39" s="70">
+        <v>32</v>
+      </c>
+      <c r="G39" s="70">
+        <v>20</v>
+      </c>
+      <c r="H39" s="70">
+        <v>12</v>
+      </c>
+      <c r="I39" s="67"/>
+      <c r="J39" s="70">
+        <v>0</v>
+      </c>
+      <c r="K39" s="70">
+        <v>0</v>
+      </c>
+      <c r="L39" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM39" s="138"/>
+      <c r="AN39" s="14"/>
+      <c r="AO39" s="14"/>
+      <c r="AP39" s="14"/>
+      <c r="AQ39" s="14"/>
+      <c r="AR39" s="14"/>
+      <c r="AS39" s="14"/>
+      <c r="AT39" s="14"/>
+      <c r="AU39" s="14"/>
+      <c r="AV39" s="14"/>
+      <c r="AW39" s="14"/>
+      <c r="AX39" s="138"/>
+    </row>
+    <row r="40" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A40" s="58" t="s">
+        <v>86</v>
+      </c>
+      <c r="B40" s="70">
+        <v>23</v>
+      </c>
+      <c r="C40" s="67">
+        <v>16</v>
+      </c>
+      <c r="D40" s="67">
+        <v>7</v>
+      </c>
+      <c r="E40" s="67"/>
+      <c r="F40" s="70">
+        <v>22</v>
+      </c>
+      <c r="G40" s="70">
+        <v>16</v>
+      </c>
+      <c r="H40" s="70">
+        <v>6</v>
+      </c>
+      <c r="I40" s="67"/>
+      <c r="J40" s="70">
+        <v>1</v>
+      </c>
+      <c r="K40" s="70">
+        <v>0</v>
+      </c>
+      <c r="L40" s="70">
+        <v>1</v>
+      </c>
+      <c r="AM40" s="138"/>
+      <c r="AN40" s="138"/>
+      <c r="AO40" s="138"/>
+      <c r="AP40" s="138"/>
+      <c r="AQ40" s="138"/>
+      <c r="AR40" s="138"/>
+      <c r="AS40" s="138"/>
+      <c r="AT40" s="138"/>
+      <c r="AU40" s="138"/>
+      <c r="AV40" s="138"/>
+      <c r="AW40" s="138"/>
+      <c r="AX40" s="138"/>
+    </row>
+    <row r="41" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A41" s="58" t="s">
+        <v>87</v>
+      </c>
+      <c r="B41" s="70">
+        <v>26</v>
+      </c>
+      <c r="C41" s="67">
+        <v>14</v>
+      </c>
+      <c r="D41" s="67">
+        <v>12</v>
+      </c>
+      <c r="E41" s="67"/>
+      <c r="F41" s="70">
+        <v>26</v>
+      </c>
+      <c r="G41" s="70">
+        <v>14</v>
+      </c>
+      <c r="H41" s="70">
+        <v>12</v>
+      </c>
+      <c r="I41" s="67"/>
+      <c r="J41" s="70">
+        <v>0</v>
+      </c>
+      <c r="K41" s="70">
+        <v>0</v>
+      </c>
+      <c r="L41" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM41" s="138"/>
+      <c r="AN41" s="14"/>
+      <c r="AO41" s="14"/>
+      <c r="AP41" s="14"/>
+      <c r="AQ41" s="14"/>
+      <c r="AR41" s="14"/>
+      <c r="AS41" s="14"/>
+      <c r="AT41" s="14"/>
+      <c r="AU41" s="14"/>
+      <c r="AV41" s="14"/>
+      <c r="AW41" s="14"/>
+      <c r="AX41" s="138"/>
+    </row>
+    <row r="42" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A42" s="58" t="s">
+        <v>88</v>
+      </c>
+      <c r="B42" s="70">
+        <v>27</v>
+      </c>
+      <c r="C42" s="67">
+        <v>19</v>
+      </c>
+      <c r="D42" s="67">
+        <v>8</v>
+      </c>
+      <c r="E42" s="67"/>
+      <c r="F42" s="70">
+        <v>26</v>
+      </c>
+      <c r="G42" s="70">
+        <v>19</v>
+      </c>
+      <c r="H42" s="70">
+        <v>7</v>
+      </c>
+      <c r="I42" s="67"/>
+      <c r="J42" s="70">
+        <v>1</v>
+      </c>
+      <c r="K42" s="70">
+        <v>0</v>
+      </c>
+      <c r="L42" s="70">
+        <v>1</v>
+      </c>
+      <c r="AM42" s="138"/>
+      <c r="AN42" s="138"/>
+      <c r="AO42" s="138"/>
+      <c r="AP42" s="138"/>
+      <c r="AQ42" s="138"/>
+      <c r="AR42" s="138"/>
+      <c r="AS42" s="138"/>
+      <c r="AT42" s="138"/>
+      <c r="AU42" s="138"/>
+      <c r="AV42" s="138"/>
+      <c r="AW42" s="138"/>
+      <c r="AX42" s="138"/>
+    </row>
+    <row r="43" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A43" s="58" t="s">
+        <v>89</v>
+      </c>
+      <c r="B43" s="70">
+        <v>23</v>
+      </c>
+      <c r="C43" s="67">
+        <v>12</v>
+      </c>
+      <c r="D43" s="67">
+        <v>11</v>
+      </c>
+      <c r="E43" s="67"/>
+      <c r="F43" s="70">
+        <v>23</v>
+      </c>
+      <c r="G43" s="70">
+        <v>12</v>
+      </c>
+      <c r="H43" s="70">
+        <v>11</v>
+      </c>
+      <c r="I43" s="67"/>
+      <c r="J43" s="70">
+        <v>0</v>
+      </c>
+      <c r="K43" s="70">
+        <v>0</v>
+      </c>
+      <c r="L43" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM43" s="138"/>
+      <c r="AN43" s="14"/>
+      <c r="AO43" s="14"/>
+      <c r="AP43" s="14"/>
+      <c r="AQ43" s="14"/>
+      <c r="AR43" s="14"/>
+      <c r="AS43" s="14"/>
+      <c r="AT43" s="14"/>
+      <c r="AU43" s="14"/>
+      <c r="AV43" s="14"/>
+      <c r="AW43" s="14"/>
+      <c r="AX43" s="138"/>
+    </row>
+    <row r="44" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A44" s="58" t="s">
+        <v>90</v>
+      </c>
+      <c r="B44" s="70">
+        <v>23</v>
+      </c>
+      <c r="C44" s="67">
+        <v>7</v>
+      </c>
+      <c r="D44" s="67">
+        <v>16</v>
+      </c>
+      <c r="E44" s="67"/>
+      <c r="F44" s="70">
+        <v>23</v>
+      </c>
+      <c r="G44" s="70">
+        <v>7</v>
+      </c>
+      <c r="H44" s="70">
+        <v>16</v>
+      </c>
+      <c r="I44" s="67"/>
+      <c r="J44" s="70">
+        <v>0</v>
+      </c>
+      <c r="K44" s="70">
+        <v>0</v>
+      </c>
+      <c r="L44" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM44" s="138"/>
+      <c r="AN44" s="138"/>
+      <c r="AO44" s="138"/>
+      <c r="AP44" s="138"/>
+      <c r="AQ44" s="138"/>
+      <c r="AR44" s="138"/>
+      <c r="AS44" s="138"/>
+      <c r="AT44" s="138"/>
+      <c r="AU44" s="138"/>
+      <c r="AV44" s="138"/>
+      <c r="AW44" s="138"/>
+      <c r="AX44" s="138"/>
+    </row>
+    <row r="45" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A45" s="58" t="s">
+        <v>91</v>
+      </c>
+      <c r="B45" s="70">
+        <v>32</v>
+      </c>
+      <c r="C45" s="67">
+        <v>19</v>
+      </c>
+      <c r="D45" s="67">
+        <v>13</v>
+      </c>
+      <c r="E45" s="67"/>
+      <c r="F45" s="70">
+        <v>32</v>
+      </c>
+      <c r="G45" s="70">
+        <v>19</v>
+      </c>
+      <c r="H45" s="70">
+        <v>13</v>
+      </c>
+      <c r="I45" s="67"/>
+      <c r="J45" s="70">
+        <v>0</v>
+      </c>
+      <c r="K45" s="70">
+        <v>0</v>
+      </c>
+      <c r="L45" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM45" s="138"/>
+      <c r="AN45" s="14"/>
+      <c r="AO45" s="14"/>
+      <c r="AP45" s="14"/>
+      <c r="AQ45" s="14"/>
+      <c r="AR45" s="14"/>
+      <c r="AS45" s="14"/>
+      <c r="AT45" s="14"/>
+      <c r="AU45" s="14"/>
+      <c r="AV45" s="14"/>
+      <c r="AW45" s="14"/>
+      <c r="AX45" s="138"/>
+    </row>
+    <row r="46" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A46" s="58" t="s">
+        <v>92</v>
+      </c>
+      <c r="B46" s="70">
+        <v>41</v>
+      </c>
+      <c r="C46" s="67">
+        <v>30</v>
+      </c>
+      <c r="D46" s="67">
+        <v>11</v>
+      </c>
+      <c r="E46" s="67"/>
+      <c r="F46" s="70">
+        <v>41</v>
+      </c>
+      <c r="G46" s="70">
+        <v>30</v>
+      </c>
+      <c r="H46" s="70">
+        <v>11</v>
+      </c>
+      <c r="I46" s="67"/>
+      <c r="J46" s="70">
+        <v>0</v>
+      </c>
+      <c r="K46" s="70">
+        <v>0</v>
+      </c>
+      <c r="L46" s="70">
+        <v>0</v>
+      </c>
+      <c r="M46" s="8"/>
+      <c r="N46" s="8"/>
+      <c r="O46" s="10"/>
+      <c r="AM46" s="138"/>
+      <c r="AN46" s="138"/>
+      <c r="AO46" s="138"/>
+      <c r="AP46" s="138"/>
+      <c r="AQ46" s="138"/>
+      <c r="AR46" s="138"/>
+      <c r="AS46" s="138"/>
+      <c r="AT46" s="138"/>
+      <c r="AU46" s="138"/>
+      <c r="AV46" s="138"/>
+      <c r="AW46" s="138"/>
+      <c r="AX46" s="138"/>
+    </row>
+    <row r="47" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A47" s="58" t="s">
+        <v>93</v>
+      </c>
+      <c r="B47" s="70">
+        <v>28</v>
+      </c>
+      <c r="C47" s="67">
+        <v>15</v>
+      </c>
+      <c r="D47" s="67">
+        <v>13</v>
+      </c>
+      <c r="E47" s="67"/>
+      <c r="F47" s="70">
+        <v>28</v>
+      </c>
+      <c r="G47" s="70">
+        <v>15</v>
+      </c>
+      <c r="H47" s="70">
+        <v>13</v>
+      </c>
+      <c r="I47" s="67"/>
+      <c r="J47" s="70">
+        <v>0</v>
+      </c>
+      <c r="K47" s="70">
+        <v>0</v>
+      </c>
+      <c r="L47" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM47" s="138"/>
+      <c r="AN47" s="14"/>
+      <c r="AO47" s="14"/>
+      <c r="AP47" s="14"/>
+      <c r="AQ47" s="14"/>
+      <c r="AR47" s="14"/>
+      <c r="AS47" s="14"/>
+      <c r="AT47" s="14"/>
+      <c r="AU47" s="14"/>
+      <c r="AV47" s="14"/>
+      <c r="AW47" s="14"/>
+      <c r="AX47" s="138"/>
+    </row>
+    <row r="48" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A48" s="58" t="s">
+        <v>94</v>
+      </c>
+      <c r="B48" s="70">
+        <v>47</v>
+      </c>
+      <c r="C48" s="67">
+        <v>24</v>
+      </c>
+      <c r="D48" s="67">
+        <v>23</v>
+      </c>
+      <c r="E48" s="67"/>
+      <c r="F48" s="70">
+        <v>47</v>
+      </c>
+      <c r="G48" s="70">
+        <v>24</v>
+      </c>
+      <c r="H48" s="70">
+        <v>23</v>
+      </c>
+      <c r="I48" s="67"/>
+      <c r="J48" s="70">
+        <v>0</v>
+      </c>
+      <c r="K48" s="70">
+        <v>0</v>
+      </c>
+      <c r="L48" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM48" s="138"/>
+      <c r="AN48" s="138"/>
+      <c r="AO48" s="138"/>
+      <c r="AP48" s="138"/>
+      <c r="AQ48" s="138"/>
+      <c r="AR48" s="138"/>
+      <c r="AS48" s="138"/>
+      <c r="AT48" s="138"/>
+      <c r="AU48" s="138"/>
+      <c r="AV48" s="138"/>
+      <c r="AW48" s="138"/>
+      <c r="AX48" s="138"/>
+    </row>
+    <row r="49" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A49" s="58" t="s">
+        <v>95</v>
+      </c>
+      <c r="B49" s="70">
+        <v>51</v>
+      </c>
+      <c r="C49" s="67">
+        <v>27</v>
+      </c>
+      <c r="D49" s="67">
+        <v>24</v>
+      </c>
+      <c r="E49" s="67"/>
+      <c r="F49" s="70">
+        <v>51</v>
+      </c>
+      <c r="G49" s="70">
+        <v>27</v>
+      </c>
+      <c r="H49" s="70">
+        <v>24</v>
+      </c>
+      <c r="I49" s="67"/>
+      <c r="J49" s="70">
+        <v>0</v>
+      </c>
+      <c r="K49" s="70">
+        <v>0</v>
+      </c>
+      <c r="L49" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM49" s="138"/>
+      <c r="AN49" s="14"/>
+      <c r="AO49" s="14"/>
+      <c r="AP49" s="14"/>
+      <c r="AQ49" s="14"/>
+      <c r="AR49" s="14"/>
+      <c r="AS49" s="14"/>
+      <c r="AT49" s="14"/>
+      <c r="AU49" s="14"/>
+      <c r="AV49" s="14"/>
+      <c r="AW49" s="14"/>
+      <c r="AX49" s="138"/>
+    </row>
+    <row r="50" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A50" s="58" t="s">
+        <v>96</v>
+      </c>
+      <c r="B50" s="70">
+        <v>33</v>
+      </c>
+      <c r="C50" s="67">
+        <v>22</v>
+      </c>
+      <c r="D50" s="67">
+        <v>11</v>
+      </c>
+      <c r="E50" s="67"/>
+      <c r="F50" s="70">
+        <v>31</v>
+      </c>
+      <c r="G50" s="70">
+        <v>22</v>
+      </c>
+      <c r="H50" s="70">
+        <v>9</v>
+      </c>
+      <c r="I50" s="67"/>
+      <c r="J50" s="70">
+        <v>2</v>
+      </c>
+      <c r="K50" s="70">
+        <v>0</v>
+      </c>
+      <c r="L50" s="70">
+        <v>2</v>
+      </c>
+      <c r="AM50" s="138"/>
+      <c r="AN50" s="138"/>
+      <c r="AO50" s="138"/>
+      <c r="AP50" s="138"/>
+      <c r="AQ50" s="138"/>
+      <c r="AR50" s="138"/>
+      <c r="AS50" s="138"/>
+      <c r="AT50" s="138"/>
+      <c r="AU50" s="138"/>
+      <c r="AV50" s="138"/>
+      <c r="AW50" s="138"/>
+      <c r="AX50" s="138"/>
+    </row>
+    <row r="51" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A51" s="58" t="s">
+        <v>97</v>
+      </c>
+      <c r="B51" s="70">
+        <v>33</v>
+      </c>
+      <c r="C51" s="67">
+        <v>15</v>
+      </c>
+      <c r="D51" s="67">
+        <v>18</v>
+      </c>
+      <c r="E51" s="67"/>
+      <c r="F51" s="70">
+        <v>33</v>
+      </c>
+      <c r="G51" s="70">
+        <v>15</v>
+      </c>
+      <c r="H51" s="70">
+        <v>18</v>
+      </c>
+      <c r="I51" s="67"/>
+      <c r="J51" s="70">
+        <v>0</v>
+      </c>
+      <c r="K51" s="70">
+        <v>0</v>
+      </c>
+      <c r="L51" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM51" s="138"/>
+      <c r="AN51" s="14"/>
+      <c r="AO51" s="14"/>
+      <c r="AP51" s="14"/>
+      <c r="AQ51" s="14"/>
+      <c r="AR51" s="14"/>
+      <c r="AS51" s="14"/>
+      <c r="AT51" s="14"/>
+      <c r="AU51" s="14"/>
+      <c r="AV51" s="14"/>
+      <c r="AW51" s="14"/>
+      <c r="AX51" s="138"/>
+    </row>
+    <row r="52" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A52" s="58" t="s">
+        <v>98</v>
+      </c>
+      <c r="B52" s="70">
+        <v>44</v>
+      </c>
+      <c r="C52" s="67">
+        <v>25</v>
+      </c>
+      <c r="D52" s="67">
+        <v>19</v>
+      </c>
+      <c r="E52" s="67"/>
+      <c r="F52" s="70">
+        <v>44</v>
+      </c>
+      <c r="G52" s="70">
+        <v>25</v>
+      </c>
+      <c r="H52" s="70">
+        <v>19</v>
+      </c>
+      <c r="I52" s="67"/>
+      <c r="J52" s="70">
+        <v>0</v>
+      </c>
+      <c r="K52" s="70">
+        <v>0</v>
+      </c>
+      <c r="L52" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM52" s="138"/>
+      <c r="AN52" s="138"/>
+      <c r="AO52" s="138"/>
+      <c r="AP52" s="138"/>
+      <c r="AQ52" s="138"/>
+      <c r="AR52" s="138"/>
+      <c r="AS52" s="138"/>
+      <c r="AT52" s="138"/>
+      <c r="AU52" s="138"/>
+      <c r="AV52" s="138"/>
+      <c r="AW52" s="138"/>
+      <c r="AX52" s="138"/>
+    </row>
+    <row r="53" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A53" s="58" t="s">
+        <v>99</v>
+      </c>
+      <c r="B53" s="70">
+        <v>28</v>
+      </c>
+      <c r="C53" s="67">
+        <v>18</v>
+      </c>
+      <c r="D53" s="67">
+        <v>10</v>
+      </c>
+      <c r="E53" s="67"/>
+      <c r="F53" s="70">
+        <v>28</v>
+      </c>
+      <c r="G53" s="70">
+        <v>18</v>
+      </c>
+      <c r="H53" s="70">
+        <v>10</v>
+      </c>
+      <c r="I53" s="67"/>
+      <c r="J53" s="70">
+        <v>0</v>
+      </c>
+      <c r="K53" s="70">
+        <v>0</v>
+      </c>
+      <c r="L53" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM53" s="138"/>
+      <c r="AN53" s="14"/>
+      <c r="AO53" s="14"/>
+      <c r="AP53" s="14"/>
+      <c r="AQ53" s="14"/>
+      <c r="AR53" s="14"/>
+      <c r="AS53" s="14"/>
+      <c r="AT53" s="14"/>
+      <c r="AU53" s="14"/>
+      <c r="AV53" s="14"/>
+      <c r="AW53" s="14"/>
+      <c r="AX53" s="138"/>
+    </row>
+    <row r="54" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A54" s="58" t="s">
+        <v>100</v>
+      </c>
+      <c r="B54" s="70">
+        <v>37</v>
+      </c>
+      <c r="C54" s="67">
+        <v>21</v>
+      </c>
+      <c r="D54" s="67">
+        <v>16</v>
+      </c>
+      <c r="E54" s="67"/>
+      <c r="F54" s="70">
+        <v>36</v>
+      </c>
+      <c r="G54" s="70">
+        <v>21</v>
+      </c>
+      <c r="H54" s="70">
+        <v>15</v>
+      </c>
+      <c r="I54" s="67"/>
+      <c r="J54" s="70">
+        <v>1</v>
+      </c>
+      <c r="K54" s="70">
+        <v>0</v>
+      </c>
+      <c r="L54" s="70">
+        <v>1</v>
+      </c>
+      <c r="AM54" s="138"/>
+      <c r="AN54" s="138"/>
+      <c r="AO54" s="138"/>
+      <c r="AP54" s="138"/>
+      <c r="AQ54" s="138"/>
+      <c r="AR54" s="138"/>
+      <c r="AS54" s="138"/>
+      <c r="AT54" s="138"/>
+      <c r="AU54" s="138"/>
+      <c r="AV54" s="138"/>
+      <c r="AW54" s="138"/>
+      <c r="AX54" s="138"/>
+    </row>
+    <row r="55" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A55" s="58" t="s">
+        <v>101</v>
+      </c>
+      <c r="B55" s="70">
+        <v>29</v>
+      </c>
+      <c r="C55" s="67">
+        <v>12</v>
+      </c>
+      <c r="D55" s="67">
+        <v>17</v>
+      </c>
+      <c r="E55" s="67"/>
+      <c r="F55" s="70">
+        <v>29</v>
+      </c>
+      <c r="G55" s="70">
+        <v>12</v>
+      </c>
+      <c r="H55" s="70">
+        <v>17</v>
+      </c>
+      <c r="I55" s="67"/>
+      <c r="J55" s="70">
+        <v>0</v>
+      </c>
+      <c r="K55" s="70">
+        <v>0</v>
+      </c>
+      <c r="L55" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM55" s="138"/>
+      <c r="AN55" s="14"/>
+      <c r="AO55" s="14"/>
+      <c r="AP55" s="14"/>
+      <c r="AQ55" s="14"/>
+      <c r="AR55" s="14"/>
+      <c r="AS55" s="14"/>
+      <c r="AT55" s="14"/>
+      <c r="AU55" s="14"/>
+      <c r="AV55" s="14"/>
+      <c r="AW55" s="14"/>
+      <c r="AX55" s="138"/>
+    </row>
+    <row r="56" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A56" s="58" t="s">
+        <v>102</v>
+      </c>
+      <c r="B56" s="70">
+        <v>22</v>
+      </c>
+      <c r="C56" s="67">
+        <v>14</v>
+      </c>
+      <c r="D56" s="67">
+        <v>8</v>
+      </c>
+      <c r="E56" s="67"/>
+      <c r="F56" s="70">
+        <v>22</v>
+      </c>
+      <c r="G56" s="70">
+        <v>14</v>
+      </c>
+      <c r="H56" s="70">
+        <v>8</v>
+      </c>
+      <c r="I56" s="67"/>
+      <c r="J56" s="70">
+        <v>0</v>
+      </c>
+      <c r="K56" s="70">
+        <v>0</v>
+      </c>
+      <c r="L56" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM56" s="138"/>
+      <c r="AN56" s="138"/>
+      <c r="AO56" s="138"/>
+      <c r="AP56" s="138"/>
+      <c r="AQ56" s="138"/>
+      <c r="AR56" s="138"/>
+      <c r="AS56" s="138"/>
+      <c r="AT56" s="138"/>
+      <c r="AU56" s="138"/>
+      <c r="AV56" s="138"/>
+      <c r="AW56" s="138"/>
+      <c r="AX56" s="138"/>
+    </row>
+    <row r="57" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A57" s="58" t="s">
+        <v>103</v>
+      </c>
+      <c r="B57" s="70">
+        <v>15</v>
+      </c>
+      <c r="C57" s="67">
+        <v>9</v>
+      </c>
+      <c r="D57" s="67">
+        <v>6</v>
+      </c>
+      <c r="E57" s="67"/>
+      <c r="F57" s="70">
+        <v>15</v>
+      </c>
+      <c r="G57" s="70">
+        <v>9</v>
+      </c>
+      <c r="H57" s="70">
+        <v>6</v>
+      </c>
+      <c r="I57" s="67"/>
+      <c r="J57" s="70">
+        <v>0</v>
+      </c>
+      <c r="K57" s="70">
+        <v>0</v>
+      </c>
+      <c r="L57" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM57" s="138"/>
+      <c r="AN57" s="14"/>
+      <c r="AO57" s="14"/>
+      <c r="AP57" s="14"/>
+      <c r="AQ57" s="14"/>
+      <c r="AR57" s="14"/>
+      <c r="AS57" s="14"/>
+      <c r="AT57" s="14"/>
+      <c r="AU57" s="14"/>
+      <c r="AV57" s="14"/>
+      <c r="AW57" s="14"/>
+      <c r="AX57" s="138"/>
+    </row>
+    <row r="58" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A58" s="58" t="s">
+        <v>104</v>
+      </c>
+      <c r="B58" s="70">
+        <v>26</v>
+      </c>
+      <c r="C58" s="67">
+        <v>13</v>
+      </c>
+      <c r="D58" s="67">
+        <v>13</v>
+      </c>
+      <c r="E58" s="67"/>
+      <c r="F58" s="70">
+        <v>25</v>
+      </c>
+      <c r="G58" s="70">
+        <v>13</v>
+      </c>
+      <c r="H58" s="70">
+        <v>12</v>
+      </c>
+      <c r="I58" s="67"/>
+      <c r="J58" s="70">
+        <v>1</v>
+      </c>
+      <c r="K58" s="70">
+        <v>0</v>
+      </c>
+      <c r="L58" s="70">
+        <v>1</v>
+      </c>
+      <c r="AM58" s="138"/>
+      <c r="AN58" s="138"/>
+      <c r="AO58" s="138"/>
+      <c r="AP58" s="138"/>
+      <c r="AQ58" s="138"/>
+      <c r="AR58" s="138"/>
+      <c r="AS58" s="138"/>
+      <c r="AT58" s="138"/>
+      <c r="AU58" s="138"/>
+      <c r="AV58" s="138"/>
+      <c r="AW58" s="138"/>
+      <c r="AX58" s="138"/>
+    </row>
+    <row r="59" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A59" s="58" t="s">
+        <v>105</v>
+      </c>
+      <c r="B59" s="70">
+        <v>17</v>
+      </c>
+      <c r="C59" s="67">
+        <v>10</v>
+      </c>
+      <c r="D59" s="67">
+        <v>7</v>
+      </c>
+      <c r="E59" s="67"/>
+      <c r="F59" s="70">
+        <v>16</v>
+      </c>
+      <c r="G59" s="70">
+        <v>10</v>
+      </c>
+      <c r="H59" s="70">
+        <v>6</v>
+      </c>
+      <c r="I59" s="67"/>
+      <c r="J59" s="70">
+        <v>1</v>
+      </c>
+      <c r="K59" s="70">
+        <v>0</v>
+      </c>
+      <c r="L59" s="70">
+        <v>1</v>
+      </c>
+      <c r="AM59" s="138"/>
+      <c r="AN59" s="14"/>
+      <c r="AO59" s="14"/>
+      <c r="AP59" s="14"/>
+      <c r="AQ59" s="14"/>
+      <c r="AR59" s="14"/>
+      <c r="AS59" s="14"/>
+      <c r="AT59" s="14"/>
+      <c r="AU59" s="14"/>
+      <c r="AV59" s="14"/>
+      <c r="AW59" s="14"/>
+      <c r="AX59" s="138"/>
+    </row>
+    <row r="60" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A60" s="58" t="s">
+        <v>106</v>
+      </c>
+      <c r="B60" s="70">
+        <v>20</v>
+      </c>
+      <c r="C60" s="67">
+        <v>6</v>
+      </c>
+      <c r="D60" s="67">
+        <v>14</v>
+      </c>
+      <c r="E60" s="67"/>
+      <c r="F60" s="70">
+        <v>20</v>
+      </c>
+      <c r="G60" s="70">
+        <v>6</v>
+      </c>
+      <c r="H60" s="70">
+        <v>14</v>
+      </c>
+      <c r="I60" s="67"/>
+      <c r="J60" s="70">
+        <v>0</v>
+      </c>
+      <c r="K60" s="70">
+        <v>0</v>
+      </c>
+      <c r="L60" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM60" s="138"/>
+      <c r="AN60" s="138"/>
+      <c r="AO60" s="138"/>
+      <c r="AP60" s="138"/>
+      <c r="AQ60" s="138"/>
+      <c r="AR60" s="138"/>
+      <c r="AS60" s="138"/>
+      <c r="AT60" s="138"/>
+      <c r="AU60" s="138"/>
+      <c r="AV60" s="138"/>
+      <c r="AW60" s="138"/>
+      <c r="AX60" s="138"/>
+    </row>
+    <row r="61" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A61" s="58" t="s">
+        <v>107</v>
+      </c>
+      <c r="B61" s="70">
+        <v>18</v>
+      </c>
+      <c r="C61" s="67">
+        <v>12</v>
+      </c>
+      <c r="D61" s="67">
+        <v>6</v>
+      </c>
+      <c r="E61" s="67"/>
+      <c r="F61" s="70">
+        <v>18</v>
+      </c>
+      <c r="G61" s="70">
+        <v>12</v>
+      </c>
+      <c r="H61" s="70">
+        <v>6</v>
+      </c>
+      <c r="I61" s="67"/>
+      <c r="J61" s="70">
+        <v>0</v>
+      </c>
+      <c r="K61" s="70">
+        <v>0</v>
+      </c>
+      <c r="L61" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM61" s="138"/>
+      <c r="AN61" s="14"/>
+      <c r="AO61" s="14"/>
+      <c r="AP61" s="14"/>
+      <c r="AQ61" s="14"/>
+      <c r="AR61" s="14"/>
+      <c r="AS61" s="14"/>
+      <c r="AT61" s="14"/>
+      <c r="AU61" s="14"/>
+      <c r="AV61" s="14"/>
+      <c r="AW61" s="14"/>
+      <c r="AX61" s="138"/>
+    </row>
+    <row r="62" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A62" s="58" t="s">
+        <v>108</v>
+      </c>
+      <c r="B62" s="70">
+        <v>16</v>
+      </c>
+      <c r="C62" s="67">
+        <v>10</v>
+      </c>
+      <c r="D62" s="67">
+        <v>6</v>
+      </c>
+      <c r="E62" s="67"/>
+      <c r="F62" s="70">
+        <v>16</v>
+      </c>
+      <c r="G62" s="70">
+        <v>10</v>
+      </c>
+      <c r="H62" s="70">
+        <v>6</v>
+      </c>
+      <c r="I62" s="67"/>
+      <c r="J62" s="70">
+        <v>0</v>
+      </c>
+      <c r="K62" s="70">
+        <v>0</v>
+      </c>
+      <c r="L62" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM62" s="138"/>
+      <c r="AN62" s="138"/>
+      <c r="AO62" s="138"/>
+      <c r="AP62" s="138"/>
+      <c r="AQ62" s="138"/>
+      <c r="AR62" s="138"/>
+      <c r="AS62" s="138"/>
+      <c r="AT62" s="138"/>
+      <c r="AU62" s="138"/>
+      <c r="AV62" s="138"/>
+      <c r="AW62" s="138"/>
+      <c r="AX62" s="138"/>
+    </row>
+    <row r="63" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A63" s="58" t="s">
+        <v>109</v>
+      </c>
+      <c r="B63" s="70">
+        <v>11</v>
+      </c>
+      <c r="C63" s="67">
+        <v>6</v>
+      </c>
+      <c r="D63" s="67">
+        <v>5</v>
+      </c>
+      <c r="E63" s="67"/>
+      <c r="F63" s="70">
+        <v>11</v>
+      </c>
+      <c r="G63" s="70">
+        <v>6</v>
+      </c>
+      <c r="H63" s="70">
+        <v>5</v>
+      </c>
+      <c r="I63" s="67"/>
+      <c r="J63" s="70">
+        <v>0</v>
+      </c>
+      <c r="K63" s="70">
+        <v>0</v>
+      </c>
+      <c r="L63" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM63" s="138"/>
+      <c r="AN63" s="14"/>
+      <c r="AO63" s="14"/>
+      <c r="AP63" s="14"/>
+      <c r="AQ63" s="14"/>
+      <c r="AR63" s="14"/>
+      <c r="AS63" s="14"/>
+      <c r="AT63" s="14"/>
+      <c r="AU63" s="14"/>
+      <c r="AV63" s="14"/>
+      <c r="AW63" s="14"/>
+      <c r="AX63" s="138"/>
+    </row>
+    <row r="64" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A64" s="58" t="s">
+        <v>110</v>
+      </c>
+      <c r="B64" s="70">
+        <v>10</v>
+      </c>
+      <c r="C64" s="67">
+        <v>4</v>
+      </c>
+      <c r="D64" s="67">
+        <v>6</v>
+      </c>
+      <c r="E64" s="67"/>
+      <c r="F64" s="70">
+        <v>9</v>
+      </c>
+      <c r="G64" s="70">
+        <v>4</v>
+      </c>
+      <c r="H64" s="70">
+        <v>5</v>
+      </c>
+      <c r="I64" s="67"/>
+      <c r="J64" s="70">
+        <v>1</v>
+      </c>
+      <c r="K64" s="70">
+        <v>0</v>
+      </c>
+      <c r="L64" s="70">
+        <v>1</v>
+      </c>
+      <c r="AM64" s="138"/>
+      <c r="AN64" s="138"/>
+      <c r="AO64" s="138"/>
+      <c r="AP64" s="138"/>
+      <c r="AQ64" s="138"/>
+      <c r="AR64" s="138"/>
+      <c r="AS64" s="138"/>
+      <c r="AT64" s="138"/>
+      <c r="AU64" s="138"/>
+      <c r="AV64" s="138"/>
+      <c r="AW64" s="138"/>
+      <c r="AX64" s="138"/>
+    </row>
+    <row r="65" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A65" s="58" t="s">
+        <v>111</v>
+      </c>
+      <c r="B65" s="70">
+        <v>10</v>
+      </c>
+      <c r="C65" s="67">
+        <v>7</v>
+      </c>
+      <c r="D65" s="67">
+        <v>3</v>
+      </c>
+      <c r="E65" s="67"/>
+      <c r="F65" s="70">
+        <v>10</v>
+      </c>
+      <c r="G65" s="70">
+        <v>7</v>
+      </c>
+      <c r="H65" s="70">
+        <v>3</v>
+      </c>
+      <c r="I65" s="67"/>
+      <c r="J65" s="70">
+        <v>0</v>
+      </c>
+      <c r="K65" s="70">
+        <v>0</v>
+      </c>
+      <c r="L65" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM65" s="138"/>
+      <c r="AN65" s="14"/>
+      <c r="AO65" s="14"/>
+      <c r="AP65" s="14"/>
+      <c r="AQ65" s="14"/>
+      <c r="AR65" s="14"/>
+      <c r="AS65" s="14"/>
+      <c r="AT65" s="14"/>
+      <c r="AU65" s="14"/>
+      <c r="AV65" s="14"/>
+      <c r="AW65" s="14"/>
+      <c r="AX65" s="138"/>
+    </row>
+    <row r="66" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A66" s="58" t="s">
+        <v>112</v>
+      </c>
+      <c r="B66" s="70">
+        <v>10</v>
+      </c>
+      <c r="C66" s="67">
+        <v>7</v>
+      </c>
+      <c r="D66" s="67">
+        <v>3</v>
+      </c>
+      <c r="E66" s="67"/>
+      <c r="F66" s="70">
+        <v>8</v>
+      </c>
+      <c r="G66" s="70">
+        <v>6</v>
+      </c>
+      <c r="H66" s="70">
+        <v>2</v>
+      </c>
+      <c r="I66" s="67"/>
+      <c r="J66" s="70">
+        <v>2</v>
+      </c>
+      <c r="K66" s="70">
+        <v>1</v>
+      </c>
+      <c r="L66" s="70">
+        <v>1</v>
+      </c>
+      <c r="AM66" s="138"/>
+      <c r="AN66" s="138"/>
+      <c r="AO66" s="138"/>
+      <c r="AP66" s="138"/>
+      <c r="AQ66" s="138"/>
+      <c r="AR66" s="138"/>
+      <c r="AS66" s="138"/>
+      <c r="AT66" s="138"/>
+      <c r="AU66" s="138"/>
+      <c r="AV66" s="138"/>
+      <c r="AW66" s="138"/>
+      <c r="AX66" s="138"/>
+    </row>
+    <row r="67" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A67" s="58" t="s">
+        <v>113</v>
+      </c>
+      <c r="B67" s="70">
+        <v>7</v>
+      </c>
+      <c r="C67" s="67">
+        <v>4</v>
+      </c>
+      <c r="D67" s="67">
+        <v>3</v>
+      </c>
+      <c r="E67" s="67"/>
+      <c r="F67" s="70">
+        <v>7</v>
+      </c>
+      <c r="G67" s="70">
+        <v>4</v>
+      </c>
+      <c r="H67" s="70">
+        <v>3</v>
+      </c>
+      <c r="I67" s="67"/>
+      <c r="J67" s="70">
+        <v>0</v>
+      </c>
+      <c r="K67" s="70">
+        <v>0</v>
+      </c>
+      <c r="L67" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM67" s="138"/>
+      <c r="AN67" s="14"/>
+      <c r="AO67" s="14"/>
+      <c r="AP67" s="14"/>
+      <c r="AQ67" s="14"/>
+      <c r="AR67" s="14"/>
+      <c r="AS67" s="14"/>
+      <c r="AT67" s="14"/>
+      <c r="AU67" s="14"/>
+      <c r="AV67" s="14"/>
+      <c r="AW67" s="14"/>
+      <c r="AX67" s="138"/>
+    </row>
+    <row r="68" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A68" s="58" t="s">
+        <v>114</v>
+      </c>
+      <c r="B68" s="70">
+        <v>6</v>
+      </c>
+      <c r="C68" s="67">
+        <v>3</v>
+      </c>
+      <c r="D68" s="67">
+        <v>3</v>
+      </c>
+      <c r="E68" s="67"/>
+      <c r="F68" s="70">
+        <v>6</v>
+      </c>
+      <c r="G68" s="70">
+        <v>3</v>
+      </c>
+      <c r="H68" s="70">
+        <v>3</v>
+      </c>
+      <c r="I68" s="67"/>
+      <c r="J68" s="70">
+        <v>0</v>
+      </c>
+      <c r="K68" s="70">
+        <v>0</v>
+      </c>
+      <c r="L68" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM68" s="138"/>
+      <c r="AN68" s="138"/>
+      <c r="AO68" s="138"/>
+      <c r="AP68" s="138"/>
+      <c r="AQ68" s="138"/>
+      <c r="AR68" s="138"/>
+      <c r="AS68" s="138"/>
+      <c r="AT68" s="138"/>
+      <c r="AU68" s="138"/>
+      <c r="AV68" s="138"/>
+      <c r="AW68" s="138"/>
+      <c r="AX68" s="138"/>
+    </row>
+    <row r="69" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A69" s="58" t="s">
+        <v>115</v>
+      </c>
+      <c r="B69" s="70">
+        <v>9</v>
+      </c>
+      <c r="C69" s="67">
+        <v>3</v>
+      </c>
+      <c r="D69" s="67">
+        <v>6</v>
+      </c>
+      <c r="E69" s="67"/>
+      <c r="F69" s="70">
+        <v>9</v>
+      </c>
+      <c r="G69" s="70">
+        <v>3</v>
+      </c>
+      <c r="H69" s="70">
+        <v>6</v>
+      </c>
+      <c r="I69" s="67"/>
+      <c r="J69" s="70">
+        <v>0</v>
+      </c>
+      <c r="K69" s="70">
+        <v>0</v>
+      </c>
+      <c r="L69" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM69" s="138"/>
+      <c r="AN69" s="14"/>
+      <c r="AO69" s="14"/>
+      <c r="AP69" s="14"/>
+      <c r="AQ69" s="14"/>
+      <c r="AR69" s="14"/>
+      <c r="AS69" s="14"/>
+      <c r="AT69" s="14"/>
+      <c r="AU69" s="14"/>
+      <c r="AV69" s="14"/>
+      <c r="AW69" s="14"/>
+      <c r="AX69" s="138"/>
+    </row>
+    <row r="70" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A70" s="58" t="s">
+        <v>116</v>
+      </c>
+      <c r="B70" s="70">
+        <v>9</v>
+      </c>
+      <c r="C70" s="67">
+        <v>8</v>
+      </c>
+      <c r="D70" s="67">
+        <v>1</v>
+      </c>
+      <c r="E70" s="67"/>
+      <c r="F70" s="70">
+        <v>9</v>
+      </c>
+      <c r="G70" s="70">
+        <v>8</v>
+      </c>
+      <c r="H70" s="70">
+        <v>1</v>
+      </c>
+      <c r="I70" s="67"/>
+      <c r="J70" s="70">
+        <v>0</v>
+      </c>
+      <c r="K70" s="70">
+        <v>0</v>
+      </c>
+      <c r="L70" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM70" s="138"/>
+      <c r="AN70" s="138"/>
+      <c r="AO70" s="138"/>
+      <c r="AP70" s="138"/>
+      <c r="AQ70" s="138"/>
+      <c r="AR70" s="138"/>
+      <c r="AS70" s="138"/>
+      <c r="AT70" s="138"/>
+      <c r="AU70" s="138"/>
+      <c r="AV70" s="138"/>
+      <c r="AW70" s="138"/>
+      <c r="AX70" s="138"/>
+    </row>
+    <row r="71" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A71" s="58" t="s">
+        <v>117</v>
+      </c>
+      <c r="B71" s="70">
+        <v>11</v>
+      </c>
+      <c r="C71" s="67">
+        <v>3</v>
+      </c>
+      <c r="D71" s="67">
+        <v>8</v>
+      </c>
+      <c r="E71" s="67"/>
+      <c r="F71" s="70">
+        <v>11</v>
+      </c>
+      <c r="G71" s="70">
+        <v>3</v>
+      </c>
+      <c r="H71" s="70">
+        <v>8</v>
+      </c>
+      <c r="I71" s="67"/>
+      <c r="J71" s="70">
+        <v>0</v>
+      </c>
+      <c r="K71" s="70">
+        <v>0</v>
+      </c>
+      <c r="L71" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM71" s="138"/>
+      <c r="AN71" s="14"/>
+      <c r="AO71" s="14"/>
+      <c r="AP71" s="14"/>
+      <c r="AQ71" s="14"/>
+      <c r="AR71" s="14"/>
+      <c r="AS71" s="14"/>
+      <c r="AT71" s="14"/>
+      <c r="AU71" s="14"/>
+      <c r="AV71" s="14"/>
+      <c r="AW71" s="14"/>
+      <c r="AX71" s="138"/>
+    </row>
+    <row r="72" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A72" s="58" t="s">
+        <v>118</v>
+      </c>
+      <c r="B72" s="70">
+        <v>10</v>
+      </c>
+      <c r="C72" s="67">
+        <v>6</v>
+      </c>
+      <c r="D72" s="67">
+        <v>4</v>
+      </c>
+      <c r="E72" s="67"/>
+      <c r="F72" s="70">
+        <v>10</v>
+      </c>
+      <c r="G72" s="70">
+        <v>6</v>
+      </c>
+      <c r="H72" s="70">
+        <v>4</v>
+      </c>
+      <c r="I72" s="67"/>
+      <c r="J72" s="70">
+        <v>0</v>
+      </c>
+      <c r="K72" s="70">
+        <v>0</v>
+      </c>
+      <c r="L72" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM72" s="138"/>
+      <c r="AN72" s="138"/>
+      <c r="AO72" s="138"/>
+      <c r="AP72" s="138"/>
+      <c r="AQ72" s="138"/>
+      <c r="AR72" s="138"/>
+      <c r="AS72" s="138"/>
+      <c r="AT72" s="138"/>
+      <c r="AU72" s="138"/>
+      <c r="AV72" s="138"/>
+      <c r="AW72" s="138"/>
+      <c r="AX72" s="138"/>
+    </row>
+    <row r="73" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A73" s="58" t="s">
+        <v>119</v>
+      </c>
+      <c r="B73" s="70">
+        <v>4</v>
+      </c>
+      <c r="C73" s="67">
+        <v>3</v>
+      </c>
+      <c r="D73" s="67">
+        <v>1</v>
+      </c>
+      <c r="E73" s="67"/>
+      <c r="F73" s="70">
+        <v>4</v>
+      </c>
+      <c r="G73" s="70">
+        <v>3</v>
+      </c>
+      <c r="H73" s="70">
+        <v>1</v>
+      </c>
+      <c r="I73" s="67"/>
+      <c r="J73" s="70">
+        <v>0</v>
+      </c>
+      <c r="K73" s="70">
+        <v>0</v>
+      </c>
+      <c r="L73" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM73" s="138"/>
+      <c r="AN73" s="14"/>
+      <c r="AO73" s="14"/>
+      <c r="AP73" s="14"/>
+      <c r="AQ73" s="14"/>
+      <c r="AR73" s="14"/>
+      <c r="AS73" s="14"/>
+      <c r="AT73" s="14"/>
+      <c r="AU73" s="14"/>
+      <c r="AV73" s="14"/>
+      <c r="AW73" s="14"/>
+      <c r="AX73" s="138"/>
+    </row>
+    <row r="74" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A74" s="58" t="s">
+        <v>120</v>
+      </c>
+      <c r="B74" s="67">
+        <v>9</v>
+      </c>
+      <c r="C74" s="67">
+        <v>7</v>
+      </c>
+      <c r="D74" s="67">
+        <v>2</v>
+      </c>
+      <c r="E74" s="67"/>
+      <c r="F74" s="70">
+        <v>9</v>
+      </c>
+      <c r="G74" s="70">
+        <v>7</v>
+      </c>
+      <c r="H74" s="70">
+        <v>2</v>
+      </c>
+      <c r="I74" s="67"/>
+      <c r="J74" s="70">
+        <v>0</v>
+      </c>
+      <c r="K74" s="70">
+        <v>0</v>
+      </c>
+      <c r="L74" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM74" s="138"/>
+      <c r="AN74" s="138"/>
+      <c r="AO74" s="138"/>
+      <c r="AP74" s="138"/>
+      <c r="AQ74" s="138"/>
+      <c r="AR74" s="138"/>
+      <c r="AS74" s="138"/>
+      <c r="AT74" s="138"/>
+      <c r="AU74" s="138"/>
+      <c r="AV74" s="138"/>
+      <c r="AW74" s="138"/>
+      <c r="AX74" s="138"/>
+    </row>
+    <row r="75" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A75" s="58" t="s">
+        <v>121</v>
+      </c>
+      <c r="B75" s="70">
+        <v>7</v>
+      </c>
+      <c r="C75" s="67">
+        <v>5</v>
+      </c>
+      <c r="D75" s="67">
+        <v>2</v>
+      </c>
+      <c r="E75" s="67"/>
+      <c r="F75" s="70">
+        <v>7</v>
+      </c>
+      <c r="G75" s="70">
+        <v>5</v>
+      </c>
+      <c r="H75" s="70">
+        <v>2</v>
+      </c>
+      <c r="I75" s="67"/>
+      <c r="J75" s="70">
+        <v>0</v>
+      </c>
+      <c r="K75" s="70">
+        <v>0</v>
+      </c>
+      <c r="L75" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM75" s="138"/>
+      <c r="AN75" s="14"/>
+      <c r="AO75" s="14"/>
+      <c r="AP75" s="14"/>
+      <c r="AQ75" s="14"/>
+      <c r="AR75" s="14"/>
+      <c r="AS75" s="14"/>
+      <c r="AT75" s="14"/>
+      <c r="AU75" s="14"/>
+      <c r="AV75" s="14"/>
+      <c r="AW75" s="14"/>
+      <c r="AX75" s="138"/>
+    </row>
+    <row r="76" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A76" s="58" t="s">
+        <v>122</v>
+      </c>
+      <c r="B76" s="70">
+        <v>3</v>
+      </c>
+      <c r="C76" s="67">
+        <v>3</v>
+      </c>
+      <c r="D76" s="67">
+        <v>0</v>
+      </c>
+      <c r="E76" s="67"/>
+      <c r="F76" s="70">
+        <v>3</v>
+      </c>
+      <c r="G76" s="70">
+        <v>3</v>
+      </c>
+      <c r="H76" s="70">
+        <v>0</v>
+      </c>
+      <c r="I76" s="67"/>
+      <c r="J76" s="70">
+        <v>0</v>
+      </c>
+      <c r="K76" s="70">
+        <v>0</v>
+      </c>
+      <c r="L76" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM76" s="138"/>
+      <c r="AN76" s="138"/>
+      <c r="AO76" s="138"/>
+      <c r="AP76" s="138"/>
+      <c r="AQ76" s="138"/>
+      <c r="AR76" s="138"/>
+      <c r="AS76" s="138"/>
+      <c r="AT76" s="138"/>
+      <c r="AU76" s="138"/>
+      <c r="AV76" s="138"/>
+      <c r="AW76" s="138"/>
+      <c r="AX76" s="138"/>
+    </row>
+    <row r="77" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A77" s="58" t="s">
+        <v>123</v>
+      </c>
+      <c r="B77" s="70">
+        <v>4</v>
+      </c>
+      <c r="C77" s="67">
+        <v>3</v>
+      </c>
+      <c r="D77" s="67">
+        <v>1</v>
+      </c>
+      <c r="E77" s="67"/>
+      <c r="F77" s="70">
+        <v>4</v>
+      </c>
+      <c r="G77" s="70">
+        <v>3</v>
+      </c>
+      <c r="H77" s="70">
+        <v>1</v>
+      </c>
+      <c r="I77" s="67"/>
+      <c r="J77" s="70">
+        <v>0</v>
+      </c>
+      <c r="K77" s="70">
+        <v>0</v>
+      </c>
+      <c r="L77" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM77" s="138"/>
+      <c r="AN77" s="14"/>
+      <c r="AO77" s="14"/>
+      <c r="AP77" s="14"/>
+      <c r="AQ77" s="14"/>
+      <c r="AR77" s="14"/>
+      <c r="AS77" s="14"/>
+      <c r="AT77" s="14"/>
+      <c r="AU77" s="14"/>
+      <c r="AV77" s="14"/>
+      <c r="AW77" s="14"/>
+      <c r="AX77" s="138"/>
+    </row>
+    <row r="78" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A78" s="58" t="s">
+        <v>124</v>
+      </c>
+      <c r="B78" s="70">
+        <v>11</v>
+      </c>
+      <c r="C78" s="67">
+        <v>7</v>
+      </c>
+      <c r="D78" s="67">
+        <v>4</v>
+      </c>
+      <c r="E78" s="67"/>
+      <c r="F78" s="70">
+        <v>11</v>
+      </c>
+      <c r="G78" s="70">
+        <v>7</v>
+      </c>
+      <c r="H78" s="70">
+        <v>4</v>
+      </c>
+      <c r="I78" s="67"/>
+      <c r="J78" s="70">
+        <v>0</v>
+      </c>
+      <c r="K78" s="70">
+        <v>0</v>
+      </c>
+      <c r="L78" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM78" s="138"/>
+      <c r="AN78" s="138"/>
+      <c r="AO78" s="138"/>
+      <c r="AP78" s="138"/>
+      <c r="AQ78" s="138"/>
+      <c r="AR78" s="138"/>
+      <c r="AS78" s="138"/>
+      <c r="AT78" s="138"/>
+      <c r="AU78" s="138"/>
+      <c r="AV78" s="138"/>
+      <c r="AW78" s="138"/>
+      <c r="AX78" s="138"/>
+    </row>
+    <row r="79" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A79" s="58" t="s">
+        <v>125</v>
+      </c>
+      <c r="B79" s="70">
+        <v>5</v>
+      </c>
+      <c r="C79" s="67">
+        <v>4</v>
+      </c>
+      <c r="D79" s="67">
+        <v>1</v>
+      </c>
+      <c r="E79" s="67"/>
+      <c r="F79" s="70">
+        <v>5</v>
+      </c>
+      <c r="G79" s="70">
+        <v>4</v>
+      </c>
+      <c r="H79" s="70">
+        <v>1</v>
+      </c>
+      <c r="I79" s="67"/>
+      <c r="J79" s="70">
+        <v>0</v>
+      </c>
+      <c r="K79" s="70">
+        <v>0</v>
+      </c>
+      <c r="L79" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM79" s="138"/>
+      <c r="AN79" s="14"/>
+      <c r="AO79" s="14"/>
+      <c r="AP79" s="14"/>
+      <c r="AQ79" s="14"/>
+      <c r="AR79" s="14"/>
+      <c r="AS79" s="14"/>
+      <c r="AT79" s="14"/>
+      <c r="AU79" s="14"/>
+      <c r="AV79" s="14"/>
+      <c r="AW79" s="14"/>
+      <c r="AX79" s="138"/>
+    </row>
+    <row r="80" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A80" s="58" t="s">
+        <v>126</v>
+      </c>
+      <c r="B80" s="70">
+        <v>5</v>
+      </c>
+      <c r="C80" s="67">
+        <v>4</v>
+      </c>
+      <c r="D80" s="67">
+        <v>1</v>
+      </c>
+      <c r="E80" s="67"/>
+      <c r="F80" s="70">
+        <v>5</v>
+      </c>
+      <c r="G80" s="70">
+        <v>4</v>
+      </c>
+      <c r="H80" s="70">
+        <v>1</v>
+      </c>
+      <c r="I80" s="67"/>
+      <c r="J80" s="70">
+        <v>0</v>
+      </c>
+      <c r="K80" s="70">
+        <v>0</v>
+      </c>
+      <c r="L80" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM80" s="138"/>
+      <c r="AN80" s="138"/>
+      <c r="AO80" s="138"/>
+      <c r="AP80" s="138"/>
+      <c r="AQ80" s="138"/>
+      <c r="AR80" s="138"/>
+      <c r="AS80" s="138"/>
+      <c r="AT80" s="138"/>
+      <c r="AU80" s="138"/>
+      <c r="AV80" s="138"/>
+      <c r="AW80" s="138"/>
+      <c r="AX80" s="138"/>
+    </row>
+    <row r="81" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A81" s="58" t="s">
+        <v>127</v>
+      </c>
+      <c r="B81" s="70">
+        <v>7</v>
+      </c>
+      <c r="C81" s="67">
+        <v>3</v>
+      </c>
+      <c r="D81" s="67">
+        <v>4</v>
+      </c>
+      <c r="E81" s="67"/>
+      <c r="F81" s="70">
+        <v>7</v>
+      </c>
+      <c r="G81" s="70">
+        <v>3</v>
+      </c>
+      <c r="H81" s="70">
+        <v>4</v>
+      </c>
+      <c r="I81" s="67"/>
+      <c r="J81" s="70">
+        <v>0</v>
+      </c>
+      <c r="K81" s="70">
+        <v>0</v>
+      </c>
+      <c r="L81" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM81" s="138"/>
+      <c r="AN81" s="14"/>
+      <c r="AO81" s="14"/>
+      <c r="AP81" s="14"/>
+      <c r="AQ81" s="14"/>
+      <c r="AR81" s="14"/>
+      <c r="AS81" s="14"/>
+      <c r="AT81" s="14"/>
+      <c r="AU81" s="14"/>
+      <c r="AV81" s="14"/>
+      <c r="AW81" s="14"/>
+      <c r="AX81" s="138"/>
+    </row>
+    <row r="82" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A82" s="58" t="s">
+        <v>128</v>
+      </c>
+      <c r="B82" s="70">
+        <v>4</v>
+      </c>
+      <c r="C82" s="67">
+        <v>3</v>
+      </c>
+      <c r="D82" s="67">
+        <v>1</v>
+      </c>
+      <c r="E82" s="67"/>
+      <c r="F82" s="70">
+        <v>4</v>
+      </c>
+      <c r="G82" s="70">
+        <v>3</v>
+      </c>
+      <c r="H82" s="70">
+        <v>1</v>
+      </c>
+      <c r="I82" s="67"/>
+      <c r="J82" s="70">
+        <v>0</v>
+      </c>
+      <c r="K82" s="70">
+        <v>0</v>
+      </c>
+      <c r="L82" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM82" s="138"/>
+      <c r="AN82" s="138"/>
+      <c r="AO82" s="138"/>
+      <c r="AP82" s="138"/>
+      <c r="AQ82" s="138"/>
+      <c r="AR82" s="138"/>
+      <c r="AS82" s="138"/>
+      <c r="AT82" s="138"/>
+      <c r="AU82" s="138"/>
+      <c r="AV82" s="138"/>
+      <c r="AW82" s="138"/>
+      <c r="AX82" s="138"/>
+    </row>
+    <row r="83" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A83" s="58" t="s">
+        <v>129</v>
+      </c>
+      <c r="B83" s="70">
+        <v>1</v>
+      </c>
+      <c r="C83" s="67">
+        <v>0</v>
+      </c>
+      <c r="D83" s="67">
+        <v>1</v>
+      </c>
+      <c r="E83" s="67"/>
+      <c r="F83" s="70">
+        <v>1</v>
+      </c>
+      <c r="G83" s="70">
+        <v>0</v>
+      </c>
+      <c r="H83" s="70">
+        <v>1</v>
+      </c>
+      <c r="I83" s="67"/>
+      <c r="J83" s="70">
+        <v>0</v>
+      </c>
+      <c r="K83" s="70">
+        <v>0</v>
+      </c>
+      <c r="L83" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM83" s="138"/>
+      <c r="AN83" s="14"/>
+      <c r="AO83" s="14"/>
+      <c r="AP83" s="14"/>
+      <c r="AQ83" s="14"/>
+      <c r="AR83" s="14"/>
+      <c r="AS83" s="14"/>
+      <c r="AT83" s="14"/>
+      <c r="AU83" s="14"/>
+      <c r="AV83" s="14"/>
+      <c r="AW83" s="14"/>
+      <c r="AX83" s="138"/>
+    </row>
+    <row r="84" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A84" s="58" t="s">
+        <v>130</v>
+      </c>
+      <c r="B84" s="67">
+        <v>4</v>
+      </c>
+      <c r="C84" s="67">
+        <v>2</v>
+      </c>
+      <c r="D84" s="67">
+        <v>2</v>
+      </c>
+      <c r="E84" s="67"/>
+      <c r="F84" s="67">
+        <v>4</v>
+      </c>
+      <c r="G84" s="67">
+        <v>2</v>
+      </c>
+      <c r="H84" s="67">
+        <v>2</v>
+      </c>
+      <c r="I84" s="67"/>
+      <c r="J84" s="67">
+        <v>0</v>
+      </c>
+      <c r="K84" s="67">
+        <v>0</v>
+      </c>
+      <c r="L84" s="67">
+        <v>0</v>
+      </c>
+      <c r="AM84" s="138"/>
+      <c r="AN84" s="138"/>
+      <c r="AO84" s="138"/>
+      <c r="AP84" s="138"/>
+      <c r="AQ84" s="138"/>
+      <c r="AR84" s="138"/>
+      <c r="AS84" s="138"/>
+      <c r="AT84" s="138"/>
+      <c r="AU84" s="138"/>
+      <c r="AV84" s="138"/>
+      <c r="AW84" s="138"/>
+      <c r="AX84" s="138"/>
+    </row>
+    <row r="85" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A85" s="58" t="s">
+        <v>131</v>
+      </c>
+      <c r="B85" s="67">
+        <v>2</v>
+      </c>
+      <c r="C85" s="67">
+        <v>2</v>
+      </c>
+      <c r="D85" s="67">
+        <v>0</v>
+      </c>
+      <c r="E85" s="67"/>
+      <c r="F85" s="70">
+        <v>2</v>
+      </c>
+      <c r="G85" s="70">
+        <v>2</v>
+      </c>
+      <c r="H85" s="70">
+        <v>0</v>
+      </c>
+      <c r="I85" s="67"/>
+      <c r="J85" s="70">
+        <v>0</v>
+      </c>
+      <c r="K85" s="70">
+        <v>0</v>
+      </c>
+      <c r="L85" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM85" s="138"/>
+      <c r="AN85" s="14"/>
+      <c r="AO85" s="14"/>
+      <c r="AP85" s="14"/>
+      <c r="AQ85" s="14"/>
+      <c r="AR85" s="14"/>
+      <c r="AS85" s="14"/>
+      <c r="AT85" s="14"/>
+      <c r="AU85" s="14"/>
+      <c r="AV85" s="14"/>
+      <c r="AW85" s="14"/>
+      <c r="AX85" s="138"/>
+    </row>
+    <row r="86" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A86" s="58" t="s">
+        <v>132</v>
+      </c>
+      <c r="B86" s="70">
+        <v>1</v>
+      </c>
+      <c r="C86" s="67">
+        <v>1</v>
+      </c>
+      <c r="D86" s="67">
+        <v>0</v>
+      </c>
+      <c r="E86" s="67"/>
+      <c r="F86" s="70">
+        <v>1</v>
+      </c>
+      <c r="G86" s="70">
+        <v>1</v>
+      </c>
+      <c r="H86" s="70">
+        <v>0</v>
+      </c>
+      <c r="I86" s="67"/>
+      <c r="J86" s="70">
+        <v>0</v>
+      </c>
+      <c r="K86" s="70">
+        <v>0</v>
+      </c>
+      <c r="L86" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM86" s="138"/>
+      <c r="AN86" s="138"/>
+      <c r="AO86" s="138"/>
+      <c r="AP86" s="138"/>
+      <c r="AQ86" s="138"/>
+      <c r="AR86" s="138"/>
+      <c r="AS86" s="138"/>
+      <c r="AT86" s="138"/>
+      <c r="AU86" s="138"/>
+      <c r="AV86" s="138"/>
+      <c r="AW86" s="138"/>
+      <c r="AX86" s="138"/>
+    </row>
+    <row r="87" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A87" s="58" t="s">
+        <v>143</v>
+      </c>
+      <c r="B87" s="67">
+        <v>3</v>
+      </c>
+      <c r="C87" s="67">
+        <v>2</v>
+      </c>
+      <c r="D87" s="67">
+        <v>1</v>
+      </c>
+      <c r="E87" s="67"/>
+      <c r="F87" s="70">
+        <v>3</v>
+      </c>
+      <c r="G87" s="70">
+        <v>2</v>
+      </c>
+      <c r="H87" s="70">
+        <v>1</v>
+      </c>
+      <c r="I87" s="67"/>
+      <c r="J87" s="70">
+        <v>0</v>
+      </c>
+      <c r="K87" s="70">
+        <v>0</v>
+      </c>
+      <c r="L87" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM87" s="138"/>
+      <c r="AN87" s="14"/>
+      <c r="AO87" s="14"/>
+      <c r="AP87" s="14"/>
+      <c r="AQ87" s="14"/>
+      <c r="AR87" s="14"/>
+      <c r="AS87" s="14"/>
+      <c r="AT87" s="14"/>
+      <c r="AU87" s="14"/>
+      <c r="AV87" s="14"/>
+      <c r="AW87" s="14"/>
+      <c r="AX87" s="138"/>
+    </row>
+    <row r="88" spans="1:50" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A88" s="58" t="s">
+        <v>194</v>
+      </c>
+      <c r="B88" s="67">
+        <v>0</v>
+      </c>
+      <c r="C88" s="67">
+        <v>0</v>
+      </c>
+      <c r="D88" s="67">
+        <v>0</v>
+      </c>
+      <c r="E88" s="67"/>
+      <c r="F88" s="70">
+        <v>0</v>
+      </c>
+      <c r="G88" s="70">
+        <v>0</v>
+      </c>
+      <c r="H88" s="70">
+        <v>0</v>
+      </c>
+      <c r="I88" s="67"/>
+      <c r="J88" s="70">
+        <v>0</v>
+      </c>
+      <c r="K88" s="70">
+        <v>0</v>
+      </c>
+      <c r="L88" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM88" s="138"/>
+      <c r="AN88" s="138"/>
+      <c r="AO88" s="138"/>
+      <c r="AP88" s="138"/>
+      <c r="AQ88" s="138"/>
+      <c r="AR88" s="138"/>
+      <c r="AS88" s="138"/>
+      <c r="AT88" s="138"/>
+      <c r="AU88" s="138"/>
+      <c r="AV88" s="138"/>
+      <c r="AW88" s="138"/>
+      <c r="AX88" s="138"/>
+    </row>
+    <row r="89" spans="1:50" ht="13.5" x14ac:dyDescent="0.25">
+      <c r="A89" s="58" t="s">
+        <v>56</v>
+      </c>
+      <c r="B89" s="67">
+        <v>7</v>
+      </c>
+      <c r="C89" s="67">
+        <v>4</v>
+      </c>
+      <c r="D89" s="67">
+        <v>3</v>
+      </c>
+      <c r="E89" s="67"/>
+      <c r="F89" s="70">
+        <v>7</v>
+      </c>
+      <c r="G89" s="70">
+        <v>4</v>
+      </c>
+      <c r="H89" s="70">
+        <v>3</v>
+      </c>
+      <c r="I89" s="67"/>
+      <c r="J89" s="70">
+        <v>0</v>
+      </c>
+      <c r="K89" s="70">
+        <v>0</v>
+      </c>
+      <c r="L89" s="70">
+        <v>0</v>
+      </c>
+      <c r="AM89" s="138"/>
+      <c r="AN89" s="14"/>
+      <c r="AO89" s="14"/>
+      <c r="AP89" s="14"/>
+      <c r="AQ89" s="14"/>
+      <c r="AR89" s="14"/>
+      <c r="AS89" s="14"/>
+      <c r="AT89" s="14"/>
+      <c r="AU89" s="14"/>
+      <c r="AV89" s="14"/>
+      <c r="AW89" s="14"/>
+      <c r="AX89" s="138"/>
+    </row>
+  </sheetData>
+  <mergeCells count="14">
+    <mergeCell ref="I6:I7"/>
+    <mergeCell ref="J6:J7"/>
+    <mergeCell ref="K6:K7"/>
+    <mergeCell ref="L6:L7"/>
+    <mergeCell ref="A5:A7"/>
+    <mergeCell ref="B5:D5"/>
+    <mergeCell ref="F5:H5"/>
+    <mergeCell ref="J5:L5"/>
+    <mergeCell ref="B6:B7"/>
+    <mergeCell ref="C6:C7"/>
+    <mergeCell ref="D6:D7"/>
+    <mergeCell ref="F6:F7"/>
+    <mergeCell ref="G6:G7"/>
+    <mergeCell ref="H6:H7"/>
+  </mergeCells>
+  <conditionalFormatting sqref="A84:A89">
+    <cfRule type="expression" dxfId="189" priority="48">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="188" priority="49">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="187" priority="50">
+      <formula>TRUE()</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A8:B30">
+    <cfRule type="expression" dxfId="186" priority="87">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="185" priority="86">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="184" priority="85">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A31:H36">
+    <cfRule type="expression" dxfId="183" priority="79">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="182" priority="78">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="181" priority="77">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="A37:H83 B84:H84 B85:B89">
+    <cfRule type="expression" dxfId="180" priority="90">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="179" priority="89">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="178" priority="88">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B8:B89 K37:L83 K85:L87">
+    <cfRule type="cellIs" dxfId="177" priority="84" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B74">
+    <cfRule type="expression" dxfId="176" priority="19">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="175" priority="20">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="174" priority="21">
+      <formula>TRUE()</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B84:B85">
+    <cfRule type="expression" dxfId="173" priority="26">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="172" priority="27">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="171" priority="28">
+      <formula>TRUE()</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B87:B89">
+    <cfRule type="expression" dxfId="170" priority="29">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="169" priority="30">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="168" priority="31">
+      <formula>TRUE()</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B84:L84">
+    <cfRule type="expression" dxfId="167" priority="10">
+      <formula>COLUMN()&lt;&gt;13</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="B85:L88 A89:L89 A8:L83 A84:A88">
+    <cfRule type="expression" dxfId="166" priority="55">
+      <formula>COLUMN()&lt;&gt;13</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C8:H30">
+    <cfRule type="expression" dxfId="165" priority="82">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="164" priority="83">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="163" priority="81">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C85:H89">
+    <cfRule type="expression" dxfId="162" priority="65">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="161" priority="66">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="160" priority="67">
+      <formula>TRUE()</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="C88:H89">
+    <cfRule type="expression" dxfId="159" priority="4">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="158" priority="5">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="157" priority="6">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="D24:E24">
+    <cfRule type="cellIs" dxfId="156" priority="80" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="F84">
+    <cfRule type="expression" dxfId="155" priority="15">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="154" priority="16">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="153" priority="18" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="152" priority="17">
+      <formula>TRUE()</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G8:H83">
+    <cfRule type="cellIs" dxfId="151" priority="76" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G85:H89">
+    <cfRule type="cellIs" dxfId="150" priority="64" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="G88:H89">
+    <cfRule type="cellIs" dxfId="149" priority="3" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I24">
+    <cfRule type="cellIs" dxfId="148" priority="60" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I84:I89">
+    <cfRule type="expression" dxfId="147" priority="72">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="146" priority="74">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="145" priority="73">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I8:L30">
+    <cfRule type="expression" dxfId="144" priority="63">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="143" priority="61">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="142" priority="62">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I31:L83">
+    <cfRule type="expression" dxfId="141" priority="57">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="140" priority="58">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="139" priority="59">
+      <formula>TRUE()</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="I37:L83 I84:I89">
+    <cfRule type="expression" dxfId="138" priority="75">
+      <formula>COLUMN()&lt;&gt;9</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J84">
+    <cfRule type="expression" dxfId="137" priority="7">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="136" priority="9">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="135" priority="11" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="134" priority="8">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J88:J89">
+    <cfRule type="expression" dxfId="133" priority="25">
+      <formula>COLUMN()&lt;&gt;9</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="132" priority="23">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="131" priority="22">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J84:L84">
+    <cfRule type="expression" dxfId="130" priority="14">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="129" priority="13">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="128" priority="12">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J85:L89">
+    <cfRule type="expression" dxfId="127" priority="2">
+      <formula>COLUMN()&lt;&gt;9</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="126" priority="53">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="125" priority="54">
+      <formula>TRUE()</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="124" priority="52">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="J88:L89">
+    <cfRule type="expression" dxfId="123" priority="34">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="122" priority="33">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="121" priority="24">
+      <formula>TRUE()</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="K8:L36">
+    <cfRule type="cellIs" dxfId="120" priority="56" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="K88:L89">
+    <cfRule type="cellIs" dxfId="119" priority="51" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+    <cfRule type="cellIs" dxfId="118" priority="1" stopIfTrue="1" operator="lessThan">
+      <formula>0</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <conditionalFormatting sqref="M46:O46">
+    <cfRule type="expression" dxfId="117" priority="71">
+      <formula>COLUMN()&lt;&gt;9</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="116" priority="68">
+      <formula>MOD(ROW(),2)=0</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="115" priority="69">
+      <formula>MOD(ROW(),2)=1</formula>
+    </cfRule>
+    <cfRule type="expression" dxfId="114" priority="70">
+      <formula>TRUE()</formula>
+    </cfRule>
+  </conditionalFormatting>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F404EEFD-B2C8-47F2-94DA-91D69B673C8C}">
   <dimension ref="A1:F47"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="10" topLeftCell="B11" activePane="bottomRight" state="frozen"/>
       <selection activeCell="A3" sqref="A3"/>
       <selection pane="topRight" activeCell="A3" sqref="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="45.42578125" customWidth="1"/>
     <col min="2" max="2" width="16.28515625" customWidth="1"/>
     <col min="3" max="4" width="10.28515625" customWidth="1"/>
     <col min="5" max="6" width="9.140625" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="0.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="88"/>
     </row>
     <row r="2" spans="1:4" ht="18" x14ac:dyDescent="0.2">
       <c r="A2" s="46" t="s">
-        <v>288</v>
+        <v>284</v>
       </c>
       <c r="B2" s="89"/>
       <c r="C2" s="89"/>
       <c r="D2" s="89"/>
     </row>
     <row r="3" spans="1:4" ht="18" x14ac:dyDescent="0.2">
       <c r="A3" s="90" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="B3" s="89"/>
       <c r="C3" s="89"/>
       <c r="D3" s="89"/>
     </row>
     <row r="4" spans="1:4" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:4" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="171" t="s">
+      <c r="A5" s="179" t="s">
         <v>145</v>
       </c>
-      <c r="B5" s="174" t="s">
+      <c r="B5" s="182" t="s">
         <v>149</v>
       </c>
-      <c r="C5" s="175"/>
-      <c r="D5" s="175"/>
+      <c r="C5" s="183"/>
+      <c r="D5" s="183"/>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A6" s="172"/>
-      <c r="B6" s="169" t="s">
+      <c r="A6" s="180"/>
+      <c r="B6" s="177" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="169" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="167" t="s">
+      <c r="C6" s="177" t="s">
+        <v>0</v>
+      </c>
+      <c r="D6" s="175" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="173"/>
-[...2 lines deleted...]
-      <c r="D7" s="168"/>
+      <c r="A7" s="181"/>
+      <c r="B7" s="178"/>
+      <c r="C7" s="178"/>
+      <c r="D7" s="176"/>
     </row>
     <row r="8" spans="1:4" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="13" t="s">
         <v>142</v>
       </c>
       <c r="B8" s="72">
         <v>50280</v>
       </c>
       <c r="C8" s="73">
         <v>30819</v>
       </c>
       <c r="D8" s="73">
         <v>19461</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="61" t="s">
         <v>144</v>
       </c>
       <c r="B9" s="69">
         <v>49195</v>
       </c>
       <c r="C9" s="67">
         <v>30474</v>
       </c>
@@ -44074,290 +51859,290 @@
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.2">
       <c r="B45" s="74"/>
       <c r="C45" s="74"/>
       <c r="D45" s="74"/>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.2">
       <c r="B46" s="74"/>
       <c r="C46" s="74"/>
       <c r="D46" s="74"/>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.2">
       <c r="B47" s="74"/>
       <c r="C47" s="74"/>
       <c r="D47" s="74"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
   </mergeCells>
   <conditionalFormatting sqref="A8:B8">
-    <cfRule type="expression" dxfId="97" priority="39">
+    <cfRule type="expression" dxfId="113" priority="39">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A9:B10">
-    <cfRule type="expression" dxfId="96" priority="41">
+    <cfRule type="expression" dxfId="112" priority="41">
       <formula>COLUMN()&lt;&gt;11</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A11:B32 A34:D34">
-    <cfRule type="expression" dxfId="95" priority="47">
+    <cfRule type="expression" dxfId="111" priority="47">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A8:D32">
-    <cfRule type="expression" dxfId="94" priority="28">
+    <cfRule type="expression" dxfId="110" priority="28">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="93" priority="29">
+    <cfRule type="expression" dxfId="109" priority="29">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="92" priority="30">
+    <cfRule type="expression" dxfId="108" priority="30">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A33:D33">
-    <cfRule type="expression" dxfId="91" priority="19">
+    <cfRule type="expression" dxfId="107" priority="19">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="90" priority="20">
+    <cfRule type="expression" dxfId="106" priority="20">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="89" priority="21">
+    <cfRule type="expression" dxfId="105" priority="21">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="88" priority="22">
+    <cfRule type="expression" dxfId="104" priority="22">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A34:D34">
-    <cfRule type="expression" dxfId="87" priority="44">
+    <cfRule type="expression" dxfId="103" priority="44">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="86" priority="45">
+    <cfRule type="expression" dxfId="102" priority="45">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="85" priority="46">
+    <cfRule type="expression" dxfId="101" priority="46">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A35:D37">
-    <cfRule type="expression" dxfId="84" priority="3">
+    <cfRule type="expression" dxfId="100" priority="3">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="83" priority="4">
+    <cfRule type="expression" dxfId="99" priority="4">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="82" priority="5">
+    <cfRule type="expression" dxfId="98" priority="5">
       <formula>TRUE()</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="81" priority="6">
+    <cfRule type="expression" dxfId="97" priority="6">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B8:B36 D24">
-    <cfRule type="cellIs" dxfId="80" priority="27" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="96" priority="27" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B37">
-    <cfRule type="cellIs" dxfId="79" priority="1" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="95" priority="1" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C8:D32">
-    <cfRule type="expression" dxfId="78" priority="31">
+    <cfRule type="expression" dxfId="94" priority="31">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet8.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=xl/worksheets/sheet9.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{99CD7619-5F85-4503-BF78-A82454AFC07A}">
   <dimension ref="A1:F23"/>
   <sheetViews>
     <sheetView zoomScaleNormal="100" workbookViewId="0">
       <pane xSplit="1" ySplit="10" topLeftCell="B11" activePane="bottomRight" state="frozen"/>
       <selection activeCell="A3" sqref="A3"/>
       <selection pane="topRight" activeCell="A3" sqref="A3"/>
       <selection pane="bottomLeft" activeCell="A3" sqref="A3"/>
       <selection pane="bottomRight"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="45.42578125" customWidth="1"/>
     <col min="2" max="2" width="16.28515625" customWidth="1"/>
     <col min="3" max="4" width="10.28515625" customWidth="1"/>
     <col min="5" max="6" width="9.140625" hidden="1" customWidth="1"/>
     <col min="7" max="7" width="0.140625" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="45" customHeight="1" x14ac:dyDescent="0.2">
       <c r="A1" s="88"/>
     </row>
     <row r="2" spans="1:4" ht="18" x14ac:dyDescent="0.2">
       <c r="A2" s="46" t="s">
-        <v>264</v>
+        <v>263</v>
       </c>
       <c r="B2" s="89"/>
       <c r="C2" s="89"/>
       <c r="D2" s="89"/>
     </row>
     <row r="3" spans="1:4" ht="18" x14ac:dyDescent="0.2">
       <c r="A3" s="90" t="s">
-        <v>265</v>
+        <v>264</v>
       </c>
       <c r="B3" s="89"/>
       <c r="C3" s="89"/>
       <c r="D3" s="89"/>
     </row>
     <row r="4" spans="1:4" ht="13.5" thickBot="1" x14ac:dyDescent="0.25"/>
     <row r="5" spans="1:4" ht="27" customHeight="1" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A5" s="171" t="s">
+      <c r="A5" s="179" t="s">
         <v>145</v>
       </c>
-      <c r="B5" s="174" t="s">
+      <c r="B5" s="182" t="s">
         <v>149</v>
       </c>
-      <c r="C5" s="175"/>
-      <c r="D5" s="175"/>
+      <c r="C5" s="183"/>
+      <c r="D5" s="183"/>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.2">
-      <c r="A6" s="172"/>
-      <c r="B6" s="169" t="s">
+      <c r="A6" s="180"/>
+      <c r="B6" s="177" t="s">
         <v>6</v>
       </c>
-      <c r="C6" s="169" t="s">
-[...2 lines deleted...]
-      <c r="D6" s="167" t="s">
+      <c r="C6" s="177" t="s">
+        <v>0</v>
+      </c>
+      <c r="D6" s="175" t="s">
         <v>1</v>
       </c>
     </row>
     <row r="7" spans="1:4" ht="13.5" thickBot="1" x14ac:dyDescent="0.25">
-      <c r="A7" s="173"/>
-[...2 lines deleted...]
-      <c r="D7" s="168"/>
+      <c r="A7" s="181"/>
+      <c r="B7" s="178"/>
+      <c r="C7" s="178"/>
+      <c r="D7" s="176"/>
     </row>
     <row r="8" spans="1:4" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A8" s="13" t="s">
         <v>142</v>
       </c>
       <c r="B8" s="72">
         <v>11272</v>
       </c>
       <c r="C8" s="73">
         <v>5516</v>
       </c>
       <c r="D8" s="73">
         <v>5756</v>
       </c>
     </row>
     <row r="9" spans="1:4" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A9" s="61" t="s">
         <v>144</v>
       </c>
       <c r="B9" s="69">
         <v>11172</v>
       </c>
       <c r="C9" s="67">
         <v>5485</v>
       </c>
       <c r="D9" s="67">
         <v>5687</v>
       </c>
     </row>
     <row r="10" spans="1:4" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A10" s="91" t="s">
         <v>158</v>
       </c>
       <c r="B10" s="69">
         <v>100</v>
       </c>
       <c r="C10" s="67">
         <v>31</v>
       </c>
       <c r="D10" s="67">
         <v>69</v>
       </c>
     </row>
     <row r="11" spans="1:4" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A11" s="57" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B11" s="69">
         <v>19</v>
       </c>
       <c r="C11" s="67">
         <v>8</v>
       </c>
       <c r="D11" s="67">
         <v>11</v>
       </c>
     </row>
     <row r="12" spans="1:4" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A12" s="57" t="s">
-        <v>254</v>
+        <v>253</v>
       </c>
       <c r="B12" s="69">
         <v>10</v>
       </c>
       <c r="C12" s="67">
         <v>4</v>
       </c>
       <c r="D12" s="67">
         <v>6</v>
       </c>
     </row>
     <row r="13" spans="1:4" ht="14.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A13" s="57" t="s">
-        <v>255</v>
+        <v>254</v>
       </c>
       <c r="B13" s="69">
         <v>2</v>
       </c>
       <c r="C13" s="67">
         <v>1</v>
       </c>
       <c r="D13" s="67">
         <v>1</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="13.5" x14ac:dyDescent="0.25">
       <c r="A14" s="57" t="s">
-        <v>256</v>
+        <v>255</v>
       </c>
       <c r="B14" s="69">
         <v>69</v>
       </c>
       <c r="C14" s="67">
         <v>18</v>
       </c>
       <c r="D14" s="67">
         <v>51</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.2">
       <c r="B15" s="74"/>
       <c r="C15" s="74"/>
       <c r="D15" s="74"/>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.2">
       <c r="B16" s="74"/>
       <c r="C16" s="74"/>
       <c r="D16" s="74"/>
     </row>
     <row r="17" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B17" s="74"/>
       <c r="C17" s="74"/>
       <c r="D17" s="74"/>
@@ -44379,429 +52164,131 @@
     </row>
     <row r="21" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B21" s="74"/>
       <c r="C21" s="74"/>
       <c r="D21" s="74"/>
     </row>
     <row r="22" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B22" s="74"/>
       <c r="C22" s="74"/>
       <c r="D22" s="74"/>
     </row>
     <row r="23" spans="2:4" x14ac:dyDescent="0.2">
       <c r="B23" s="74"/>
       <c r="C23" s="74"/>
       <c r="D23" s="74"/>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A5:A7"/>
     <mergeCell ref="B5:D5"/>
     <mergeCell ref="B6:B7"/>
     <mergeCell ref="C6:C7"/>
     <mergeCell ref="D6:D7"/>
   </mergeCells>
   <conditionalFormatting sqref="A8:B8">
-    <cfRule type="expression" dxfId="77" priority="58">
+    <cfRule type="expression" dxfId="93" priority="58">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A9:B10">
-    <cfRule type="expression" dxfId="76" priority="60">
+    <cfRule type="expression" dxfId="92" priority="60">
       <formula>COLUMN()&lt;&gt;11</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A11:B14">
-    <cfRule type="expression" dxfId="75" priority="8">
+    <cfRule type="expression" dxfId="91" priority="8">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A8:D10">
-    <cfRule type="expression" dxfId="74" priority="51">
+    <cfRule type="expression" dxfId="90" priority="51">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="73" priority="52">
+    <cfRule type="expression" dxfId="89" priority="52">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="72" priority="53">
+    <cfRule type="expression" dxfId="88" priority="53">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="A11:D14">
-    <cfRule type="expression" dxfId="71" priority="1">
+    <cfRule type="expression" dxfId="87" priority="1">
       <formula>MOD(ROW(),2)=0</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="70" priority="2">
+    <cfRule type="expression" dxfId="86" priority="2">
       <formula>MOD(ROW(),2)=1</formula>
     </cfRule>
-    <cfRule type="expression" dxfId="69" priority="3">
+    <cfRule type="expression" dxfId="85" priority="3">
       <formula>TRUE()</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="B8:B14">
-    <cfRule type="cellIs" dxfId="68" priority="9" stopIfTrue="1" operator="lessThan">
+    <cfRule type="cellIs" dxfId="84" priority="9" stopIfTrue="1" operator="lessThan">
       <formula>0</formula>
     </cfRule>
   </conditionalFormatting>
   <conditionalFormatting sqref="C8:D14">
-    <cfRule type="expression" dxfId="67" priority="4">
-[...299 lines deleted...]
-    <cfRule type="expression" dxfId="54" priority="8">
+    <cfRule type="expression" dxfId="83" priority="4">
       <formula>COLUMN()&lt;&gt;9</formula>
     </cfRule>
   </conditionalFormatting>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template/>
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Kalkylblad</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>12</vt:i4>
+        <vt:i4>14</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="12" baseType="lpstr">
+    <vt:vector size="14" baseType="lpstr">
       <vt:lpstr>Info</vt:lpstr>
       <vt:lpstr>Tabell 1 Table 1</vt:lpstr>
       <vt:lpstr>Tabell 2a Table 2a</vt:lpstr>
       <vt:lpstr>Tabell 2b Table 2b</vt:lpstr>
       <vt:lpstr>Tabell 2c Table 2c</vt:lpstr>
       <vt:lpstr>Tabell 2d Table 2d</vt:lpstr>
+      <vt:lpstr>Tabell 2e Table 2e</vt:lpstr>
       <vt:lpstr>Tabell 3a Table 3a </vt:lpstr>
       <vt:lpstr>Tabell 3b Table 3b </vt:lpstr>
       <vt:lpstr>Tabell 3c Table 3c </vt:lpstr>
       <vt:lpstr>Tabell 3d Table 3d</vt:lpstr>
+      <vt:lpstr>Tabell 3e Table 3e</vt:lpstr>
       <vt:lpstr>Tabell 4 Table 4</vt:lpstr>
       <vt:lpstr>Tabell 5 Table 5</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:title/>
   <dc:subject/>
   <dc:creator>Holm Kristoffer IT/UTV-3-Ö</dc:creator>
   <cp:keywords/>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>